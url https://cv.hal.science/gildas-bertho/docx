--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -84,333 +84,333 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (57)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (58)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of POP mixture redistribution and identification of their molecular signature in xenografted fat mice</w:t>
+                <w:t xml:space="preserve">Metabolic Heterogeneity in Diffuse Large B-Cell Lymphoma Cells Reveals an Innovative Antimetabolic Combination Strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théo Jamay</w:t>
+                <w:t xml:space="preserve">Leonardo Lordello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Noirez</w:t>
+                <w:t xml:space="preserve">Stéphanie Nuan-Aliman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haidar Djemai</w:t>
+                <w:t xml:space="preserve">Karoline Kielbassa-Elkadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layale Youssef</w:t>
+                <w:t xml:space="preserve">Aurélie Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Massias</w:t>
+                <w:t xml:space="preserve">Konstantina Kotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 374, pp.126239. </w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (3), pp.394. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2025.126239⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cancers17030394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05079695v1</w:t>
+                <w:t xml:space="preserve">hal-05053122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic Heterogeneity in Diffuse Large B-Cell Lymphoma Cells Reveals an Innovative Antimetabolic Combination Strategy</w:t>
+                <w:t xml:space="preserve">Characterization of POP mixture redistribution and identification of their molecular signature in xenografted fat mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leonardo Lordello</w:t>
+                <w:t xml:space="preserve">Théo Jamay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Nuan-Aliman</w:t>
+                <w:t xml:space="preserve">Philippe Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karoline Kielbassa-Elkadi</w:t>
+                <w:t xml:space="preserve">Haidar Djemai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Montagne</w:t>
+                <w:t xml:space="preserve">Layale Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstantina Kotta</w:t>
+                <w:t xml:space="preserve">Justine Massias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (3), pp.394. </w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 374, pp.126239. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cancers17030394⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2025.126239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05053122v1</w:t>
+                <w:t xml:space="preserve">hal-05079695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methylglyoxal-Induced Glycation of Plasma Albumin: From Biomarker Discovery to Clinical Use for Prediction of New-Onset Diabetes in Individuals with Prediabetes</w:t>
               </w:r>
@@ -524,295 +524,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05387570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phytochemical Study of the Anthelminthic Potential of Guadeloupean Plant Biodiversity</w:t>
+                <w:t xml:space="preserve">The analysis of the skeletal muscle metabolism is crucial for designing optimal exercise paradigms in type 2 diabetes mellitus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tressy Cabald</w:t>
+                <w:t xml:space="preserve">Elias Abi Akar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Marie-Magdeleine</w:t>
+                <w:t xml:space="preserve">Laure Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucien Philibert</w:t>
+                <w:t xml:space="preserve">Mirella El Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Caradeuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceuticals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 17 (6), pp.774. </w:t>
+              <w:t xml:space="preserve">Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (1), pp.80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ph17060774⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s10020-024-00850-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04670316v1</w:t>
+                <w:t xml:space="preserve">hal-05316643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The analysis of the skeletal muscle metabolism is crucial for designing optimal exercise paradigms in type 2 diabetes mellitus</w:t>
+                <w:t xml:space="preserve">Phytochemical Study of the Anthelminthic Potential of Guadeloupean Plant Biodiversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elias Abi Akar</w:t>
+                <w:t xml:space="preserve">Tressy Cabald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Weill</w:t>
+                <w:t xml:space="preserve">Carine Marie-Magdeleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirella El Khoury</w:t>
+                <w:t xml:space="preserve">Lucien Philibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Caradeuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 30 (1), pp.80. </w:t>
+              <w:t xml:space="preserve">Pharmaceuticals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (6), pp.774. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s10020-024-00850-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ph17060774⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05316643v1</w:t>
+                <w:t xml:space="preserve">hal-04670316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the nature and pharmacodynamics of tacrolimus metabolites</w:t>
               </w:r>
@@ -1060,6621 +1060,6755 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04609190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR metabolomics study of chronic low‐dose exposure to a cocktail of persistent organic pollutants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Toolbox for Glutamine Use in Dissolution Dynamic Nuclear Polarization: from Enzymatic Reaction Monitoring to the Study of Cellular Metabolic Pathways and Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Caradeuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covadonga Lucas-Torres</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Haidar Djemai</w:t>
+                <w:t xml:space="preserve">Véronique Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layale Youssef</w:t>
+                <w:t xml:space="preserve">Aurélie Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NMR in Biomedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/nbm.5006⟩</w:t>
+              <w:t xml:space="preserve">ChemPhysChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (12), pp.e202300151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cphc.202300151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04182525v1</w:t>
+                <w:t xml:space="preserve">hal-05543936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrahigh-Resolution NMR with Water Signal Suppression for a Deeper Understanding of the Action of Antimetabolic Drugs on Diffuse Large B-Cell Lymphoma</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Leonardo Lordello</w:t>
+                <w:t xml:space="preserve">NMR metabolomics study of chronic low‐dose exposure to a cocktail of persistent organic pollutants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Covadonga Lucas-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Caradeuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xi Chen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Imed Eddine Oumezziane</w:t>
+                <w:t xml:space="preserve">Laura Prieur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haidar Djemai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layale Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.1c00914⟩</w:t>
+              <w:t xml:space="preserve">NMR in Biomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 (11), pp.e5006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/nbm.5006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03648893v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04182525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural analysis of unstable norbixin isomers guided by pure shift nuclear magnetic resonance</w:t>
+                <w:t xml:space="preserve">Ultrahigh-Resolution NMR with Water Signal Suppression for a Deeper Understanding of the Action of Antimetabolic Drugs on Diffuse Large B-Cell Lymphoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Lordello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Covadonga Lucas-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imed Eddine Oumezziane</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christine Balducci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrc.5252⟩</w:t>
+              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21 (4), pp.1041-1051. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.1c00914⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03648920v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03648893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and characterization of novel conformers of ( E ) ‐ 2‐(3‐nitro‐ H ‐imidazo[1,2‐ a ]pyridin‐2‐ylthio)‐ N ′‐benzylideneacetohydrazide derivatives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural analysis of unstable norbixin isomers guided by pure shift nuclear magnetic resonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imed Eddine Oumezziane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Caradeuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Guibout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evrard Ablo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Patrick‐armand Achi</w:t>
+                <w:t xml:space="preserve">Christine Balducci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrc.5308⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 60 (5), pp.504-514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrc.5252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03812767v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03648920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The complex metabolism of poststerone in male rats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Balducci</w:t>
+                <w:t xml:space="preserve">Synthesis and characterization of novel conformers of ( E ) ‐ 2‐(3‐nitro‐ H ‐imidazo[1,2‐ a ]pyridin‐2‐ylthio)‐ N ′‐benzylideneacetohydrazide derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evrard Ablo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souleymane Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siomenan Coulibali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kouassi Signo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Dinan</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christel Carbonne</w:t>
+                <w:t xml:space="preserve">Patrick‐armand Achi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Steroid Biochemistry and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsbmb.2021.105897⟩</w:t>
+              <w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrc.5308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684677v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03812767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Supra‐LUMO Interaction: Case Study of a Sudden Change of Electronic Structure as a Functional Emergence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The complex metabolism of poststerone in male rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Balducci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dinan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Guibout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Foucault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Gosset</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Forté</w:t>
+                <w:t xml:space="preserve">Christel Carbonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202103136⟩</w:t>
+              <w:t xml:space="preserve">Journal of Steroid Biochemistry and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 212, pp.105897. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsbmb.2021.105897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684619v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinction between 2′- and 3′-Phosphate Isomers of a Fluorescent NADPH Analogue Led to Strong Inhibition of Cancer Cells Migration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the Supra‐LUMO Interaction: Case Study of a Sudden Change of Electronic Structure as a Functional Emergence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Gosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Štěpánka Nováková Lachmanová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sawsen Cherraben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raoul Manuel</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Patricia Abbe</w:t>
+                <w:t xml:space="preserve">Jérémy Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antioxidants </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/antiox10050723⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (71), pp.17889-17899. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202103136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03248720v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinction between 2′- and 3′-Phosphate Isomers of a Fluorescent NADPH Analogue Led to Strong Inhibition of Cancer Cells Migration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raoul Manuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle de Souza Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Daunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Abbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antioxidants </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 10, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+              <w:t xml:space="preserve">, 2021, 10 (5), pp.723. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/antiox10050723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03990867v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03248720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loss of prion protein control of glucose metabolism promotes neurodegeneration in model of prion diseases</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hector Ardila-Osorio</w:t>
+                <w:t xml:space="preserve">Distinction between 2′- and 3′-Phosphate Isomers of a Fluorescent NADPH Analogue Led to Strong Inhibition of Cancer Cells Migration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raoul Manuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle de Souza Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Daunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Abbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1009991⟩</w:t>
+              <w:t xml:space="preserve">Antioxidants </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antiox10050723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03413478v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03990867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adenomyosis is associated with specific proton nuclear magnetic resonance (1H-NMR) serum metabolic profiles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Loss of prion protein control of glucose metabolism promotes neurodegeneration in model of prion diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bourdon</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Frederic Batteux</w:t>
+                <w:t xml:space="preserve">Hector Ardila-Osorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fertility and Sterility</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fertnstert.2021.02.031⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (10), pp.e1009991. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1009991⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684698v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03413478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The follicular fluid metabolome differs according to the endometriosis phenotype</w:t>
+                <w:t xml:space="preserve">Adenomyosis is associated with specific proton nuclear magnetic resonance (1H-NMR) serum metabolic profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Santulli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatiha Kateb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Khaled Pocate-Cheriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Maignien</w:t>
+                <w:t xml:space="preserve">Frederic Batteux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproductive BioMedicine Online</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 41, pp.1023 - 1037. </w:t>
+              <w:t xml:space="preserve">Fertility and Sterility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 116 (1), pp.243-254. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rbmo.2020.09.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fertnstert.2021.02.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03493619v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endometriosis phenotypes are associated with specific serum metabolic profiles determined by proton-nuclear magnetic resonance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">The follicular fluid metabolome differs according to the endometriosis phenotype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Pocate-Cheriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Santulli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatiha Kateb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Maignien</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Louis Marcellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproductive BioMedicine Online</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 41, pp.640 - 652. </w:t>
+              <w:t xml:space="preserve">, 2020, 41, pp.1023 - 1037. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rbmo.2020.06.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rbmo.2020.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03492022v1</w:t>
+                <w:t xml:space="preserve">hal-03493619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urinary metabolic profiling of asymptomatic acute intermittent porphyria using a rule-mining-based algorithm</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Endometriosis phenotypes are associated with specific serum metabolic profiles determined by proton-nuclear magnetic resonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Maignien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Santulli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatiha Kateb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Caradeuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux Luck</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Cédric Caradeuc</w:t>
+                <w:t xml:space="preserve">Louis Marcellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11306-017-1305-9⟩</w:t>
+              <w:t xml:space="preserve">Reproductive BioMedicine Online</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 41, pp.640 - 652. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rbmo.2020.06.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03684742v1</w:t>
+                <w:t xml:space="preserve">hal-03492022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time and Non-invasive Monitoring of the Activation of the IRE1α-XBP1 Pathway in Individuals with Hemodynamic Impairment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Urinary metabolic profiling of asymptomatic acute intermittent porphyria using a rule-mining-based algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Luck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neila Talbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Fohlen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thi-Mum Huynh</w:t>
+                <w:t xml:space="preserve">Laurent Gouya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Caradeuc</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EBioMedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2017.12.023⟩</w:t>
+              <w:t xml:space="preserve">Metabolomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (1), pp.10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11306-017-1305-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684748v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific Physical Exercise Improves Energetic Metabolism in the Skeletal Muscle of Amyotrophic-Lateral- Sclerosis Mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Real-Time and Non-invasive Monitoring of the Activation of the IRE1α-XBP1 Pathway in Individuals with Hemodynamic Impairment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Fohlen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi-Mum Huynh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Caradeuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Desseille</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Domenico D’amico</w:t>
+                <w:t xml:space="preserve">Delphine Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnmol.2017.00332⟩</w:t>
+              <w:t xml:space="preserve">EBioMedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27, pp.284-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2017.12.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684756v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into the interaction of high potency inhibitor IRC-083864 with phosphatase CDC25</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Specific Physical Exercise Improves Energetic Metabolism in the Skeletal Muscle of Amyotrophic-Lateral- Sclerosis Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Desseille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Deforges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Biondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Houdebine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manal Sarkis</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marie-Agnès Sari</w:t>
+                <w:t xml:space="preserve">Domenico D’amico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proteins: Structure, Function, and Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/prot.25236⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnmol.2017.00332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684762v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into the interaction of high potency inhibitor IRC-083864 with phosphatase CDC25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manal Sarkis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Miteva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Chiara Dasso Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Sari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proteins: Structure, Function, and Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 85 (4), pp.593-601. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/prot.25236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03689998v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model of the Interaction between the NF-κB Inhibitory Protein p100 and the E3 Ubiquitin Ligase β-TrCP based on NMR and Docking Experiments</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Insights into the interaction of high potency inhibitor IRC-083864 with phosphatase CDC25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manal Sarkis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Miteva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Chiara Dasso Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jcim.5b00409⟩</w:t>
+              <w:t xml:space="preserve">Proteins: Structure, Function, and Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 85 (4), pp.593-601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/prot.25236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684765v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03689998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rule-Mining for the Early Prediction of Chronic Kidney Disease Based on Metabolomics and Multi-Source Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Margaux Luck</w:t>
+                <w:t xml:space="preserve">Model of the Interaction between the NF-κB Inhibitory Protein p100 and the E3 Ubiquitin Ligase β-TrCP based on NMR and Docking Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Melikian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Eluard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Evrard-Todeschi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0166905⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57 (2), pp.223-233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jcim.5b00409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684770v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of a small molecule Natura-α and STAT3-SH2 domain to block Y705 phosphorylation and inhibit lupus nephritis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Allen Tsao</w:t>
+                <w:t xml:space="preserve">Rule-Mining for the Early Prediction of Chronic Kidney Disease Based on Metabolomics and Multi-Source Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Luck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bateson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Karras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Yartseva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bcp.2015.11.018⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (11), pp.e0166905. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0166905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684776v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression in yeast, new substrates, and construction of a first 3D model of human orphan cytochrome P450 2U1: Interpretation of substrate hydroxylation regioselectivity from docking studies.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Booma Ramassamy</w:t>
+                <w:t xml:space="preserve">Interaction of a small molecule Natura-α and STAT3-SH2 domain to block Y705 phosphorylation and inhibit lupus nephritis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.W. Chiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Melikian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liying Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chengsen Xue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allen Tsao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbagen.2015.03.014⟩</w:t>
+              <w:t xml:space="preserve">Biochemical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 99, pp.123-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bcp.2015.11.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01449701v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The urinary metabolome of chronic kidney disease</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Expression in yeast, new substrates, and construction of a first 3D model of human orphan cytochrome P450 2U1: Interpretation of substrate hydroxylation regioselectivity from docking studies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Ducassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella Jonasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Dhers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pietrancosta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Booma Ramassamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ki.2014.34⟩</w:t>
+              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1850 (7), pp.1426-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbagen.2015.03.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684819v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01449701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel RANK Antagonists for the Treatment of Bone-Resorptive Disease: Theoretical Predictions and Experimental Validation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The urinary metabolome of chronic kidney disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Thervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Karras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bone and Mineral Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jbmr.2170⟩</w:t>
+              <w:t xml:space="preserve">Kidney International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 85 (5), pp.1239-1240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ki.2014.34⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01644748v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urinary Metabolic Fingerprint of Acute Intermittent Porphyria Analyzed by 1 H NMR Spectroscopy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Gouya</w:t>
+                <w:t xml:space="preserve">Novel RANK Antagonists for the Treatment of Bone-Resorptive Disease: Theoretical Predictions and Experimental Validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Téletchéa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verena Stresing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soizic Hervouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Baud'Huin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Heymann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ac403837r⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bone and Mineral Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 29 (6), pp.1466 - 1477. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jbmr.2170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684829v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01644748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new derivative detected in accelerated ageing of artesunate-amodiaquine fixed dose combination tablets</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Urinary Metabolic Fingerprint of Acute Intermittent Porphyria Analyzed by 1 H NMR Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Carichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gouya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pharmaceutical and Biomedical Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpba.2013.03.009⟩</w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 86 (4), pp.2166-2174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ac403837r⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03684836v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thiolactone Sulfoxides as New Reactive Metabolites Acting as Bis-Electrophiles: Implication in Clopidogrel and Prasugrel Bioactivation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Assia Hessani</w:t>
+                <w:t xml:space="preserve">A new derivative detected in accelerated ageing of artesunate-amodiaquine fixed dose combination tablets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Mansuy</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Petigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moneton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Azerad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Research in Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/tx400083b⟩</w:t>
+              <w:t xml:space="preserve">Journal of Pharmaceutical and Biomedical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 81-82, pp.20-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpba.2013.03.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684856v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward Stable Electron Paramagnetic Resonance Oximetry Probes: Synthesis, Characterization, and Metabolic Evaluation of New Ester Derivatives of a Tris-( para -carboxyltetrathiaaryl)methyl (TAM) Radical</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Boucher</w:t>
+                <w:t xml:space="preserve">Thiolactone Sulfoxides as New Reactive Metabolites Acting as Bis-Electrophiles: Implication in Clopidogrel and Prasugrel Bioactivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dansette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Levent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assia Hessani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mansuy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Research in Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 26 (10), pp.1561-1569. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/tx400250a⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 26 (5), pp.794-802. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/tx400083b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684842v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tryptophan Depletion and the Kinase GCN2 Mediate IFN-γ–Induced Autophagy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Iadh Mami</w:t>
+                <w:t xml:space="preserve">Toward Stable Electron Paramagnetic Resonance Oximetry Probes: Synthesis, Characterization, and Metabolic Evaluation of New Ester Derivatives of a Tris-( para -carboxyltetrathiaaryl)methyl (TAM) Radical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Decroos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Balland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Thervet</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yun Xu-Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4049/jimmunol.1201214⟩</w:t>
+              <w:t xml:space="preserve">Chemical Research in Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 26 (10), pp.1561-1569. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/tx400250a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684891v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naphthalene-dioxygenase catalysed cis-dihydroxylation of bicyclic azaarenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Chopard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Prangé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSC Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 2 (2), pp.605-615. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C1RA00706H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03684941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and Functional Characterization of Nrf2 Degradation by the Glycogen Synthase Kinase 3/β-TrCP Axis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Axelle Cotte</w:t>
+                <w:t xml:space="preserve">Tryptophan Depletion and the Kinase GCN2 Mediate IFN-γ–Induced Autophagy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Fougeray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iadh Mami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Thervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/MCB.00180-12⟩</w:t>
+              <w:t xml:space="preserve">Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 189 (6), pp.2954-2964. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4049/jimmunol.1201214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684929v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contact-based ligand-clustering approach for the identification of active compounds in virtual screening</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">Structural and Functional Characterization of Nrf2 Degradation by the Glycogen Synthase Kinase 3/β-TrCP Axis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Rada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Evrard-Todeschi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Innamorato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Cotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances and applications in bioinformatics and chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2147/AABC.S30881⟩</w:t>
+              <w:t xml:space="preserve">Molecular and Cellular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 32 (17), pp.3486-3499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/MCB.00180-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684866v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic Activation of Prasugrel: Nature of the Two Competitive Pathways Resulting in the Opening of Its Thiophene Ring</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contact-based ligand-clustering approach for the identification of active compounds in virtual screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Mansuy</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey Mantsyzov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Evrard-Todeschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Research in Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/tx3000279⟩</w:t>
+              <w:t xml:space="preserve">Advances and applications in bioinformatics and chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2147/AABC.S30881⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684932v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytochromes P450 Catalyze Both Steps of the Major Pathway of Clopidogrel Bioactivation, whereas Paraoxonase Catalyzes the Formation of a Minor Thiol Metabolite Isomer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dansette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mansuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Research in Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 25 (2), pp.348-356. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/tx2004085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03684944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paraoxonase-1 and clopidogrel efficacy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId186" w:history="1">
+                <w:t xml:space="preserve">Metabolic Activation of Prasugrel: Nature of the Two Competitive Pathways Resulting in the Opening of Its Thiophene Ring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dansette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Debernardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mansuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 17 (9), pp.1040-1041. </w:t>
+              <w:t xml:space="preserve">Chemical Research in Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 25 (5), pp.1058-1065. </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nm.2436⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/tx3000279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684957v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic clustering of docking poses in virtual screening process using self-organizing map</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Girault</w:t>
+                <w:t xml:space="preserve">Paraoxonase-1 and clopidogrel efficacy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dansette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mansuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btp623⟩</w:t>
+              <w:t xml:space="preserve">Nature Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17 (9), pp.1040-1041. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nm.2436⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03684971v1</w:t>
+                <w:t xml:space="preserve">hal-03684957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation and Fate of a Sulfenic Acid Intermediate in the Metabolic Activation of the Antithrombotic Prodrug Prasugrel</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Thébault</w:t>
+                <w:t xml:space="preserve">Automatic clustering of docking poses in virtual screening process using self-organizing map</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Evrard-Todeschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Mansuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Research in Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/tx1001332⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 26 (1), pp.53-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btp623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684983v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidative and Reductive Metabolism of Tris( p -carboxyltetrathiaaryl)methyl Radicals by Liver Microsomes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yun Li</w:t>
+                <w:t xml:space="preserve">Formation and Fate of a Sulfenic Acid Intermediate in the Metabolic Activation of the Antithrombotic Prodrug Prasugrel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dansette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mansuy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Research in Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 22 (7), pp.1342-1350. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/tx9001379⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 23 (7), pp.1268-1274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/tx1001332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03684990v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthetic studies towards diazepanone scaffolds</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
+                <w:t xml:space="preserve">Oxidative and Reductive Metabolism of Tris( p -carboxyltetrathiaaryl)methyl Radicals by Liver Microsomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Decroos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Frapart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mansuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron: Asymmetry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 20 (20), pp.2320-2330. </w:t>
+              <w:t xml:space="preserve">Chemical Research in Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 22 (7), pp.1342-1350. </w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tetasy.2009.09.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/tx9001379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03685013v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic Oxidative Cleavage of Thioesters: Evidence for the Formation of Sulfenic Acid Intermediates in the Bioactivation of the Antithrombotic Prodrugs Ticlopidine and Clopidogrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dansette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Libraire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mansuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Research in Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 22 (2), pp.369-373. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/tx8004828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03684993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation of tris-(p-carboxyltetrathiaaryl)methyl radical EPR probes: evidence for their oxidative decarboxylation and molecular origin of their specific ability to react with O2˙−</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
+                <w:t xml:space="preserve">Synthetic studies towards diazepanone scaffolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Decroos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Frapart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mansuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tetrahedron: Asymmetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 20 (20), pp.2320-2330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tetasy.2009.09.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/b819259f⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02102841v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfer-NMR and Docking Studies Identify the Binding of the Peptide Derived from Activating Transcription Factor 4 to Protein Ubiquitin Ligase β-TrCP. Competition STD-NMR with β-Catenin</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Evrard-Todeschi</w:t>
+                <w:t xml:space="preserve">Oxidation of tris-(p-carboxyltetrathiaaryl)methyl radical EPR probes: evidence for their oxidative decarboxylation and molecular origin of their specific ability to react with O2˙−</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Decroos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Valérie Tanchou</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Frapart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mansuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/bi7014212⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 11, pp.1416. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b819259f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03685028v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02102841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The key-role of tyrosine 155 in the mechanism of prion transconformation as highlighted by a study of sheep mutant peptides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transfer-NMR and Docking Studies Identify the Binding of the Peptide Derived from Activating Transcription Factor 4 to Protein Ubiquitin Ligase β-TrCP. Competition STD-NMR with β-Catenin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Evrard-Todeschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josyane Gharbi-Benarous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Tanchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peptides</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.peptides.2008.03.014⟩</w:t>
+              <w:t xml:space="preserve">Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 47 (1), pp.14-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/bi7014212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03685032v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diastereoselective Additions to (3S)-3-Aminodehydrocaprolactams: Development of a Versatile Synthesis of New Substituted CyclicL-Lysines</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The key-role of tyrosine 155 in the mechanism of prion transconformation as highlighted by a study of sheep mutant peptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hamid Dhimane</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaston Hui Bon Hoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Girault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.200701004⟩</w:t>
+              <w:t xml:space="preserve">Peptides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 29 (7), pp.1073-1084. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.peptides.2008.03.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03685043v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of the Complex between Phosphorylated Substrates and the SCF β-TrCP Ubiquitin Ligase Receptor: A Combined NMR, Molecular Modeling, and Docking Approach</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Josyane Gharbi-Benarous</w:t>
+                <w:t xml:space="preserve">Diastereoselective Additions to (3S)-3-Aminodehydrocaprolactams: Development of a Versatile Synthesis of New Substituted CyclicL-Lysines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Levraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Calvet-Vitale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Dhimane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ci800248u⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2008 (11), pp.1901-1909. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.200701004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03685021v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient synthesis of polyfunctionalised enantiopure diazepanone scaffolds</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maryon Ginisty</w:t>
+                <w:t xml:space="preserve">Structure of the Complex between Phosphorylated Substrates and the SCF β-TrCP Ubiquitin Ligase Receptor: A Combined NMR, Molecular Modeling, and Docking Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Evrard-Todeschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josyane Gharbi-Benarous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Benarous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2007.09.098⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 48 (12), pp.2350-2361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ci800248u⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03685046v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allosteric tuning of the intra-cavity binding properties of a calix[6]arene through external binding to a Zn(II) center coordinated to amino arms</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yun Li</w:t>
+                <w:t xml:space="preserve">Efficient synthesis of polyfunctionalised enantiopure diazepanone scaffolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Monasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryon Ginisty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Gravier-Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Merrer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.200601040⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 48 (46), pp.8149-8152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2007.09.098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00391396v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">STD and TRNOESY NMR studies for the epitope mapping of the phosphorylation motif of the oncogenic protein beta-catenin recognized by a selective monoclonal antibody.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simon Megy</w:t>
+                <w:t xml:space="preserve">Allosteric tuning of the intra-cavity binding properties of a calix[6]arene through external binding to a Zn(II) center coordinated to amino arms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Darbost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sénèque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Richard Benarous</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Marrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.febslet.2006.08.084⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 13, pp.2078-2088. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.200601040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-00166653v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00391396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First evidence that cytochrome P450 may catalyze both S-oxidation and epoxidation of thiophene derivatives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick M. Dansette</w:t>
+                <w:t xml:space="preserve">STD and TRNOESY NMR studies for the epitope mapping of the phosphorylation motif of the oncogenic protein beta-catenin recognized by a selective monoclonal antibody.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Megy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josyane Gharbi-Benarous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Baleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Benarous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2005.08.091⟩</w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 580 (22), pp.5411-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.febslet.2006.08.084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00068627v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00166653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solution structure of a peptide derived from the oncogenic protein beta-Catenin in its phosphorylated and nonphosphorylated states.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simon Megy</w:t>
+                <w:t xml:space="preserve">First evidence that cytochrome P450 may catalyze both S-oxidation and epoxidation of thiophene derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick M. Dansette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mansuy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peptides / Peptides (Fayetteville)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 338, pp.450-455. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2005.08.091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.peptides.2004.09.021⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-00166821v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00068627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Solution structure of a peptide derived from the oncogenic protein beta-Catenin in its phosphorylated and nonphosphorylated states.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Megy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josyane Gharbi-Benarous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Baleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Benarous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peptides / Peptides (Fayetteville)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 26 (2), pp.227-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.peptides.2004.09.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00166821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Possible role of region 152-156 in structural duality of a peptide fragment from sheep prion protein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Megy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serguey A. Kozin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pascale M. P. Debey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaston Hui Bon Hoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Protein Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 13 (12), pp.3151-3160. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1110/ps.04745004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02677622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7684,163 +7818,163 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic Profiling of 1H NMR Spectra in Chronic Kidney Disease with Local Predictive Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.M. Luck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Yartseva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Thervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 IEEE 14th International Conference on Machine Learning and Applications (ICMLA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Miami, France. pp.176-181, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICMLA.2015.155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03684787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7850,276 +7984,276 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of diffuse large B-cell lymphoma subgroups by metabolomic analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lacrampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Chu-Van</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Caradeuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16e Journées Scientifiques du Réseau Francophone de Métabolomique et de Fluxomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05149277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A NEW THIOPHENE METABOLITE: NADPH, O 2 AND THIOL DEPENDENT FORMATION OF A THIOPHENE HYDRATE FROM (S)-MTPPA BY CYP2C9</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick M. Dansette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shigeyuki Kitamura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mansuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISSX-JSSX joint symposium, Maui (Hawai) USA, novembre 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2005, Wailea, Maui, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03515695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId300"/>
+      <w:footerReference w:type="default" r:id="rId302"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8266,51 +8400,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05079695v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Jamay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Noirez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haidar Djemai" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layale Youssef" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Massias" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.126239" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053122v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Lordello" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Nuan-Aliman" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karoline Kielbassa-Elkadi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Montagne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Kotta" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers17030394" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387570v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#234;nio Rodrigues Oliveira" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chevalier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Wargny" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Pakulska" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Caradeuc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/clinchem/hvaf035" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670316v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tressy Cabald" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marie-Magdeleine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Philibert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Bertho" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph17060774" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316643v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Abi Akar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Weill" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella El Khoury" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s10020-024-00850-7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291791v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Mevizou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Aouad" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Ludovic Sauvage" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Arnion" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pinault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2024.107438" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609190v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen dos Santos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Bartocci" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Gillet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Denis-Quanquin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Roux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp00463a" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182525v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Covadonga Lucas-Torres" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Prieur" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.5006" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648893v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Chen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Eddine Oumezziane" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.1c00914" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648920v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Guibout" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Balducci" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.5252" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812767v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evrard Ablo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Coulibaly" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siomenan Coulibali" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouassi Signo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick&#8208;armand Achi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.5308" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684677v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dinan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Foucault" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Carbonne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsbmb.2021.105897" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684619v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gosset" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;t&#283;p&#225;nka Nov&#225;kov&#225; Lachmanov&#225;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsen Cherraben" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Fort&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202103136" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03248720v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Manuel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle de Souza Lima" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dilly" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Daunay" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Abbe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox10050723" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03990867v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413478v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Arnould" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baudouin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baudry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Ribeiro" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Ardila-Osorio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1009991" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684698v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bourdon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Santulli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Kateb" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Pocate-Cheriet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Batteux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fertnstert.2021.02.031" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493619v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Maignien" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rbmo.2020.09.002" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492022v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Marcellin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rbmo.2020.06.019" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684742v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Luck" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schmitt" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neila Talbi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gouya" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-017-1305-9" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684748v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fohlen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Tavernier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Mum Huynh" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Le Corre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2017.12.023" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684756v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Desseille" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Deforges" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Biondi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Houdebine" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico D&#8217;amico" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2017.00332" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684762v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manal Sarkis" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Miteva" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Chiara Dasso Lang" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Jaouen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Sari" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.25236" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03689998v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684765v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Melikian" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Eluard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Evrard-Todeschi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.5b00409" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684770v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bateson" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Karras" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Yartseva" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0166905" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684776v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Chiao" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liying Han" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengsen Xue" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allen Tsao" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2015.11.018" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449701v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ducassou" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Jonasson" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Dhers" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pietrancosta" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Booma Ramassamy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2015.03.014" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684819v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pallet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thervet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beaune" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ki.2014.34" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01644748v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane T&#233;letch&#233;a" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Stresing" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Hervouet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baud'Huin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Heymann" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbmr.2170" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684829v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Carichon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lefebvre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac403837r" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684836v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Charrier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Petigny" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moneton" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Azerad" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2013.03.009" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZD9R2TP6-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684856v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dansette" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Levent" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Hessani" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mansuy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx400083b" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684842v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Decroos" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Balland" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boucher" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Xu-Li" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx400250a" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684891v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fougeray" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iadh Mami" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1201214" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684941v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chopard" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Prang&#233;" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1RA00706H" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684929v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rada" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rojo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Innamorato" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Cotte" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00180-12" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684866v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Mantsyzov" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouvier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/AABC.S30881" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684932v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rosi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Debernardi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx3000279" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684944v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx2004085" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684957v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nm.2436" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684971v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girault" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btp623" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684983v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Th&#233;bault" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx1001332" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684990v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Li" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Frapart" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx9001379" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03685013v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2009.09.022" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G72XHZVQ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684993v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Libraire" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx8004828" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102841v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b819259f" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/890E49E204C1C7A0C5D6E0D45A8F6ADDBF091EFE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03685028v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pons" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josyane Gharbi-Benarous" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Tanchou" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi7014212" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-27BXPK35-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03685032v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Hui Bon Hoa" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2008.03.014" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03685043v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Levraud" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Calvet-Vitale" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Dhimane" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200701004" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K6N2HSRQ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03685021v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Benarous" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ci800248u" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03685046v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monasson" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryon Ginisty" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gravier-Pelletier" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Merrer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2007.09.098" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CXVTMC5L-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391396v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Darbost" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;n&#232;que" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Marrot" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200601040" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8LQ78ZGP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00166653v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Megy" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Baleux" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2006.08.084" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6WFGFTZ3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068627v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M. Dansette" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2005.08.091" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FD6F3X05-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00166821v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2004.09.021" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1V60BLM0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677622v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguey A. Kozin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pascale M. P. Debey" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1110/ps.04745004" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684787v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Luck" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yartseva" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Thervet" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMLA.2015.155" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149277v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lacrampe" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chu-Van" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dechaumet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515695v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeyuki Kitamura" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053122v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Lordello" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Nuan-Aliman" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karoline Kielbassa-Elkadi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Montagne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Kotta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers17030394" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05079695v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Jamay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Noirez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haidar Djemai" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layale Youssef" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Massias" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.126239" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387570v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#234;nio Rodrigues Oliveira" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chevalier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Wargny" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Pakulska" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Caradeuc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/clinchem/hvaf035" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316643v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Abi Akar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Weill" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella El Khoury" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Bertho" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s10020-024-00850-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670316v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tressy Cabald" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marie-Magdeleine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Philibert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph17060774" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291791v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Mevizou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Aouad" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Ludovic Sauvage" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Arnion" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pinault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2024.107438" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609190v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen dos Santos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Bartocci" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Gillet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Denis-Quanquin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Roux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp00463a" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543936v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202300151" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182525v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Covadonga Lucas-Torres" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Prieur" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.5006" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648893v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Chen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Eddine Oumezziane" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.1c00914" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648920v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Guibout" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Balducci" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.5252" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812767v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evrard Ablo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Coulibaly" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siomenan Coulibali" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouassi Signo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick&#8208;armand Achi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.5308" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684677v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dinan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Foucault" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Carbonne" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsbmb.2021.105897" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684619v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gosset" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;t&#283;p&#225;nka Nov&#225;kov&#225; Lachmanov&#225;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsen Cherraben" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Fort&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202103136" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03248720v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Manuel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle de Souza Lima" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dilly" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Daunay" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Abbe" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox10050723" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03990867v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413478v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Arnould" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baudouin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baudry" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Ribeiro" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Ardila-Osorio" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1009991" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684698v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bourdon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Santulli" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Kateb" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Pocate-Cheriet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Batteux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fertnstert.2021.02.031" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493619v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Maignien" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rbmo.2020.09.002" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492022v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Marcellin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rbmo.2020.06.019" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684742v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Luck" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schmitt" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neila Talbi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gouya" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-017-1305-9" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684748v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fohlen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Tavernier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Mum Huynh" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Le Corre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2017.12.023" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684756v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Desseille" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Deforges" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Biondi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Houdebine" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico D&#8217;amico" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2017.00332" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684762v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manal Sarkis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Miteva" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Chiara Dasso Lang" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Jaouen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Sari" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.25236" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03689998v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684765v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Melikian" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Eluard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Evrard-Todeschi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.5b00409" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684770v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bateson" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Karras" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Yartseva" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0166905" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684776v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Chiao" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liying Han" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengsen Xue" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allen Tsao" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2015.11.018" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449701v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ducassou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Jonasson" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Dhers" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pietrancosta" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Booma Ramassamy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2015.03.014" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684819v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pallet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thervet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beaune" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ki.2014.34" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01644748v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane T&#233;letch&#233;a" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Stresing" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Hervouet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baud'Huin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Heymann" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbmr.2170" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684829v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Carichon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lefebvre" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac403837r" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684836v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Charrier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Petigny" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moneton" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Azerad" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2013.03.009" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZD9R2TP6-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684856v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dansette" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Levent" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Hessani" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mansuy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx400083b" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684842v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Decroos" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Balland" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boucher" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Xu-Li" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx400250a" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684941v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chopard" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Prang&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1RA00706H" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684891v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fougeray" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iadh Mami" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1201214" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684929v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rada" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rojo" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Innamorato" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Cotte" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00180-12" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684866v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Mantsyzov" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouvier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/AABC.S30881" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684944v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rosi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx2004085" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684932v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Debernardi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx3000279" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684957v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nm.2436" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684971v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girault" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btp623" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684983v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Th&#233;bault" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx1001332" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684990v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Li" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Frapart" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx9001379" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684993v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Libraire" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/tx8004828" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03685013v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2009.09.022" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G72XHZVQ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102841v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b819259f" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/890E49E204C1C7A0C5D6E0D45A8F6ADDBF091EFE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03685028v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pons" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josyane Gharbi-Benarous" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Tanchou" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi7014212" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-27BXPK35-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03685032v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Hui Bon Hoa" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2008.03.014" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03685043v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Levraud" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Calvet-Vitale" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Dhimane" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200701004" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K6N2HSRQ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03685021v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Benarous" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ci800248u" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03685046v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monasson" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryon Ginisty" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gravier-Pelletier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Merrer" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2007.09.098" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CXVTMC5L-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391396v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Darbost" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;n&#232;que" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Marrot" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200601040" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8LQ78ZGP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00166653v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Megy" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Baleux" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2006.08.084" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6WFGFTZ3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068627v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M. Dansette" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2005.08.091" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FD6F3X05-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00166821v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2004.09.021" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1V60BLM0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677622v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguey A. Kozin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pascale M. P. Debey" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1110/ps.04745004" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03684787v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Luck" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yartseva" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Thervet" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMLA.2015.155" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149277v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lacrampe" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chu-Van" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dechaumet" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515695v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeyuki Kitamura" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>