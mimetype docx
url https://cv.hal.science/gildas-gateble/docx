--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -757,629 +757,629 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05211008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using fibre-optic sensing for non-invasive, continuous dendrometry of mature tree trunks</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Robin Ardito</w:t>
+                <w:t xml:space="preserve">Alyxia Banks ex R.Br. in New Caledonia: a clarification of several species complexes, nomenclatural notes, and a description of three new species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lannuzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Munzinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Vandrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tree Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/treephys/tpaf058⟩</w:t>
+              <w:t xml:space="preserve">Phytotaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 649, pp.1 - 43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/phytotaxa.649.1.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04574205v2</w:t>
+                <w:t xml:space="preserve">hal-04578956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Ectomycorrhizal exploration type” could be a functional trait explaining the spatial distribution of tree symbiotic fungi as a function of forest humus forms</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using fibre-optic sensing for non-invasive, continuous dendrometry of mature tree trunks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martijn van den Ende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonore Oberlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Améglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Ardito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Gâteblé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mycorrhiza</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00572-024-01146-8⟩</w:t>
+              <w:t xml:space="preserve">Tree Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/treephys/tpaf058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04592027v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04574205v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alyxia Banks ex R.Br. in New Caledonia: a clarification of several species complexes, nomenclatural notes, and a description of three new species</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">“Ectomycorrhizal exploration type” could be a functional trait explaining the spatial distribution of tree symbiotic fungi as a function of forest humus forms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadwa Khalfallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed El Mazlouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark R. Bakker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytotaxa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 649, pp.1 - 43. </w:t>
+              <w:t xml:space="preserve">Mycorrhiza</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34, pp.203-216. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11646/phytotaxa.649.1.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00572-024-01146-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04578956v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04592027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three new species threatened by mining activity in New Caledonia</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A new threatened New Caledonian Leichhardtia (Apocynaceae, Asclepiadoideae, Marsdenieae) species discovered from a TV programme and social media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Munzinger</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Meve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Liede-Schumann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytotaxa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 578 (3), pp.228-240. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11646/phytotaxa.578.3.2⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 591 (2), pp.91-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/phytotaxa.591.2.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04005821v1</w:t>
+                <w:t xml:space="preserve">hal-04060800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new threatened New Caledonian Leichhardtia (Apocynaceae, Asclepiadoideae, Marsdenieae) species discovered from a TV programme and social media</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Three new species threatened by mining activity in New Caledonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lannuzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sigrid Liede-Schumann</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Munzinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytotaxa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 591 (2), pp.91-100. </w:t>
+              <w:t xml:space="preserve">, 2023, 578 (3), pp.228-240. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11646/phytotaxa.591.2.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.11646/phytotaxa.578.3.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04060800v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04005821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pre-assessments of plant conservation status in islands: the case of French Overseas Territories</w:t>
               </w:r>
@@ -1493,516 +1493,516 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-03952485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical comments on the article by Wang et al. &amp;quot;Lectotypification of the name Brachyscome neocaledonica = Pytinicarpa neocaledonica (Asteraceae: Astereae)&amp;quot; published in the Ukrainian Botanical Journal (2022, 79(2): 77–83)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dendrobium petrophilum (Kraenzl.) Garay ex N.Hallé, a well-named species describing its unusual chasmophytic ecology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Laudereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Laudereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ukrainian Botanical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15407/ukrbotj79.05.271⟩</w:t>
+              <w:t xml:space="preserve">Adansonia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 44 (1), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5252/adansonia2022v44a1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04183232v1</w:t>
+                <w:t xml:space="preserve">hal-03574302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogeny of Marsdenieae (Apocynaceae, Asclepiadoideae) based on chloroplast and nuclear loci, with a conspectus of the genera</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ulrich Meve</w:t>
+                <w:t xml:space="preserve">Critical comments on the article by Wang et al. &amp;quot;Lectotypification of the name Brachyscome neocaledonica = Pytinicarpa neocaledonica (Asteraceae: Astereae)&amp;quot; published in the Ukrainian Botanical Journal (2022, 79(2): 77–83)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lannuzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Pignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 71 (4), pp.833-875. </w:t>
+              <w:t xml:space="preserve">Ukrainian Botanical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 79 (5), pp.271-276. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/tax.12713⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15407/ukrbotj79.05.271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04686464v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A derived ZW chromosome system in Amborella trichopoda, representing the sister lineage to all other extant flowering plants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phylogeny of Marsdenieae (Apocynaceae, Asclepiadoideae) based on chloroplast and nuclear loci, with a conspectus of the genera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Liede-Schumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jos Käfer</w:t>
+                <w:t xml:space="preserve">Sebastian Reuss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Meve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Gâteblé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Bewick</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alex Harkess</w:t>
+                <w:t xml:space="preserve">Tatyana Livshultz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.17662⟩</w:t>
+              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 71 (4), pp.833-875. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/tax.12713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03370272v1</w:t>
+                <w:t xml:space="preserve">hal-04686464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dendrobium petrophilum (Kraenzl.) Garay ex N.Hallé, a well-named species describing its unusual chasmophytic ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Pignal</w:t>
+                <w:t xml:space="preserve">A derived ZW chromosome system in Amborella trichopoda, representing the sister lineage to all other extant flowering plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jos Käfer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Bewick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Andres‐robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Laudereau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gildas Gâteblé</w:t>
+                <w:t xml:space="preserve">Garance Lapetoule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Louis Laudereau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alex Harkess</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adansonia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 44 (1), pp.1-9. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 233, pp.1636-1642. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5252/adansonia2022v44a1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.17662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03574302v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03370272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pytinicarpa (Asteraceae, Astereae) in New Caledonia</w:t>
               </w:r>
@@ -2571,278 +2571,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03377396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The flora of James Cook’s ‘Botany Isle’ (Îlot Améré) and the neighbouring islets of Kié and Nouaré (New Caledonia): revisited and re-evaluated after nearly 250 years</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Extinction risk and threats to plants and fungi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eimear Nic Lughadha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven P Bachman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarciso C C Leão</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John M Halley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Muelleria: An Australian Journal of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5962/p.340569⟩</w:t>
+              <w:t xml:space="preserve">Plants, People, Planet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (5), pp.389-408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ppp3.10146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04089976v1</w:t>
+                <w:t xml:space="preserve">hal-04686425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extinction risk and threats to plants and fungi</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The flora of James Cook’s ‘Botany Isle’ (Îlot Améré) and the neighbouring islets of Kié and Nouaré (New Caledonia): revisited and re-evaluated after nearly 250 years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Gâteblé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lannuzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Liede-Schumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Meve</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants, People, Planet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 2 (5), pp.389-408. </w:t>
+              <w:t xml:space="preserve">Muelleria: An Australian Journal of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 39, pp.39-57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ppp3.10146⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5962/p.340569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04686425v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04089976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new coastal species of Pseuderanthemum (Acanthaceae) from Loyalty Islands (New Caledonia) and Vanuatu with notes on P. carruthersii</w:t>
               </w:r>
@@ -3060,430 +3060,430 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02055527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An unorthodox, new endemic species in New Caledonian Marsdenia (Apocynaceae, Asclepiadoideae, Marsdenieae)</w:t>
+                <w:t xml:space="preserve">Pichonia munzingeri (Sapotaceae), a new and rare micro-endemic species from New Caledonia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sigrid Liede-Schumann</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulf Swenson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytotaxa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11646/phytotaxa.405.3.3⟩</w:t>
+              <w:t xml:space="preserve">Candollea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 74 (1), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15553/c2019v741a1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05157434v1</w:t>
+                <w:t xml:space="preserve">hal-05157436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pichonia munzingeri (Sapotaceae), a new and rare micro-endemic species from New Caledonia</w:t>
+                <w:t xml:space="preserve">An unorthodox, new endemic species in New Caledonian Marsdenia (Apocynaceae, Asclepiadoideae, Marsdenieae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ulf Swenson</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Fleurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Meve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Liede-Schumann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Candollea</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 74 (1), pp.1. </w:t>
+              <w:t xml:space="preserve">Phytotaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 405 (3), pp.121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15553/c2019v741a1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.11646/phytotaxa.405.3.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05157436v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05157434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two new species from the Ile des Pins (New Caledonia), and a not so new species from Grande Terre (New Caledonia)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Novitates neocaledonicae X: A very rare and threatened new microendemic species of Acropogon (Malvaceae, Sterculioideae) from New Caledonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sigrid Liede-Schumann</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Munzinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytotaxa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 349 (3), pp.201. </w:t>
+              <w:t xml:space="preserve">PhytoKeys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 110 (110), pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11646/phytotaxa.349.3.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3897/phytokeys.110.27599⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05157442v1</w:t>
+                <w:t xml:space="preserve">hal-02057767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novitates neocaledonicae X: A very rare and threatened new microendemic species of Acropogon (Malvaceae, Sterculioideae) from New Caledonia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Two new species from the Ile des Pins (New Caledonia), and a not so new species from Grande Terre (New Caledonia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Meve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Munzinger</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Liede-Schumann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PhytoKeys</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 110 (110), pp.1-8. </w:t>
+              <w:t xml:space="preserve">Phytotaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 349 (3), pp.201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3897/phytokeys.110.27599⟩</w:t>
+                <w:t xml:space="preserve">⟨10.11646/phytotaxa.349.3.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02057767v1</w:t>
+                <w:t xml:space="preserve">hal-05157442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One new endemic plant species on average per month in New Caledonia, including eight more new species from Île Art (Belep Islands), a major micro-hotspot in need of protection</w:t>
               </w:r>
@@ -3603,77 +3603,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taxonomic novelties in Apocynaceae subfam. Asclepiadoideae from New Caledonia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Meve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigrid Liede-Schumann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adansonia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 39 (1), pp.55-70. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3701,252 +3701,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05157444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The morphophysiological dormancy in Amborella trichopoda seeds is a pleisiomorphic trait in angiosperms</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Novitates neocaledonicae VI: Acropogon mesophilus (Malvaceae, Sterculioideae), a rare and threatened new species from the mesic forest of New Caledonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Munzinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Gâteblé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aob/mcw244⟩</w:t>
+              <w:t xml:space="preserve">Phytotaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 307 (3), pp.183-190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/phytotaxa.307.3.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607792v1</w:t>
+                <w:t xml:space="preserve">hal-01608474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novitates neocaledonicae VI: Acropogon mesophilus (Malvaceae, Sterculioideae), a rare and threatened new species from the mesic forest of New Caledonia</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The morphophysiological dormancy in Amborella trichopoda seeds is a pleisiomorphic trait in angiosperms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Fogliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Villegente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Anger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytotaxa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 307 (3), pp.183-190. </w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 119 (4), pp.581-590. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11646/phytotaxa.307.3.2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcw244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608474v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seed characterization for propagation and conservation of Oxera pulchella subsp. grandiflora (Dubard) de Kok, a new caledonian ornamental endemic</w:t>
               </w:r>
@@ -3984,51 +3984,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Demaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fogliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propagation of Ornamental Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 16 (4), pp.137-145</w:t>
@@ -4685,51 +4685,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Munzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fogliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Fourdrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4797,51 +4797,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yawiya Ititiaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fogliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4867,106 +4867,256 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Serpentine Ecology (ICSE2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Kyoto (Japan), Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05508322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Villa Thuret a Maison d'Illustres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Gâteblé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Busson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Arbiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04791019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Villa Thuret une maison d'Illustres</w:t>
+                <w:t xml:space="preserve">Villa Thuret una dimora di Personaggi Illustri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
@@ -5010,81 +5160,81 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Arbiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04778727v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04786374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Villa Thuret una dimora di Personaggi Illustri</w:t>
+                <w:t xml:space="preserve">Villa Thuret une maison d'Illustres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Gâteblé</w:t>
@@ -5128,207 +5278,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Arbiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...52 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...98 lines deleted...]
-                <w:t xml:space="preserve">hal-04791019v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04778727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5649,51 +5649,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05450508v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fady" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Maria Farsakoglou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Caron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Abulaila" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Aleksic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05178582v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lannuzel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bruy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Munzinger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vandrot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas G&#226;tebl&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.710.2.1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05219672v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryusuke Ikeda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giliane Karnadi-Abdelkader" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Oun&#233;moa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihisa Suyama" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jse.70011" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05017825v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Borelle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bo&#269;a" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Orazio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-08692-x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05211008v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40725-025-00252-w" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574205v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van den Ende" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Oberl&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Am&#233;glio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Ardito" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpaf058" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04592027v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadwa Khalfallah" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mazlouzi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Bakker" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fanin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-024-01146-8" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04578956v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.649.1.1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04005821v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.578.3.2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04060800v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Meve" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Liede-Schumann" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.591.2.1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03952485v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon V&#233;ron" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bernard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Lebreton" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Rodrigues-Vaz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Durand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-023-02544-8" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183232v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pignal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15407/ukrbotj79.05.271" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686464v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Reuss" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Livshultz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.12713" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370272v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos K&#228;fer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Bewick" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Andres&#8208;robin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Lapetoule" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Harkess" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17662" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03574302v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laudereau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Laudereau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/adansonia2022v44a1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04589989v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.574.2.1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03740190v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Pouget" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hequet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shankar Meyer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.952439" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686477v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony R Bean" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Wang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.177.63116" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352275v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Swenson" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Nylinder" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/SB21006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03377396v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15553/c2021v762a8" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04089976v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5962/p.340569" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686425v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eimear Nic Lughadha" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven P Bachman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarciso C C Le&#227;o" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Forest" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Halley" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.10146" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686487v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ramon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Butaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.128.36325" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02055527v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ibanez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Birnbaum" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Isnard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-018-1659-y" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157434v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fleurot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.405.3.3" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157436v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15553/c2019v741a1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157442v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.349.3.1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057767v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.110.27599" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057727v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barrab&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Mcpherson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Snow" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/SB18016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157444v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/a2017n1a5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607792v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fogliani" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Villegente" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabre" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Klein" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Anger" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcw244" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608474v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.307.3.2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03385851v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Zongo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Sabourin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demaret" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157448v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barrabe" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Ounemoa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogier de Kok" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Robert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/boj.12344" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157452v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/a2012n2a11" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157453v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2984/66.4.1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157455v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lemay" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mccoy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11056-008-9103-x" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157314v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryoya Kawai" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun K Hirota" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508323v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fourdrain" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508322v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawiya Ititiaty" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mccoy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Manaute" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04778727v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Th&#233;venet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Coulon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Busson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Arbiol" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04786374v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04791019v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03481687v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Caz&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Garnier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-821139-7.00171-9" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05450508v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fady" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Maria Farsakoglou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Caron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Abulaila" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Aleksic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05178582v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lannuzel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bruy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Munzinger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vandrot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas G&#226;tebl&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.710.2.1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05219672v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryusuke Ikeda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giliane Karnadi-Abdelkader" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Oun&#233;moa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihisa Suyama" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jse.70011" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05017825v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Borelle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bo&#269;a" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Orazio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-08692-x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05211008v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40725-025-00252-w" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04578956v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.649.1.1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574205v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van den Ende" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Oberl&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Am&#233;glio" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Ardito" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpaf058" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04592027v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadwa Khalfallah" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mazlouzi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Bakker" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fanin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00572-024-01146-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04060800v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Meve" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Liede-Schumann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.591.2.1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04005821v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.578.3.2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03952485v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon V&#233;ron" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bernard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Lebreton" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Rodrigues-Vaz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Durand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-023-02544-8" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03574302v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pignal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laudereau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Laudereau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/adansonia2022v44a1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183232v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15407/ukrbotj79.05.271" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686464v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Reuss" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Livshultz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.12713" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370272v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos K&#228;fer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Bewick" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Andres&#8208;robin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Lapetoule" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Harkess" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17662" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04589989v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.574.2.1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03740190v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Pouget" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hequet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shankar Meyer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.952439" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686477v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony R Bean" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Wang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.177.63116" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352275v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Swenson" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Nylinder" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/SB21006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03377396v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15553/c2021v762a8" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686425v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eimear Nic Lughadha" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven P Bachman" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarciso C C Le&#227;o" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Forest" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Halley" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppp3.10146" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04089976v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5962/p.340569" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686487v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ramon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Butaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.128.36325" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02055527v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ibanez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Birnbaum" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Isnard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-018-1659-y" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157436v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15553/c2019v741a1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157434v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fleurot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.405.3.3" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057767v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.110.27599" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157442v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.349.3.1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057727v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barrab&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Mcpherson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Snow" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/SB18016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157444v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/a2017n1a5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608474v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.307.3.2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607792v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fogliani" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Villegente" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Klein" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Anger" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcw244" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03385851v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Zongo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Sabourin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demaret" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157448v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barrabe" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Ounemoa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogier de Kok" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Robert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/boj.12344" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157452v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/a2012n2a11" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157453v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2984/66.4.1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157455v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lemay" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mccoy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11056-008-9103-x" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157314v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryoya Kawai" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun K Hirota" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508323v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fourdrain" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508322v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawiya Ititiaty" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mccoy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Manaute" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04791019v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Th&#233;venet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Coulon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Busson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Arbiol" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04786374v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04778727v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03481687v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Caz&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Garnier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-821139-7.00171-9" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>