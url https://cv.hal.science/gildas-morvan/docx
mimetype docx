--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1245,1396 +1245,1409 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03331915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SPSC: an efficient, general-purpose execution policy for stochastic simulations</w:t>
+                <w:t xml:space="preserve">SelF-Rocket : une méthode de classification de séries temporelles à noyaux de convolution aléatoires avec sélection des représentations d'entrée et de l'opérateur d'agrégation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu-Lin Huang</w:t>
+                <w:t xml:space="preserve">Mouhamadou Mansour Lo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Pichon</w:t>
+                <w:t xml:space="preserve">Mathieu Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morganti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Winter Simulation Conference 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Phoenix, AZ, United States</w:t>
+              <w:t xml:space="preserve">Conférence sur l'Apprentissage automatique (CAp 2025), PFIA 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03353640v1</w:t>
+                <w:t xml:space="preserve">hal-05547097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SPSC: A New Execution Policy for Exploring Discrete-Time Stochastic Simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">SPSC: an efficient, general-purpose execution policy for stochastic simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu-Lin Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Conference on Principles and Practice of Multi-Agent Systems (PRIMA 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Turin, Italy. pp.568-575</w:t>
+              <w:t xml:space="preserve">Winter Simulation Conference 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Phoenix, AZ, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03217343v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03353640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection d'événements rares dans les simulations multi-agents</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">SPSC: A New Execution Policy for Exploring Discrete-Time Stochastic Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu-Lin Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26èmes Journées Francophones sur les Systèmes Multi-Agents (JFSMA2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Métabief, France</w:t>
+              <w:t xml:space="preserve">22nd International Conference on Principles and Practice of Multi-Agent Systems (PRIMA 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Turin, Italy. pp.568-575</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01910575v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulations multi-agents multi-niveaux : quatre patterns de conception</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Mathieu</w:t>
+                <w:t xml:space="preserve">Détection d'événements rares dans les simulations multi-agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Lin Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Picault</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24e Journées Francophones sur les Systèmes Multi-Agents (JFSMA'16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Rouen, France. pp.117-126</w:t>
+              <w:t xml:space="preserve">26èmes Journées Francophones sur les Systèmes Multi-Agents (JFSMA2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Métabief, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01378573v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01910575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A First Step Towards Dynamic Hybrid Traffic Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Najia Bouha</w:t>
+                <w:t xml:space="preserve">Simulations multi-agents multi-niveaux : quatre patterns de conception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yoann Kubera</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Picault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th European Conf. on modelling and simulation (ECMS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">24e Journées Francophones sur les Systèmes Multi-Agents (JFSMA'16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Rouen, France. pp.117-126</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7148/2015-0064⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03331923v1</w:t>
+                <w:t xml:space="preserve">hal-01378573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multilevel Agent-Based Approach to model and simulate Systems of Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Soyez</w:t>
+                <w:t xml:space="preserve">A First Step Towards Dynamic Hybrid Traffic Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najia Bouha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Daniel Dupont</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassane Abouaïssa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Kubera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">InTraDE project final workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">29th European Conf. on modelling and simulation (ECMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Albena, Bulgaria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7148/2015-0064⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01178341v1</w:t>
+                <w:t xml:space="preserve">hal-03331923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Super-twisting sliding mode controller for freeway ramp metering</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Daniel Jolly</w:t>
+                <w:t xml:space="preserve">A Multilevel Agent-Based Approach to model and simulate Systems of Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Soyez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rochdi Merzouki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Dupont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOSIM 2014, 10ème Conférence Francophone de Modélisation, Optimisation et Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Nancy, France</w:t>
+              <w:t xml:space="preserve">InTraDE project final workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01166667v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01178341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time dynamic traffic routing using variable structure control</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Super-twisting sliding mode controller for freeway ramp metering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hirsh Majid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hirsh Majid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hassane Abouaissa</w:t>
+                <w:t xml:space="preserve">Hassane Abouaïssa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 16th International IEEE Conference on Intelligent Transportation Systems - (ITSC 2013)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MOSIM 2014, 10ème Conférence Francophone de Modélisation, Optimisation et Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ITSC.2013.6728407⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03353679v1</w:t>
+                <w:t xml:space="preserve">hal-01166667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A reduced order observer for Switching-Mode Model state estimation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">State reconstructor for real-time freeway ramp metering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hirsh Majid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassane Abouaïssa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2013 IEEE 10th International Conference on Networking, Sensing and Control (ICNSC 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Evry, France. pp.306-311, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICNSC.2013.6548755⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CoDIT.2013.6689513⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03353669v1</w:t>
+                <w:t xml:space="preserve">hal-03353671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State reconstructor for real-time freeway ramp metering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A reduced order observer for Switching-Mode Model state estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hirsh Majid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassane Abouaïssa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 IEEE 10th International Conference on Networking, Sensing and Control (ICNSC 2013)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2013 International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Hammamet, Tunisia. pp.021-026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CoDIT.2013.6689513⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICNSC.2013.6548755⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03353671v1</w:t>
+                <w:t xml:space="preserve">hal-03353669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced control for real-time dynamic traffic routing problem</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Real-time dynamic traffic routing using variable structure control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hirsh Majid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassane Abouaissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Jolly</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hassane Abouaïssa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IESM 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2013 16th International IEEE Conference on Intelligent Transportation Systems - (ITSC 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, La Haye, Netherlands. pp.1278-1283, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ITSC.2013.6728407⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03353685v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03353679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology to Engineer and Validate Dynamic Multi-level Multi-agent Based Simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Baptiste Soyez</w:t>
+                <w:t xml:space="preserve">Advanced control for real-time dynamic traffic routing problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hirsh Majid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassane Abouaïssa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rochdi Merzouki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Workshop on Multi-Agent Based Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Spain. pp.6</w:t>
+              <w:t xml:space="preserve">IESM 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Agdal, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00758732v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03353685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of large-scale multi-agent based simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2653,1327 +2666,1435 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Dupont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MABS 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Taipei, Taiwan. pp.103-112, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-28400-7_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00904998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-agent Multi-level Modeling - A methodology to Simulate Complex Systems</w:t>
+                <w:t xml:space="preserve">Methodology to Engineer and Validate Dynamic Multi-level Multi-agent Based Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baptiste Soyez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochdi Merzouki</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Kubiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. of the 23rd European Modeling &amp; Simulation Symposium (EMSS 2011) in Modelling Multiconference (I3M)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Italy. pp.6</w:t>
+              <w:t xml:space="preserve">13th International Workshop on Multi-Agent Based Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Spain. pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00758730v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00758732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IRM4MLS: the influence reaction model for multi-level simulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-agent Multi-level Modeling - A methodology to Simulate Complex Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Baptiste Soyez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rochdi Merzouki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Kubiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MABS 2010</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proc. of the 23rd European Modeling &amp; Simulation Symposium (EMSS 2011) in Modelling Multiconference (I3M)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Italy. pp.6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00905006v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00758730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the belief function theory to validate multi-agent based simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">IRM4MLS: the influence reaction model for multi-level simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Veremme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Daniel Jolly</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Dupont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">First int. workshop on the theory of belief functions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MABS 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Toronto, Canada. pp.16-27, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-18345-4_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03356620v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00905006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies d'observation dans les simulations orientées agent</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Application of the belief function theory to validate multi-agent based simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Veremme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Jolly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17èmes Journées Francophones sur les Systèmes Multi-Agents (JFSMA'09)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Lyon, France. pp.233-236</w:t>
+              <w:t xml:space="preserve">First int. workshop on the theory of belief functions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00693634v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03356620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une méthode de modélisation multi-niveaux</w:t>
+                <w:t xml:space="preserve">Stratégies d'observation dans les simulations orientées agent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Veremme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Jolly</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Damien Charabidze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOSIM 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">17èmes Journées Francophones sur les Systèmes Multi-Agents (JFSMA'09)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Lyon, France. pp.233-236</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03353988v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00693634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simulation-based model of abduction</w:t>
+                <w:t xml:space="preserve">Thermoregulation in P. Terraenovae aggregations, an agent-based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Kubiak</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Charabidze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESM'2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Le Havre, France, France. pp.183-187</w:t>
+              <w:t xml:space="preserve">ESM 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00391978v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00391961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermoregulation in P. Terraenovae aggregations, an agent-based approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation de la température d’un corps par automates cellulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Veremme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Charabidze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESM 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Le Havre, France</w:t>
+              <w:t xml:space="preserve">MOSIM 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00391961v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03356579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de la température d’un corps par automates cellulaires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Veremme</w:t>
+                <w:t xml:space="preserve">A simulation-based model of abduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Damien Charabidze</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Kubiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOSIM 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">ESM'2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Le Havre, France, France. pp.183-187</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03356579v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00391978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de la température d’un corps par automates cellulaires</w:t>
+                <w:t xml:space="preserve">Application du Modèle des Croyances Transférables dans le cadre d'expertises en Entomologie Médico-Légale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Kubiak</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Veremme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MOSIM 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">5ème Atelier "Fouille de données complexes dans un processus d’extraction des connaissances", EGC 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Sophia Antipolis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00693701v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03356549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application du Modèle des Croyances Transférables dans le cadre d'expertises en Entomologie Médico-Légale</w:t>
+                <w:t xml:space="preserve">Modélisation de la température d’un corps par automates cellulaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Veremme</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Lefevre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Mercier</w:t>
+                <w:t xml:space="preserve">Philippe Kubiak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème Atelier "Fouille de données complexes dans un processus d’extraction des connaissances", EGC 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, Sophia Antipolis, France</w:t>
+              <w:t xml:space="preserve">MOSIM 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03356549v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00693701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une méthode de modélisation multi-niveaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Veremme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Charabidze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MOSIM 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03353988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time series classification with random convolution kernels: pooling operators and input representations matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamadou Mansour Lo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Morganti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05162026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On time and consistency in multi-level agent-based simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3982,73 +4103,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Jolly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00685748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On time and consistency in multi-level agent-based simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4057,113 +4178,113 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Kubera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03331937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-level agent-based modeling - A literature survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03331933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4173,65 +4294,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation hybride dynamique de flux de trafic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassane Abouaïssa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Kubera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4243,51 +4364,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] LGI2A, Université d'Artois. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00939129v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4297,114 +4418,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche multi-agents d'un système d'aide à la décision en environnement dynamique et incertain. Application à l'entomologie médico-légale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Morvan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Modélisation et simulation. Université d'Artois, 2009. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00699545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId90"/>
+      <w:footerReference w:type="default" r:id="rId91"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4472,51 +4593,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D427F82D"/>
+    <w:nsid w:val="FBF2D761"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4703,51 +4824,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gildas-morvan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5834-5325" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/148052932" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/morvan_g_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355052v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Morvan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Kubera" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355058v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691388v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mathieu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picault" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2017.12.015" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447697v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Soyez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochdi Merzouki" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dupont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSYST.2015.2429679" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331898v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Veremme" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lefevre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jolly" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2011.08.075" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758162v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Soyez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331906v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Charabidze" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Hedouin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gosset" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medleg.2010.07.002" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-00391949v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331915v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gild&#261;s Morvan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bourel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00379271.2008.10697575" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353640v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Lin Huang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pichon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mercier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217343v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910575v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01378573v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331923v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najia Bouha" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Aboua&#239;ssa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7148/2015-0064" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178341v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166667v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirsh Majid" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353679v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Abouaissa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2013.6728407" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353669v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2013.6689513" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353671v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNSC.2013.6548755" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353685v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758732v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904998v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28400-7_8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758730v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kubiak" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905006v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-18345-4_2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356620v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lefevre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693634v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353988v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-00391978v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-00391961v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356579v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693701v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356549v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162026v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Mansour Lo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rossi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morganti" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685748v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331937v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331933v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939129v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00699545v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gildas-morvan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5834-5325" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/148052932" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/morvan_g_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355052v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Morvan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Kubera" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355058v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691388v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mathieu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picault" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2017.12.015" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447697v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Soyez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochdi Merzouki" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dupont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSYST.2015.2429679" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331898v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Veremme" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lefevre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jolly" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2011.08.075" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758162v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Soyez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331906v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Charabidze" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Hedouin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gosset" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medleg.2010.07.002" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-00391949v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331915v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gild&#261;s Morvan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bourel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00379271.2008.10697575" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547097v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Mansour Lo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rossi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morganti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mercier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353640v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Lin Huang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pichon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217343v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910575v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01378573v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331923v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najia Bouha" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Aboua&#239;ssa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7148/2015-0064" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178341v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166667v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirsh Majid" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353671v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNSC.2013.6548755" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353669v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2013.6689513" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353679v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Abouaissa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2013.6728407" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353685v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904998v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28400-7_8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758732v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758730v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kubiak" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905006v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-18345-4_2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356620v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lefevre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693634v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-00391961v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356579v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-00391978v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356549v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693701v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353988v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162026v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685748v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331937v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331933v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939129v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00699545v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>