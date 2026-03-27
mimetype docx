--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -162,51 +162,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (54)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (55)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -330,1017 +330,1017 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05529308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The potential applicability of Himanthalia elongata fermentation for the production of nutraceuticals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Growth of the seaweed Eucheuma denticulatum (N.L. Burman) Collins &amp; Hervey in response to local seasonal and abiotic factors variations in Madagascar in the context of climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elando Fréda Zamanileha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlie Castetbon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chirelle Jabbour</w:t>
+                <w:t xml:space="preserve">Pierre Ravelonandro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andriantsilavo Rabary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2026.1741035⟩</w:t>
+              <w:t xml:space="preserve">Regional Studies in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 96, pp.104874. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rsma.2026.104874⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05482079v1</w:t>
+                <w:t xml:space="preserve">hal-05544500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biochemical Composition and Seasonal Variations of the Madagascar Algae Eucheuma denticulatum (Solieriaceae, Rhodophyta)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elando Fréda Zamanileha</w:t>
+                <w:t xml:space="preserve">The potential applicability of Himanthalia elongata fermentation for the production of nutraceuticals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlie Castetbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chirelle Jabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sterenn Le Penven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md23010030⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, The Role of Seaweeds in Sustainable Marine Practices and the Blue Economy, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2026.1741035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05055821v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05482079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound Depolymerization and Characterization of Poly- and Oligosaccharides from the Red Alga Solieria chordalis (C. Agardh) J. Agardh 1842</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Lesgourgues</w:t>
+                <w:t xml:space="preserve">Biochemical Composition and Seasonal Variations of the Madagascar Algae Eucheuma denticulatum (Solieriaceae, Rhodophyta)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elando Fréda Zamanileha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Douzenel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Leschiera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 22 (8), pp.367. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md22080367⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 23 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md23010030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04731824v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Composition and Carbohydrate Characterization of Beach-Cast Marine Macrophytes from the Mexican Caribbean: Implications for Potential Bioethanol Production</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hugo Pliego-Cortés</w:t>
+                <w:t xml:space="preserve">Ultrasound Depolymerization and Characterization of Poly- and Oligosaccharides from the Red Alga Solieria chordalis (C. Agardh) J. Agardh 1842</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lesgourgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Terme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Douzenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Leschiera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12649-024-02694-y⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (8), pp.367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md22080367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04711919v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04731824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Use of FTIR Spectroscopy as a Tool for the Seasonal Variation Analysis and for the Quality Control of Polysaccharides from Seaweeds</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Hervé Ravelonandro</w:t>
+                <w:t xml:space="preserve">Chemical Composition and Carbohydrate Characterization of Beach-Cast Marine Macrophytes from the Mexican Caribbean: Implications for Potential Bioethanol Production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freile-Pelegrín Yolanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robledo Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chávez-Quintal Cresencia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Vázquez-Delfín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Pliego-Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md21090482⟩</w:t>
+              <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12649-024-02694-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04298022v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04711919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concise review of the genus Solieria J. Agardh, 1842</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Use of FTIR Spectroscopy as a Tool for the Seasonal Variation Analysis and for the Quality Control of Polysaccharides from Seaweeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vandanjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Romain Boulho</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elando Fréda Zamanileha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Douzenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hervé Ravelonandro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10811-023-02934-z⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21 (9), pp.482. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md21090482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04088459v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04298022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical characterization of the introduced red alga Polyopes lancifolius (Halymeniales, Rhodophyta) from the Gulf of Morbihan, France</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Concise review of the genus Solieria J. Agardh, 1842</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolanda Freile-Pelegrín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Pliego-Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Cérantola</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Boulho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phycologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00318884.2022.2117942⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10811-023-02934-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04333395v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04088459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sulfated Polysaccharides from Seaweed Strandings as Renewable Source for Potential Antivirals against Herpes simplex Virus 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Pliego-Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1349,6009 +1349,6143 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cérantola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 20 (2), pp.116. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/md20020116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04104368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the quorum sensing signal of the opportunistic pathogen inducing bleaching disease in the red macroalga Halymenia floresii holobiont</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+                <w:t xml:space="preserve">Chemical characterization of the introduced red alga Polyopes lancifolius (Halymeniales, Rhodophyta) from the Gulf of Morbihan, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Pliego-Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Le Men</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cérantola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/26388081.2022.2086483⟩</w:t>
+              <w:t xml:space="preserve">Phycologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61 (6), pp.616-627. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00318884.2022.2117942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04104370v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04333395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-Herpes simplex virus (HSV-1) activity and antioxidant capacity of carrageenan-rich enzymatic extracts from Solieria filiformis (Gigartinales, Rhodophyta)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Identification of the quorum sensing signal of the opportunistic pathogen inducing bleaching disease in the red macroalga Halymenia floresii holobiont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shareen a Abdul Malik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahasweta Saha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Madera-Santana Tomás</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2020.12.064⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3 (1), pp.109-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/26388081.2022.2086483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04104378v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04104370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poly- and Oligosaccharide Ulva sp. Fractions from Enzyme-Assisted Extraction Modulate the Metabolism of Extracellular Matrix in Human Skin Fibroblasts: Potential in Anti-Aging Dermo-Cosmetic Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Fournière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lebonvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Leschiera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudie Le Goff-Pain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 19 (3), pp.156. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/md19030156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03639068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Ulva sp. Extracts on the Growth, Biofilm Production, and Virulence of Skin Bacteria Microbiota: Staphylococcus aureus, Staphylococcus epidermidis, and Cutibacterium acnes Strains</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Anti-Herpes simplex virus (HSV-1) activity and antioxidant capacity of carrageenan-rich enzymatic extracts from Solieria filiformis (Gigartinales, Rhodophyta)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peñuela Ana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marc G.J. Feuilloley</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robledo Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madera-Santana Tomás</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules26164763⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 168, pp.322-330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2020.12.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03524479v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04104378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cinnamomum cassia and Syzygium aromaticum Essential Oils Reduce the Colonization of Salmonella Typhimurium in an In Vivo Infection Model Using Caenorhabditis elegans</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Effects of Ulva sp. Extracts on the Growth, Biofilm Production, and Virulence of Skin Bacteria Microbiota: Staphylococcus aureus, Staphylococcus epidermidis, and Cutibacterium acnes Strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Fournière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djouhar Souak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc G.J. Feuilloley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 26 (18), pp.5598. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules26185598⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 26, pp.4763. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules26164763⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03477131v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03524479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Analysis of the Nutritional and Health Values of Caulerpa racemosa (Forsskål) and Ulva fasciata (Delile)—Two Chlorophyta Collected from the Philippines</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Cinnamomum cassia and Syzygium aromaticum Essential Oils Reduce the Colonization of Salmonella Typhimurium in an In Vivo Infection Model Using Caenorhabditis elegans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Montjarret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Duteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 25 (12), pp.2901. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules25122901⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 26 (18), pp.5598. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules26185598⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02888518v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03477131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indonesian Sargassum species bioprospecting: Potential applications of bioactive compounds and challenge for sustainable development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Puspita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maya Puspita</w:t>
+                <w:t xml:space="preserve">Nur Azmi Ratna Setyawidati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nur Azmi Ratna Setyawidati</w:t>
+                <w:t xml:space="preserve">Ita Widowati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ita Widowati</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ocky Karna Radjasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Botanical Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Advances in Botanical Research, 95, pp.327-368. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/bs.abr.2019.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04731977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defence on surface: macroalgae and their surface-associated microbiome</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Daniel Robledo</w:t>
+                <w:t xml:space="preserve">An Analysis of the Nutritional and Health Values of Caulerpa racemosa (Forsskål) and Ulva fasciata (Delile)—Two Chlorophyta Collected from the Philippines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rexie Magdugo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Terme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Pliego-Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Botanical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/bs.abr.2019.11.009⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 25 (12), pp.2901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules25122901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732037v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02888518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Staphylococcus epidermidis and Cutibacterium acnes: Two major sentinels of skin microbiota and the influence of cosmetics</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Defence on surface: macroalgae and their surface-associated microbiome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shareen a Abdul Malik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Q Garcia Maldonado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolanda Freile-Pelegrín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Robledo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms8111752⟩</w:t>
+              <w:t xml:space="preserve">Advances in Botanical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 95, pp.327-368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/bs.abr.2019.11.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03524516v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening of Surface-associated Bacteria from the Mexican Red Alga Halymenia floresii for Quorum Sensing Activity</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Staphylococcus epidermidis and Cutibacterium acnes: Two major sentinels of skin microbiota and the influence of cosmetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Fournière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djouhar Souak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Feuilloley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology / Mikrobiologiya</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1134/S0026261720060132⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Research Advance in Skin Microbiome, 8 (11), pp.1752. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms8111752⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04731948v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03524516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical defense against microfouling by allelopathic active metabolites of Halymenia floresii (Rhodophyta)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Screening of Surface-associated Bacteria from the Mexican Red Alga Halymenia floresii for Quorum Sensing Activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S A Abdul Malik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bazire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gamboa-Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yolanda Freile-Pelegrín</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Robledo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10811-020-02094-4⟩</w:t>
+              <w:t xml:space="preserve">Microbiology / Mikrobiologiya</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 89 (6), pp.778-788. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1134/S0026261720060132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02888511v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04731948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioactivity of compounds secreted by symbiont bacteria of Nudibranchs from Indonesia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Chemical defense against microfouling by allelopathic active metabolites of Halymenia floresii (Rhodophyta)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shareen a Abdul Malik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laure Taupin</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Robledo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José García-Maldonado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolanda Freile-Pelegrín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PeerJ</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7717/peerj.8093⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10811-020-02094-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02888513v2</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02888511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial isolates from bryozoan Pleurocodonellina sp.: Diversity and antimicrobial potential against pathogenic bacteria</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Bioactivity of compounds secreted by symbiont bacteria of Nudibranchs from Indonesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhesi Kristiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Agus Sabdono</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Pals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Wayan Mudianta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of eLiteracy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13057/biodiv/d200914⟩</w:t>
+              <w:t xml:space="preserve">PeerJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.e8093. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7717/peerj.8093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732171v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02888513v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stress tolerance and photoadaptation to solar radiation in Rhodymenia pseudopalmata (Rhodophyta) through mycosporine-like amino acids, phenolic compounds, and pigments in an Integrated Multi-Trophic Aquaculture system</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yolanda Freile-Pelegrín</w:t>
+                <w:t xml:space="preserve">Evaluation of immunomodulatory activities of essential oils by high content analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Ferron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Bursztyka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Montjarret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Duteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.algal.2019.101542⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 303, pp.65-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiotec.2019.07.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02384697v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02270586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some Cheilostomata (Bryozoa) from the Java Sea, central Indonesian Archipelago, with a description of Pleurocodonellina jeparaensis n. sp. (Smittinidae)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bacterial isolates from bryozoan Pleurocodonellina sp.: Diversity and antimicrobial potential against pathogenic bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meezan Ardhanu Asagabaldan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhesi Kristiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diah Ayuningrum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.A. Asagabaldan</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">D. Ayuningrum</w:t>
+                <w:t xml:space="preserve">Agus Sabdono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.4668.3.2⟩</w:t>
+              <w:t xml:space="preserve">Journal of eLiteracy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13057/biodiv/d200914⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02384822v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of Active Poly- and Oligosaccharidic Fractions from Ulva sp. by Combining Enzyme-Assisted Extraction (EAE) and Depolymerization</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+                <w:t xml:space="preserve">Stress tolerance and photoadaptation to solar radiation in Rhodymenia pseudopalmata (Rhodophyta) through mycosporine-like amino acids, phenolic compounds, and pigments in an Integrated Multi-Trophic Aquaculture system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Pliego-Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Boulho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolanda Freile-Pelegrín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/metabo9090182⟩</w:t>
+              <w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 41, pp.101542. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.algal.2019.101542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02385179v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02384697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of immunomodulatory activities of essential oils by high content analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Lang</w:t>
+                <w:t xml:space="preserve">Some Cheilostomata (Bryozoa) from the Java Sea, central Indonesian Archipelago, with a description of Pleurocodonellina jeparaensis n. sp. (Smittinidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Asagabaldan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Jean Ferron</w:t>
+                <w:t xml:space="preserve">R. Kristiana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julian Bursztyka</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Duteil</w:t>
+                <w:t xml:space="preserve">D. Ayuningrum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 303, pp.65-71. </w:t>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4668 (3), pp.329-342. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jbiotec.2019.07.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.4668.3.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02270586v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02384822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photo-protective compounds in red macroalgae from Brittany: Considerable diversity in mycosporine-like amino acids (MAAs)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valérie Stiger-Pouvreau</w:t>
+                <w:t xml:space="preserve">Production of Active Poly- and Oligosaccharidic Fractions from Ulva sp. by Combining Enzyme-Assisted Extraction (EAE) and Depolymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Fournière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Terme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Environmental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2019.04.001⟩</w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (9), pp.182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo9090182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02384755v1</w:t>
+                <w:t xml:space="preserve">hal-02385179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radical scavenging activity of lipids from seaweeds isolated by solid-liquid extraction and supercritical fluids</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Photo-protective compounds in red macroalgae from Brittany: Considerable diversity in mycosporine-like amino acids (MAAs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lalegerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sirine Lajili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Stiger-Pouvreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oléagineux, Corps Gras, Lipides</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/ocl/2018054⟩</w:t>
+              <w:t xml:space="preserve">Marine Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 147, pp.37-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2019.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02093101v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02384755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antiviral effect of polyphenol rich plant extracts on herpes simplex virus type 1</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Environmentally Friendly Valorization of Solieria filiformis (Gigartinales, Rhodophyta) from IMTA Using a Biorefinery Concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Peñuela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Robledo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sayed El-Toumy</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+                <w:t xml:space="preserve">Emanuel Hernández-Núñez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Science and Human Wellness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fshw.2018.01.001⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 16 (12), pp.487. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md16120487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02115093v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02115234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmentally Friendly Valorization of Solieria filiformis (Gigartinales, Rhodophyta) from IMTA Using a Biorefinery Concept</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antiviral effect of polyphenol rich plant extracts on herpes simplex virus type 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sayed El-Toumy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josline Salib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Peñuela</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Walaa El-Kashak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emanuel Hernández-Núñez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md16120487⟩</w:t>
+              <w:t xml:space="preserve">Food Science and Human Wellness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7 (1), pp.91-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fshw.2018.01.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02115234v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02115093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Total phenolic content and biological activities of enzymatic extracts from Sargassum muticum (Yendo) Fensholt</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radical scavenging activity of lipids from seaweeds isolated by solid-liquid extraction and supercritical fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Terme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Boulho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Kucma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10811-017-1086-6⟩</w:t>
+              <w:t xml:space="preserve">Oléagineux, Corps Gras, Lipides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (5), pp.D505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ocl/2018054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02115032v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02093101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different extraction procedures and analysis of protein from Ulva sp. in Brittany, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antioxidant and antibacterial activity of solid-liquid and enzyme-assisted extraction of phenolic compound from three species of tropical Sargassum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Puspita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isuru Wijesekara</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christel Marty</w:t>
+                <w:t xml:space="preserve">M. Déniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marin-Pierre Gemin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Boulho</w:t>
+                <w:t xml:space="preserve">I. Widowati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Radjasa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Douzenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10811-017-1239-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 55, pp.012057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1755-1315/55/1/012057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01697735v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02115049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractionation of UV-B absorbing molecules and of free radical scavenging compounds from Solieria chordalis by using centrifugal partition chromatography</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Seasonal Variation of Sargassum Muticum Biochemical Composition Determined by Fourier Transform Infra-Red Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Le Quémener</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">N. Bourgougnon</w:t>
+                <w:t xml:space="preserve">Maureen Déniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Puspita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Douzenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Stiger-Pouvreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytochemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.phytol.2017.03.010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Analytical, Bioanalytical and Separation Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, JABST, 2 (1), pp.75-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15436/2476-1869.17.1555⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01697672v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01614736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antiherpetic (HSV-1) activity of carrageenans from the red seaweed Solieria chordalis (Rhodophyta, Gigartinales) extracted by microwave-assisted extraction (MAE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Boulho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Boulho</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Yolanda Freile-Pelegrín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Robledo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 29 (5), pp.2219 - 2228. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10811-017-1192-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01697681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal Variation of Sargassum Muticum Biochemical Composition Determined by Fourier Transform Infra-Red Spectroscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
+                <w:t xml:space="preserve">Total phenolic content and biological activities of enzymatic extracts from Sargassum muticum (Yendo) Fensholt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Puspita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maureen Déniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ita Widowati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ocky Karna Radjasa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Douzenel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical, Bioanalytical and Separation Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15436/2476-1869.17.1555⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (5), pp.2521-2537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10811-017-1086-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01614736v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02115032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antioxidant and antibacterial activity of solid-liquid and enzyme-assisted extraction of phenolic compound from three species of tropical Sargassum</w:t>
+                <w:t xml:space="preserve">Different extraction procedures and analysis of protein from Ulva sp. in Brittany, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Puspita</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">P. Douzenel</w:t>
+                <w:t xml:space="preserve">Isuru Wijesekara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin-Pierre Gemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Boulho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1755-1315/55/1/012057⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (5), pp.2503 - 2511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10811-017-1239-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02115049v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01697735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective extraction of lipid classes from Solieria chordalis and Sargassum muticum using supercritical carbon dioxide and conventional solid–liquid methods</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gaëtane Wielgosz-Collin</w:t>
+                <w:t xml:space="preserve">Fractionation of UV-B absorbing molecules and of free radical scavenging compounds from Solieria chordalis by using centrifugal partition chromatography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Boulho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Le Quémener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Audo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10811-017-1084-8⟩</w:t>
+              <w:t xml:space="preserve">Phytochemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 20, pp.410 - 414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phytol.2017.03.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01697661v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01697672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antiviral and Cytotoxic Activities of Polysaccharides Extracted from Four Tropical Seaweed Species</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Selective extraction of lipid classes from Solieria chordalis and Sargassum muticum using supercritical carbon dioxide and conventional solid–liquid methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Terme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Boulho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melha Kendel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Kucma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtane Wielgosz-Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Product Communications </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (5), pp.2513 - 2519. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10811-017-1084-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02114972v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01697661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response Surface Methodology for Enzyme-Assisted Extraction of Water-Soluble Antiviral Compounds from the Proliferative Macroalga Solieria chordalis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enzyme-assisted extraction (EAE) for the production of antiviral and antioxidant extracts from the green seaweed Ulva armoricana (Ulvales, Ulvophyceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Donnay-Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pascal Bergé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enzyme Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (233-239), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.algal.2016.03.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4172/2329-6674.1000148⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01370461v1</w:t>
+                <w:t xml:space="preserve">hal-01370471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzyme-assisted extraction (EAE) for the production of antiviral and antioxidant extracts from the green seaweed Ulva armoricana (Ulvales, Ulvophyceae)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Response Surface Methodology for Enzyme-Assisted Extraction of Water-Soluble Antiviral Compounds from the Proliferative Macroalga Solieria chordalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Enzyme Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5 (2), pp.1000148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4172/2329-6674.1000148⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.algal.2016.03.013⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01370471v1</w:t>
+                <w:t xml:space="preserve">hal-01370461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparative separation of marine bioactive compounds by centrifugal partition chromatography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Boulho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Le Quemener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">As Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Audo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Planta Medica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 81 (S 01), pp.S1 - S381. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1055/s-0036-1596623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01700094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Essential Oil Blend Prevents Pseudomonas aeruginosa PA01 from Forming Biofilms</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antiviral and Cytotoxic Activities of Polysaccharides Extracted from Four Tropical Seaweed Species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology &amp; Parasitology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Natural Product Communications </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01370450v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02114972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro antiviral activities of enzymatic hydrolysates extracted frombyproducts of the Atlantic holothurian Cucumaria frondosa</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">An Essential Oil Blend Prevents Pseudomonas aeruginosa PA01 from Forming Biofilms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Boulho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Duteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bazire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Process Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procbio.2015.02.012⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology &amp; Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (2), pp.1000268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4172/2155-9597.1000268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01370479v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01370450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzyme-assisted extraction of bioactive material from Chondrus crispus and Codium fragile and its effect on herpes simplex virus (HSV-1)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In vitro antiviral activities of enzymatic hydrolysates extracted frombyproducts of the Atlantic holothurian Cucumaria frondosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Tripoteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md13010558⟩</w:t>
+              <w:t xml:space="preserve">Process Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 50 (867), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procbio.2015.02.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01370277v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01370479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid Composition, Fatty Acids and Sterols in the Seaweeds Ulva armoricana, and Solieria chordalis from Brittany (France): An Analysis from Nutritional, Chemotaxonomic, and Antiproliferative Activity Perspectives</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+                <w:t xml:space="preserve">Enzyme-assisted extraction of bioactive material from Chondrus crispus and Codium fragile and its effect on herpes simplex virus (HSV-1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garima Kulshreshtha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan T. Critchley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeff Hafting</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 13 (9), pp.5606-5628. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md13095606⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 13 (1), pp.558-580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md13010558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01370285v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01370277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipopolysaccharides from Commensal and Opportunistic Bacteria: Characterization and Response of the Immune System of the Host Sponge Suberites domuncula</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florie Desriac</w:t>
+                <w:t xml:space="preserve">Lipid Composition, Fatty Acids and Sterols in the Seaweeds Ulva armoricana, and Solieria chordalis from Brittany (France): An Analysis from Nutritional, Chemotaxonomic, and Antiproliferative Activity Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melha Kendel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtane Wielgosz-Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christos Roussakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 13 (12), pp.4985 - 5006. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md13084985⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 13 (9), pp.5606-5628. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md13095606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01700097v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01370285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioactive components from seaweeds: Cosmetic applications and future development</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Lipopolysaccharides from Commensal and Opportunistic Bacteria: Characterization and Response of the Immune System of the Host Sponge Suberites domuncula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Gardères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasiliki Koutsouveli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sterenn Crequer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florie Desriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Botanical Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 71, pp.345-378. </w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 13 (12), pp.4985 - 5006. </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/B978-0-12-408062-1.00012-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md13084985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01023232v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01700097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biochemical and antiviral activities of enzymatic hydrolysates from different invasive French seaweeds</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Bioactive components from seaweeds: Cosmetic applications and future development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10811-013-0201-6⟩</w:t>
+              <w:t xml:space="preserve">Advances in Botanical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 71, pp.345-378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-12-408062-1.00012-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00944709v1</w:t>
+                <w:t xml:space="preserve">hal-01023232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical characterization and photoprotective activity measurement of extracts from the red macroalga Solieria chordalis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Vandanjon</w:t>
+                <w:t xml:space="preserve">Biochemical and antiviral activities of enzymatic hydrolysates from different invasive French seaweeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Umami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaelle Tanniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Stiger-Pouvreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botanica Marina</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 57 (4), pp.291-301. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (2), pp.1029-1042. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/bot-2013-0118⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10811-013-0201-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01078844v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00944709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytotoxic effects of in vitro exposure to triclosan on the marine gastropod Haliotis tuberculata</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Chemical characterization and photoprotective activity measurement of extracts from the red macroalga Solieria chordalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vandanjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytotechnology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Botanica Marina</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 57 (4), pp.291-301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/bot-2013-0118⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00934890v1</w:t>
+                <w:t xml:space="preserve">hal-01078844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro effects of triclosan and methyl-triclosan on the marine gastropod Haliotis tuberculata.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cytotoxic effects of in vitro exposure to triclosan on the marine gastropod Haliotis tuberculata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Auzoux-Bordenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Roig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatrice Gaume</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Barbara Le Bot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part C: Toxicology and Pharmacology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cytotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 65 (5), pp.687-687</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00766591v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00934890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occurrence and toxicity of antimicrobial triclosan and by-products in the environment</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+                <w:t xml:space="preserve">In vitro effects of triclosan and methyl-triclosan on the marine gastropod Haliotis tuberculata.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Gaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Auzoux-Bordenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Roig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Barbara Le Bot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-011-0632-z⟩</w:t>
+              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part C: Toxicology and Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 156 (2), pp.87-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cbpc.2012.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00716307v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00766591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid A components from Pseudomonas aeruginosa PAO1 (serotype O5) and mutant strains investigated by electrospray ionization ion-trap mass spectrometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Occurrence and toxicity of antimicrobial triclosan and by-products in the environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Dominique Haras</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Roig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jms.611⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 19 (4), pp.1044-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-011-0632-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01700118v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00716307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lipid A components from Pseudomonas aeruginosa PAO1 (serotype O5) and mutant strains investigated by electrospray ionization ion-trap mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Vallée-Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Kooistra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Zähringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Haras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 39 (5), pp.505 - 513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jms.611⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01700118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Structure of a highly phosphorylated lipopolysaccharide core in the ΔalgC mutants derived from Pseudomonas aeruginosa wild-type strains PAO1 (serogroup O5) and PAC1R (serogroup O3)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver Kooistra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lothar Brecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Buko Lindner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Sánchez Carballo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 338 (23), pp.2667 - 2677. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.carres.2003.07.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01700120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7361,1632 +7495,1632 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass Spectrometry for In-Depth Study and Discovery of Marine Bioactive Metabolites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elando Fréda Zamanileha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marnella Quetty Lema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Randriampahasaovana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Fulgence Lahadson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Picardino Frienduc Vaonalamihanta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mass Spectrometry - Applications and Recent Advances [Working Title]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IntechOpen, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5772/intechopen.1013518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05373906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass Spectrometry for In-Depth Study and Discovery of Marine Bioactive Metabolites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elando Fréda Zamanileha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marnella Quetty Lema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Randriampahasoavana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Fulgence Lahadson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Picardino Frienduc Vaonalamihanta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nahide Gülşah Deniz. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mass Spectrometry - Applications and Recent Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IntechOpen, 2025, 978-1-83634-200-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5772/intechopen.1013518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05458944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédés d’extraction et de fractionnement écoresponsables de biomasse d’origine marine et applications en cosmétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Bréhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Audo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mer, source d'inspirations: cosmétique marine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, COSMETIC VALLEY Éditions, pp.253-274, 2024, 978-2-490639-55-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04769644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algal Derived Functional Lipids and their Role in Promoting Health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Terme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Chénais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fournière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gaurav Rajauria; Yvonne V. Yuan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recent Advances in Micro and Macroalgal Processing: Food and Health Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley, 2021, 9781119542582. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119542650.ch13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03347442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production and properties of mycosporine-like amino acids isolated from seaweeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Pliego-Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystèle Dufau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Boulho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seaweeds Around the World: State of Art and Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 95, Elsevier, pp.213-245, 2020, Advances in Botanical Research, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/bs.abr.2019.11.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04711931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerging seaweed extraction techniques: Enzyme-assisted extraction a key step of seaweed biorefinery?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Terme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Pliego Cortès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Peñuela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolanda Freile-Pelegrín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainable Seaweed Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.225-256, 2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-12-817943-7.00009-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04511361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current knowledge and challenges in extraction, characterization and bioactivity of seaweed protein and seaweed-derived proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Pliego-Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isuru Wijesekara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seaweeds Around the World: State of Art and Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 95, Elsevier, pp.289-326, 2020, Advances in Botanical Research, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/bs.abr.2019.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04711938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les macro-algues : sources potentielles d'ingrédients pour l'industrie cosmétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Rousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matières premières cosmétiques : les actifs naturels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lavoisier, p142 - 157, 2019, 978-2-490639-23-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04766694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Cosmétovigilance »</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Lipid and fatty acid profile of major seaweeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolween Terme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Boulho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">in Évaluation du produit cosmétique. La sécurité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cosmetic Valley, 2018</w:t>
+              <w:t xml:space="preserve">Seaweed Bioactives: Health Benefits and Potential Applications. 1st Edition, Amit K. Jaiswal, Reference - 520 Pages - 70 B/W Illustrations. ISBN 9781498796989 - CAT# K30415</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02170552v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02117132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid and fatty acid profile of major seaweeds</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">« Cosmétovigilance »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seaweed Bioactives: Health Benefits and Potential Applications. 1st Edition, Amit K. Jaiswal, Reference - 520 Pages - 70 B/W Illustrations. ISBN 9781498796989 - CAT# K30415</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018</w:t>
+              <w:t xml:space="preserve">in Évaluation du produit cosmétique. La sécurité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cosmetic Valley, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02117132v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02170552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioactivity of Secondary Metabolites from Macroalgae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sahoo D., Seckbach J. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> The Algae World </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 26, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp 391-401, 2015, Cellular Origin, Life in Extreme Habitats and Astrobiology 978-94-017-7320-1. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-94-017-7321-8_14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01700127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développer un produit stable : conditions d’étude et tests de stabilité</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Enzymatic recovery of metabolites from seaweeds: potential applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pi Nyvall-Collén</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N. Bourgougnon. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conception des produits cosmétiques : la formulation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sea Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Academic Press, Elsevier Ltd., pp.279-320, 2014, Advances in Botanical Research, 978-0124080621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-12-408062-1.00010-X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766715v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzymatic recovery of metabolites from seaweeds: potential applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Développer un produit stable : conditions d’étude et tests de stabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...44 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sea Plants</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conception des produits cosmétiques : la formulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lavoisier, pp.29-75, 2014, 9782743015749</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01004011v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Las algas: potencial nutritivo y aplicaciones cosméticas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Sangiardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Stiger-Pouvreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Las algas como recurso. Valorización. Aplicaciones industriales y tendencias</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centro Tecnológico del Mar - Fundación CETMAR, pp.81-94, 2011, 9788461535934</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04766737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8996,1396 +9130,1396 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulva sp. from Brittany, a curse or a golden resource? New protein-enriched ingredients from Ulva sp. for the hospital catering sector.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Déniel Luque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolween Terme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Pliego-Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cost Action CA20106 – Seawheat final conference.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cost action Seawheat, Sep 2025, Bremerhaven, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05513068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulva sp. from Brittany, a curse or a golden resource?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Déniel Luque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Pliego-Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Marine Biotechnology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Bretagne Occidentale; Université Bretagne Sud, Jul 2025, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05513050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brittany Ulva: a malediction or a golden resource?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fournière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Autem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop “Bioactives in Ulva”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cost Action CA20106 – Seawheat, Jun 2024, Aveiro (Portugal), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05513404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenges for the ecodesigned processes to produce bioactive metabolites from seaweed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Audo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th seaweed for Health conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Comité seaweed for Health conference, May 2024, Cork (Irlande), Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05513361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Purification of mycosporin-like amino acids by centrifugal liquid chromatography for improved structural and biological characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Rieusset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Rieusset</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Simmler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Boulho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th European Phycological Congress.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LEMAR, UBO, Aug 2023, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05514313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An enzymatic extract of the proliferative red seaweed Solieria chordalis reduces the virulence of Pseudomonas aeruginosa and stimulates the immune system of Caenorhabditis elegans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Garima Kulshreshtha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sridhar Ravichandran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pushp Sheel   Shukla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudor Borza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISAP 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01629862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conventional and sustainable bioprocesses for the extraction of antiherpetic oligo- and polysaccharides from the invasive Solieria chordalis (Rhodophyta, Gigartinales).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Boulho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolanda Freile-Pelegrín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26es Journées du Groupe Français des Glycosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01697871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Total phenolic content and biological activity of French Sargassum muticum enzymatic hydrolysates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Puspita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Widowati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O.K. Radjasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Douzenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01346155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of the biochemical composition of proliferative macroalgae by IR spectrometry.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maureen Déniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Puspita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Douzenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Stiger-Pouvreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oceanext</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzymatic extraction of phenolic compounds in different species of French and Indonesia Sargassum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Puspita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Widowati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O.K. Radjasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vandanjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque annuel de la Société Française de Phycologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01346177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biological Activities of Ulva sp. Hydrolysates: Relation Between observed Activities and Composition of Extracts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Hardouin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">G. Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.S. Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Nyvall-Collen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIst International Seaweed Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Bali, Indonesia. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01004721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10395,571 +10529,571 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sustainable isolation and improved structural characterization of mycosporin-like amino acids: natural UV-filters from red algae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Rieusset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Simmler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouhlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress on Natural Products Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Cracovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la saisonnalité sur la composition biochimique de Sargassum muticum, estimée par spectrométrie IR</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Influence de la saisonnalité sur la composition biochimique de Sargassum muticum, estimée par spectrométrie Infra-Rouge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vandanjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Puspita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Kucma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel Société Française de Phycologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Vannes, France</w:t>
+              <w:t xml:space="preserve">Journées Phycologiques de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Vannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01346174v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la saisonnalité sur la composition biochimique de Sargassum muticum, estimée par spectrométrie Infra-Rouge</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Influence de la saisonnalité sur la composition biochimique de Sargassum muticum, estimée par spectrométrie IR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vandanjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Puspita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Kucma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Phycologiques de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Vannes, France</w:t>
+              <w:t xml:space="preserve">Colloque annuel Société Française de Phycologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Vannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336441v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01346174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Skin Microbiota and Cosmetics Influence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fournière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djouhar Souak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Feuilloley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scholarly Community Encyclopedia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.1752</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03524510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId323"/>
+      <w:footerReference w:type="default" r:id="rId325"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11027,51 +11161,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AE09C803"/>
+    <w:nsid w:val="0296D749"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11258,51 +11392,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gilles-bedoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-1073" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/096254866" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529308v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elando Fr&#233;da Zamanileha" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriantsilavo Rabary" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Burlot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Latire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marty" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2026.104874" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05482079v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Castetbon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chirelle Jabbour" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterenn Le Penven" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bedoux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2026.1741035" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05055821v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Douzenel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md23010030" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731824v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lesgourgues" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Terme" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Leschiera" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22080367" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04711919v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freile-Pelegr&#237;n Yolanda" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robledo Daniel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#225;vez-Quintal Cresencia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika V&#225;zquez-Delf&#237;n" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pliego-Cort&#233;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-024-02694-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04298022v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vandanjon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Herv&#233; Ravelonandro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21090482" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088459v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Freile-Pelegr&#237;n" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boulho" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-023-02934-z" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333395v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hardouin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Le Men" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane C&#233;rantola" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00318884.2022.2117942" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104368v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Hardouin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20020116" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104370v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shareen a Abdul Malik" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahasweta Saha" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Taupin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/26388081.2022.2086483" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104378v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pe&#241;uela Ana" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madera-Santana Tom&#225;s" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2020.12.064" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-03639068v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fourni&#232;re" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebonvallet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Le Goff-Pain" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19030156" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03524479v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djouhar Souak" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc G.J. Feuilloley" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26164763" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477131v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Montjarret" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Duteil" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26185598" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888518v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rexie Magdugo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25122901" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731977v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Puspita" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nur Azmi Ratna Setyawidati" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ita Widowati" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ocky Karna Radjasa" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2019.12.002" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732037v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Q Garcia Maldonado" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Robledo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2019.11.009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03524516v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Feuilloley" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8111752" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731948v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S A Abdul Malik" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazire" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gamboa-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Robledo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0026261720060132" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888511v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Garc&#237;a-Maldonado" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-020-02094-4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888513v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhesi Kristiana" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Pals" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Wayan Mudianta" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.8093" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732171v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meezan Ardhanu Asagabaldan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diah Ayuningrum" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agus Sabdono" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13057/biodiv/d200914" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02384697v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2019.101542" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N92H6C4D-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384822v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Asagabaldan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bourgougnon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kristiana" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ayuningrum" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4668.3.2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385179v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo9090182" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270586v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Ferron" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Bursztyka" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2019.07.010" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384755v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lalegerie" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Lajili" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stiger-Pouvreau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2019.04.001" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093101v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Kucma" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2018054" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02115093v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayed El-Toumy" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josline Salib" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walaa El-Kashak" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fshw.2018.01.001" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02115234v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Pe&#241;uela" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Hern&#225;ndez-N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md16120487" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02115032v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen D&#233;niel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-017-1086-6" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01697735v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isuru Wijesekara" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin-Pierre Gemin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-017-1239-7" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01697672v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boulho" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Roux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Qu&#233;mener" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Audo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2017.03.010" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C0DF37V1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01697681v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-017-1192-5" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614736v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Puspita" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15436/2476-1869.17.1555" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02115049v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D&#233;niel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Widowati" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Radjasa" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Douzenel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/55/1/012057" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01697661v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melha Kendel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tane Wielgosz-Collin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-017-1084-8" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02114972v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370461v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2329-6674.1000148" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370471v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Donnay-Moreno" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Berg&#233;" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2016.03.013" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01700094v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Boulho" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Le Roux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Le Quemener" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=As Burlot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Audo" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1596623" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370450v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodrigues" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bazire" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2155-9597.1000268" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370479v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Tripoteau" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gagnon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2015.02.012" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RPRZ4LWT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01370277v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Kulshreshtha" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan T. Critchley" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Hafting" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md13010558" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01370285v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bertrand" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Roussakis" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md13095606" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01700097v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Gard&#232;res" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasiliki Koutsouveli" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterenn Crequer" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Desriac" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md13084985" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01023232v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-408062-1.00012-3" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00944709v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Umami" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaelle Tanniou" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-013-0201-6" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01078844v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/bot-2013-0118" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00934890v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Auzoux-Bordenave" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Roig" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Le Bot" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00766591v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Gaume" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Roig" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpc.2012.04.006" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0W2512J6-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716307v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dupont" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Roig" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-011-0632-z" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2PW4VRSK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01700118v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Vall&#233;e-R&#233;hel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Kooistra" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Z&#228;hringer" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Haras" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.611" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QFD12GVD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01700120v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lothar Brecker" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buko Lindner" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia S&#225;nchez Carballo" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2003.07.004" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V2VDJK5V-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373906v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marnella Quetty Lema" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Randriampahasaovana" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Fulgence Lahadson" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Picardino Frienduc Vaonalamihanta" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.1013518" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458944v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Randriampahasoavana" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769644v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Br&#233;hu" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Audo" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Paquin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03347442v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ch&#233;nais" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119542650.ch13" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04711931v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Dufau" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2019.11.004" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511361v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pliego Cort&#232;s" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-817943-7.00009-3" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04711938v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2019.11.008" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766694v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rousset" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02170552v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guyon" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117132v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolween Terme" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01700127v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com " TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-7321-8_14" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766715v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004011v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pi Nyvall-Coll&#233;n" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-408062-1.00010-X" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766737v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Sangiardi" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513068v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna D&#233;niel Luque" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513050v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513404v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Autem" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513361v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Audo" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thomas" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05514313v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rieusset" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Simmler" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Greff" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629862v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sridhar Ravichandran" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pushp Sheel   Shukla" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor Borza" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01697871v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01346155v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.K. Radjasa" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marty" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336264v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gon&#231;alves" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346177v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bedoux" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004721v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hardouin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Burlot" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nyvall-Collen" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04607510v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouhlo" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346174v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Goncalves" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kucma" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336441v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03524510v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gilles-bedoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4108-1073" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/096254866" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529308v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elando Fr&#233;da Zamanileha" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriantsilavo Rabary" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Burlot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Latire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marty" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2026.104874" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544500v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ravelonandro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05482079v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Castetbon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chirelle Jabbour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterenn Le Penven" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bedoux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2026.1741035" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05055821v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Douzenel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md23010030" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731824v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lesgourgues" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Terme" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Leschiera" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22080367" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04711919v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freile-Pelegr&#237;n Yolanda" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robledo Daniel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#225;vez-Quintal Cresencia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika V&#225;zquez-Delf&#237;n" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pliego-Cort&#233;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-024-02694-y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04298022v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vandanjon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Herv&#233; Ravelonandro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21090482" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088459v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Freile-Pelegr&#237;n" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boulho" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-023-02934-z" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104368v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Hardouin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane C&#233;rantola" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20020116" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333395v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hardouin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouyer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Le Men" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00318884.2022.2117942" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104370v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shareen a Abdul Malik" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahasweta Saha" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Taupin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/26388081.2022.2086483" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-03639068v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fourni&#232;re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebonvallet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Le Goff-Pain" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19030156" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104378v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pe&#241;uela Ana" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madera-Santana Tom&#225;s" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2020.12.064" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03524479v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djouhar Souak" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc G.J. Feuilloley" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26164763" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477131v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Montjarret" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Duteil" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26185598" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731977v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Puspita" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nur Azmi Ratna Setyawidati" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ita Widowati" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ocky Karna Radjasa" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2019.12.002" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888518v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rexie Magdugo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25122901" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732037v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Q Garcia Maldonado" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Robledo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2019.11.009" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03524516v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Feuilloley" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8111752" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731948v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S A Abdul Malik" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazire" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gamboa-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Robledo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0026261720060132" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888511v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Garc&#237;a-Maldonado" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-020-02094-4" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888513v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhesi Kristiana" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Pals" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Wayan Mudianta" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.8093" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270586v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Ferron" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Bursztyka" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2019.07.010" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732171v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meezan Ardhanu Asagabaldan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diah Ayuningrum" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agus Sabdono" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13057/biodiv/d200914" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02384697v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2019.101542" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N92H6C4D-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384822v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Asagabaldan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bourgougnon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kristiana" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ayuningrum" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4668.3.2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385179v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo9090182" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384755v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lalegerie" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Lajili" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stiger-Pouvreau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2019.04.001" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02115234v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Pe&#241;uela" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Hern&#225;ndez-N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md16120487" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02115093v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayed El-Toumy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josline Salib" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walaa El-Kashak" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fshw.2018.01.001" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093101v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Kucma" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2018054" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02115049v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Puspita" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D&#233;niel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Widowati" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Radjasa" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Douzenel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/55/1/012057" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614736v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen D&#233;niel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15436/2476-1869.17.1555" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01697681v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-017-1192-5" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02115032v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-017-1086-6" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01697735v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isuru Wijesekara" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin-Pierre Gemin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-017-1239-7" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01697672v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boulho" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Roux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Qu&#233;mener" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Audo" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2017.03.010" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C0DF37V1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01697661v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melha Kendel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tane Wielgosz-Collin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-017-1084-8" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370471v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Donnay-Moreno" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Berg&#233;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2016.03.013" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370461v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2329-6674.1000148" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01700094v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Boulho" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Le Roux" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Le Quemener" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=As Burlot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Audo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1596623" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02114972v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370450v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodrigues" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bazire" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2155-9597.1000268" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370479v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Tripoteau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gagnon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2015.02.012" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RPRZ4LWT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01370277v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Kulshreshtha" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan T. Critchley" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Hafting" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md13010558" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01370285v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bertrand" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Roussakis" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md13095606" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01700097v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Gard&#232;res" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasiliki Koutsouveli" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterenn Crequer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Desriac" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md13084985" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01023232v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-408062-1.00012-3" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00944709v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Umami" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaelle Tanniou" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-013-0201-6" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01078844v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/bot-2013-0118" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00934890v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Auzoux-Bordenave" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Roig" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Le Bot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00766591v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Gaume" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Roig" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpc.2012.04.006" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0W2512J6-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716307v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dupont" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Roig" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-011-0632-z" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2PW4VRSK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01700118v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Vall&#233;e-R&#233;hel" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Kooistra" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Z&#228;hringer" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Haras" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.611" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QFD12GVD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01700120v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lothar Brecker" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buko Lindner" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia S&#225;nchez Carballo" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2003.07.004" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V2VDJK5V-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373906v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marnella Quetty Lema" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Randriampahasaovana" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Fulgence Lahadson" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Picardino Frienduc Vaonalamihanta" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.1013518" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458944v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Randriampahasoavana" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769644v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Br&#233;hu" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Audo" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Paquin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03347442v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ch&#233;nais" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119542650.ch13" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04711931v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Dufau" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2019.11.004" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511361v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pliego Cort&#232;s" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-817943-7.00009-3" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04711938v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2019.11.008" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766694v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rousset" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117132v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolween Terme" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-02170552v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guyon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01700127v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com " TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-7321-8_14" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004011v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pi Nyvall-Coll&#233;n" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-408062-1.00010-X" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766715v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766737v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Sangiardi" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513068v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna D&#233;niel Luque" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513050v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513404v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Autem" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513361v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Audo" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thomas" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05514313v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rieusset" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Simmler" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Greff" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629862v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sridhar Ravichandran" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pushp Sheel   Shukla" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor Borza" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01697871v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01346155v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.K. Radjasa" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marty" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336264v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gon&#231;alves" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346177v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bedoux" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004721v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hardouin" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Burlot" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nyvall-Collen" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04607510v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouhlo" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336441v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kucma" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346174v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Goncalves" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03524510v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>