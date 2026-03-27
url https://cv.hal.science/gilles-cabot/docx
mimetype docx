--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -330,295 +330,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05428808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and application of low pressure and low temperature facility to study aeronautical flame during pull-away</w:t>
+                <w:t xml:space="preserve">Experimental study on the influence of hydrogen injection strategy on mixing efficiency, flame stabilisation, and N O x formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-E. Clavel</w:t>
+                <w:t xml:space="preserve">Victor Coquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Vasquez</w:t>
+                <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Vandel</w:t>
+                <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Quevreux</w:t>
+                <w:t xml:space="preserve">Lucio Taddeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Leveneur</w:t>
+                <w:t xml:space="preserve">Hicham Ossman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 96 (3), pp.035106. </w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 138, pp.91-102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0244870⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2025.04.447⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05060511v1</w:t>
+                <w:t xml:space="preserve">hal-05503853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study on the influence of hydrogen injection strategy on mixing efficiency, flame stabilisation, and N O x formation</w:t>
+                <w:t xml:space="preserve">Design and application of low pressure and low temperature facility to study aeronautical flame during pull-away</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Coquin</w:t>
+                <w:t xml:space="preserve">M.-E. Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Vandel</w:t>
+                <w:t xml:space="preserve">W. Vasquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Godard</w:t>
+                <w:t xml:space="preserve">A. Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucio Taddeo</w:t>
+                <w:t xml:space="preserve">B. Quevreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hicham Ossman</w:t>
+                <w:t xml:space="preserve">Sébastien Leveneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 138, pp.91-102. </w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 96 (3), pp.035106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2025.04.447⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0244870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05503853v1</w:t>
+                <w:t xml:space="preserve">hal-05060511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combustion for aircraft propulsion: Progress in advanced laser-based diagnostics on high-pressure kerosene/air flames produced with low-NOx fuel injection systems</w:t>
               </w:r>
@@ -872,51 +872,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the influence of water vapour and carbon dioxide dilution on flame structure of swirled methane/oxygen-enriched air flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Chica Cano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1100,325 +1100,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03195562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of aerodynamics and structure of a swirl-stabilized kerosene spray flame with laser diagnostics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A joint experimental and numerical study of ignition in a spray burner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Collin-Bastiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Malbois</w:t>
+                <w:t xml:space="preserve">J. Marrero-Santiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Salaün</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexis Vandel</w:t>
+                <w:t xml:space="preserve">E. Riber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Godard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Cabot</w:t>
+                <w:t xml:space="preserve">B. Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 205, pp.109-122. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 37 (4), pp.5047-5055. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2019.03.041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.05.132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02129571v1</w:t>
+                <w:t xml:space="preserve">hal-02011691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A joint experimental and numerical study of ignition in a spray burner</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental investigation of aerodynamics and structure of a swirl-stabilized kerosene spray flame with laser diagnostics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Marrero-Santiago</w:t>
+                <w:t xml:space="preserve">P. Malbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Riber</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gilles Cabot</w:t>
+                <w:t xml:space="preserve">Erwan Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Renou</w:t>
+                <w:t xml:space="preserve">G. Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 37 (4), pp.5047-5055. </w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 205, pp.109-122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.05.132⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2019.03.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02011691v1</w:t>
+                <w:t xml:space="preserve">hal-02129571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative measurements of fuel distribution and flame structure in a lean-premixed aero-engine injection system by kerosene/OH-PLIF measurements under high-pressure conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Malbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1521,51 +1521,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative imaging of nitric oxide concentration in a turbulent n-heptane spray flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irfan Mulla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1755,103 +1755,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Study of Aeronautical Ignition in a Swirled Confined Jet-Spray Burner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Marrero-Santiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 140 (2), </w:t>
@@ -1915,64 +1915,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Marrero Santiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2179,64 +2179,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Marrero Santiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Riber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 36 (2), pp.2567 - 2575. </w:t>
@@ -2300,51 +2300,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Marrero Santiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sawitree Saengkaew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2698,64 +2698,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Boukhalfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerospace Lab</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 11, 13 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2802,64 +2802,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of combustion dynamics in a cavity-based combustor with high-speed laser diagnostics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pradip Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2962,51 +2962,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Calbry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pradip Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. De Persis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3488,77 +3488,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser-Induced Spark Ignition of Premixed Confined Swirled Flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. M. Boukhalfa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4291,51 +4291,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Frenillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Boukhalfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4541,51 +4541,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and numerical investigation of the effect of H2 enrichment on laminar methane–air flame thickness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Lafay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4809,51 +4809,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 43 (2-3), pp.395-410</w:t>
@@ -4934,51 +4934,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 43 (2-3), pp.395-410</w:t>
@@ -5007,258 +5007,258 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of lean premixed turbulent combustion in a scale gas turbine chamber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">David Vauchelles</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Taupin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mourad Boukhalfa</w:t>
+                <w:t xml:space="preserve">D Vauchelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Boukhalfa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 28 (7), pp.683-690</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2004, 28 (7), pp.683 - 690. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2003.12.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02016318v1</w:t>
+                <w:t xml:space="preserve">hal-01669463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of lean premixed turbulent combustion in a scale gas turbine chamber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">A. Boukhalfa</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Vauchelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Boukhalfa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 28 (7), pp.683 - 690. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2004, 28 (7), pp.683-690</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2003.12.001⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01669463v1</w:t>
+                <w:t xml:space="preserve">hal-02016318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single-shot temperature and mixture fraction profiles by Rayleigh scattering in the development zone of a turbulent diffusion flame</w:t>
               </w:r>
@@ -5492,51 +5492,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd IACM Digital Twins in Engineering Conference (DTE 2025) &amp; 1st ECCOMAS Artificial Intelligence and Computational Methods in Applied Science (AICOMAS 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2025, PARIS, France</w:t>
@@ -5604,51 +5604,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chetankumar S Vegad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5729,51 +5729,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chetankumar S Vegad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5979,51 +5979,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Ferrando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6229,64 +6229,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Caceres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrés Francophone de Techniques Laser, CFTL 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Leuven, Belgique</w:t>
@@ -6341,77 +6341,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Ferrando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31th European Conference on Liquid Atomization and Spray Systems (ILASS Europe, virtual)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, tel aviv, Israel</w:t>
@@ -6479,51 +6479,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6604,51 +6604,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6725,77 +6725,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque INCA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Safran, Apr 2021, Paris, France</w:t>
@@ -6935,286 +6935,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03123036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fire Response of a Carbon Epoxy Composite: Comparison of the Degradation Provided with Kerosene or Propane Flames</w:t>
+                <w:t xml:space="preserve">Efecto de la composición química y la humedad relativa sobre el comportamiento de los sistemas de combustión de pre mezcla en Colombia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Coppalle</w:t>
+                <w:t xml:space="preserve">Andrès Amell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teodore Chazelle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">E. Schuhler</w:t>
+                <w:t xml:space="preserve">Yonatan Cadavid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ninth International Seminar on Fire and Explosion Hazards (ISFEH9)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Saint Petersburg, Russia</w:t>
+              <w:t xml:space="preserve">CUMBRE COLOMBO-FRANCESA DE EDUCACIÓN SUPERIOR, INVESTIGACIÓN E INNOVACIÓN - COLIFRI 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Medellin, Colombia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02420326v1</w:t>
+                <w:t xml:space="preserve">hal-02138574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efecto de la composición química y la humedad relativa sobre el comportamiento de los sistemas de combustión de pre mezcla en Colombia.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fire Response of a Carbon Epoxy Composite: Comparison of the Degradation Provided with Kerosene or Propane Flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrès Amell</w:t>
+                <w:t xml:space="preserve">Teodore Chazelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yonatan Cadavid</w:t>
+                <w:t xml:space="preserve">E. Schuhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CUMBRE COLOMBO-FRANCESA DE EDUCACIÓN SUPERIOR, INVESTIGACIÓN E INNOVACIÓN - COLIFRI 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Medellin, Colombia</w:t>
+              <w:t xml:space="preserve">Ninth International Seminar on Fire and Explosion Hazards (ISFEH9)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Saint Petersburg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02138574v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02420326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of Helicopter Annular Combustion Chamber Rig in Propulsion Systems Course for Graduate Students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Al-Asmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7291,51 +7291,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la formation de NO en chambre de combustion haute-pression par fluorescence induite par laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Malbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7442,51 +7442,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niccolo Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Frindt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7535,394 +7535,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02098287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation with optical diagnostics of a lean-premixed aero-engine injection system under relevant operating conditions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Félix Frindt</w:t>
+                <w:t xml:space="preserve">Effects of O2 Enrichment and H2O Dilution on Laminar Methane Flames at High Pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Pablo Chica Cano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie de Persis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the ASME turbo expo: Turbine Technical Conference and Exposition </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">8th European Combustion Meeting 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Dubrovnik, Croatia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01668918v1</w:t>
+                <w:t xml:space="preserve">hal-02082142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of O2 Enrichment and H2O Dilution on Laminar Methane Flames at High Pressure</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experimental study of aeronautical ignition in a swirled confined jet-spray burner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Marrero Santiago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European Combustion Meeting 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">Proceedings of the ASME turbo expo: Turbine technical conference and exposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Charlotte, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02082142v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of aeronautical ignition in a swirled confined jet-spray burner</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gilles Godard</w:t>
+                <w:t xml:space="preserve">Experimental investigation with optical diagnostics of a lean-premixed aero-engine injection system under relevant operating conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Malbois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Bouheraoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Frindt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the ASME turbo expo: Turbine technical conference and exposition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the ASME turbo expo: Turbine Technical Conference and Exposition </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Charlotte, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/GT2017-64484⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01668922v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Numerical Study of Turbulent Flame Structures of a Spray Jet Flame</w:t>
               </w:r>
@@ -8072,51 +8072,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Frindt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Bouheraoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8158,51 +8158,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Study on NO Pollutant Formation in High-Pressure Swirl-Stabilized Premixed Kerosene/air Flames using NO-, OH- and Kerosene-PLIF Laser Diagnostics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Apeloig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8210,51 +8210,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Frindt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Quevreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Colloque INCA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Paris Saclay, France</w:t>
@@ -8426,64 +8426,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Marrero Santiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8551,64 +8551,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Marrero Santiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8650,90 +8650,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation of a spray swirled flame in gas turbine model combustor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Malbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8775,51 +8775,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coolcap project: promotion of CO2 capture technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leveneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Estel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9030,51 +9030,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compétences et Perspectives du CORIA Concernant l’Etude et la Caractérisation des Particules de Suie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Talbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9276,51 +9276,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INSA Project Management : Coolcap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leveneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Polaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9401,64 +9401,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Numerical Analysis of an Ignition Sequence in a Multiple-Injectors Burner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9889,51 +9889,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l'allumage dans un écoulement non prémélangé turbulent par la mesure simultanée des conditions locales et instantanées de vitesse et de fraction de mélange par PIV et par PLIF sur acétone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11026,64 +11026,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Marrero Santiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11138,90 +11138,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equivalence Ratio and Flame Structure Measurements in an LP Aero-engine Injection System under Relevant Operating Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Malbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Frindt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Bouheraoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th ECM 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, dubrovnik, Croatia</w:t>
@@ -11263,64 +11263,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of Thermoacoustic Oscillations in a Trapped Vortex Combustor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pradip Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11420,64 +11420,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ANALYSIS OF THE FLAME STRUCTURE IN A TRAPPED VORTEX COMBUSTOR USING LOW AND HIGH-SPEED OH-PLIF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pradip Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12172,51 +12172,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pradip Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Pires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12284,64 +12284,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the flame structure in a trapped vortex combustor using low and high-speed OH-PLIF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pradip Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12607,51 +12607,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EA0E64EF"/>
+    <w:nsid w:val="2B0D133A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12838,51 +12838,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gilles-cabot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9859-0456" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/053483332" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05428808v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Collin-Bastiani" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cabot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Yon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2025.114732" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060511v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-E. Clavel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Vasquez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vandel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Quevreux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leveneur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0244870" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503853v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Coquin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vandel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Godard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Taddeo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Ossman" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.04.447" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132265v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Legros" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brunet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Domingo-Alvarez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Malbois" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Salaun" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.12.036" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02935621v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Marrero-Santiago" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Collin-Bastiani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Riber" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cabot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Cuenot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.08.021" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420293v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Chica Cano" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Persis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2019.110010" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195562v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bouvier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Yon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grisch" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.10.002" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129571v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Malbois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Sala&#252;n" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2019.03.041" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011691v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marrero-Santiago" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Riber" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Renou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.05.132" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011677v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sala&#252;n" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rossow" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bouheraoua" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.05.171" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052534v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irfan Mulla" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Renou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2019.02.005" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015217v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Chica Cano" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie de Persis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1317046" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01669497v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verdier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4037752" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177503v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Verdier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Marrero Santiago" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2018.03.032" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01893575v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2018.03.112" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01669502v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Shum-Kivan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marrero Santiago" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.06.039" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01669485v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawitree Saengkaew" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.07.016" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328192v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Asherman" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Crua" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Estel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gagnepain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.5b00073" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015012v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Boukhalfa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/20168433" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369895v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grisch" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boukhalfa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12762/2016.AL11-02" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611204v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradip Xavier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-016-2135-7" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612380v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Calbry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. De Persis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2014-25781" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612415v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Esclapez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Cordier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Cuenot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2014.02.006" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q532M7WC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014965v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pillier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskender G&#246;kalp" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelakrim Mourad Boukhalfa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef3016365" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01278703v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Belaissaoui" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Cabot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Willson" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Favre" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2013.04.027" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-151J91RQ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01663464v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cordier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Boukhalfa" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2012.725791" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01663468v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cardin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Boukhalfa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2012.10.019" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01663470v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Mourad Boukhalfa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2013.02.026" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KN8MX25T-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776411v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wilson" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2011.12.018" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VGX1MG0H-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01663462v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Burguburu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cazalens" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2011.01.185" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XMF7D5JS-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01663459v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim M. Boukhalfa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2010.07.019" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01663463v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Frenillot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Boukhalfa" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cazalens" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2009.02.059" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BDG09W5G-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014999v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lafay" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Leventiu" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016363v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lafay" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boukhalfa" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014936v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Taupin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martins" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vauchelles" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016375v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Taupin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martins" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016347v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016318v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Taupin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01669463v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vauchelles" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Taupin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2003.12.001" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9DC061LX-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015118v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stepowski" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015116v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05433118v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deshons Anouck" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leparoux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fournier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Monnier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325607v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Ferrando" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetankumar S Vegad" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417822v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016666v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longxiang Huang" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lefebvre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016807v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763721v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Perrier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Caceres" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cayre" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828445v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei-Silviu Milea" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016837v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763465v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03122919v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2021-24823" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418416v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lef&#232;vre" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03123036v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420326v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodore Chazelle" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schuhler" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02138574v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#232;s Amell" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonatan Cadavid" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015243v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Al-Asmi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Moureau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2018-75610" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097674v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Frindt" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098287v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolo Gori" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01668918v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bouheraoua" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2017-64484" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02082142v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01668922v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017567v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gallot-Lavall&#233;e" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Noh" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W P Jones" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Navarro-Martinez" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Verdier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420016v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Verdier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419934v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Apeloig" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01893606v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chica Cano" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2017-64111" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104956v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Marrero Santiago" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014985v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419724v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015387v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ledoux" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129424v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682835v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Talbaut" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104928v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boubert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bultel" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015355v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Polaert" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017534v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015527v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Moullec" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015515v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014950v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015005v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015722v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Merlin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Domingo" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vervisch" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015492v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimiro Osorio" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015476v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017460v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pillier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bounaceur" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Liu" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014967v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015020v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016017v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Caillat" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015120v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Stepowski" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Trinite" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02168011v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048210v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048252v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129415v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612381v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901462v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781316651209.003" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901439v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017357v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Guillet" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Caillat" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015115v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mezerette" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Vergnet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cassin" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jouve" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02118492v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051952v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Pires" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014977v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014973v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gilles-cabot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9859-0456" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/053483332" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05428808v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Collin-Bastiani" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cabot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Yon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2025.114732" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503853v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Coquin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vandel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Godard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Taddeo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Ossman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.04.447" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060511v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-E. Clavel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Vasquez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vandel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Quevreux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leveneur" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0244870" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132265v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Legros" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Brunet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Domingo-Alvarez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Malbois" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Salaun" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.12.036" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02935621v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Marrero-Santiago" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Collin-Bastiani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Riber" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cabot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Cuenot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.08.021" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420293v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Chica Cano" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Persis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2019.110010" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195562v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bouvier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Yon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grisch" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.10.002" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011691v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marrero-Santiago" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Riber" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Renou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.05.132" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129571v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Malbois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Sala&#252;n" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2019.03.041" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011677v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sala&#252;n" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rossow" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bouheraoua" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.05.171" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052534v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irfan Mulla" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Renou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2019.02.005" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015217v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Chica Cano" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie de Persis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1317046" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01669497v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verdier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4037752" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177503v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Verdier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Marrero Santiago" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2018.03.032" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01893575v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2018.03.112" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01669502v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Shum-Kivan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Marrero Santiago" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.06.039" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01669485v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawitree Saengkaew" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.07.016" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328192v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Asherman" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Crua" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Estel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gagnepain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.5b00073" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015012v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Boukhalfa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/20168433" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369895v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grisch" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boukhalfa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12762/2016.AL11-02" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611204v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradip Xavier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-016-2135-7" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612380v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Calbry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. De Persis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2014-25781" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612415v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Esclapez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Cordier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Cuenot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2014.02.006" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q532M7WC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014965v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pillier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskender G&#246;kalp" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelakrim Mourad Boukhalfa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef3016365" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01278703v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Belaissaoui" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Cabot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Willson" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Favre" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2013.04.027" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-151J91RQ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01663464v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cordier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Boukhalfa" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2012.725791" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01663468v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cardin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Boukhalfa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2012.10.019" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01663470v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Mourad Boukhalfa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2013.02.026" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KN8MX25T-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00776411v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wilson" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2011.12.018" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VGX1MG0H-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01663462v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Burguburu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cazalens" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2011.01.185" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XMF7D5JS-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01663459v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim M. Boukhalfa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2010.07.019" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01663463v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Frenillot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Boukhalfa" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cazalens" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2009.02.059" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BDG09W5G-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014999v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lafay" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Leventiu" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016363v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lafay" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boukhalfa" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014936v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Taupin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martins" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vauchelles" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016375v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Taupin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martins" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016347v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01669463v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vauchelles" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Taupin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2003.12.001" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9DC061LX-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016318v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Taupin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015118v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stepowski" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015116v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05433118v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deshons Anouck" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leparoux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fournier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Monnier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325607v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Ferrando" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetankumar S Vegad" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417822v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016666v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longxiang Huang" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lefebvre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016807v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763721v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Perrier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Caceres" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cayre" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828445v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei-Silviu Milea" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016837v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03763465v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03122919v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2021-24823" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03418416v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lef&#232;vre" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03123036v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02138574v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#232;s Amell" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonatan Cadavid" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420326v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodore Chazelle" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schuhler" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015243v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Al-Asmi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Moureau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2018-75610" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097674v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Frindt" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098287v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolo Gori" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02082142v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01668922v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01668918v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bouheraoua" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2017-64484" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017567v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gallot-Lavall&#233;e" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Noh" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W P Jones" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Navarro-Martinez" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Verdier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420016v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Verdier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419934v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Apeloig" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01893606v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chica Cano" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2017-64111" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104956v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Marrero Santiago" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014985v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419724v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015387v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ledoux" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129424v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682835v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Talbaut" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104928v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boubert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bultel" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015355v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Polaert" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017534v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015527v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Moullec" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015515v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014950v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015005v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015722v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Merlin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Domingo" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vervisch" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015492v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimiro Osorio" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015476v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017460v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pillier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bounaceur" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Liu" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014967v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015020v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016017v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Caillat" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015120v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Stepowski" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Trinite" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02168011v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048210v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048252v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129415v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612381v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901462v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781316651209.003" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901439v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017357v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Guillet" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Caillat" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015115v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mezerette" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Vergnet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cassin" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jouve" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02118492v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051952v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Pires" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014977v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014973v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>