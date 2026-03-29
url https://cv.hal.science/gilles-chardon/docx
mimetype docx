--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -268,248 +268,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05301250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deinterleaving RADAR emitters with optimal transport distances</w:t>
+                <w:t xml:space="preserve">Representation of Operators using Fusion Frames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Mottier</w:t>
+                <w:t xml:space="preserve">Peter Balazs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitra Shamsabadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Akbar Arefijamaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Chardon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Aerospace and Electronic Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TAES.2024.3367287⟩</w:t>
+              <w:t xml:space="preserve">Applied and Computational Harmonic Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 68, pp.101596. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.acha.2023.101596⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04473098v1</w:t>
+                <w:t xml:space="preserve">hal-04230501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Representation of Operators using Fusion Frames</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Deinterleaving RADAR emitters with optimal transport distances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitra Shamsabadi</w:t>
+                <w:t xml:space="preserve">Manon Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Akbar Arefijamaal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gilles Chardon</w:t>
+                <w:t xml:space="preserve">Frédéric Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Computational Harmonic Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 68, pp.101596. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Aerospace and Electronic Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.acha.2023.101596⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TAES.2024.3367287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04230501v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04473098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximum likelihood estimators and Cramér-Rao bounds for the localization of an acoustical source with asynchronous arrays</w:t>
               </w:r>
@@ -3041,51 +3041,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Boizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRETSI 2023 - XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3205,77 +3205,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désentrelacement et classification des émetteurs RADARs basés sur l'utilisation des distances de Transport Optimal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Mottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Artificial Intelligence for Defense</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, DGA Maîtrise de l'Information, Nov 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3300,77 +3300,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désentrelacement et classification de signaux RADAR basés sur des distances de transport optimal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Mottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRETSI 2022 - XXIIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3395,77 +3395,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RADAR Emitter Classification with Optimal Transport Distances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Mottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th European Signal Processing Conference (EUSIPCO 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Belgrade, Serbia. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3663,77 +3663,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deinterleaving and Clustering unknown RADAR pulses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Mottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Radar Conference 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, ATLANTA (virtual), United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6048,51 +6048,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="37DE1F18"/>
+    <w:nsid w:val="C9CB79F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6279,51 +6279,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gilles-chardon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0483-9957" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/168054523" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301250v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chardon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119483" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473098v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Mottier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pascal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2024.3367287" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230501v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Balazs" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitra Shamsabadi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Akbar Arefijamaal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acha.2023.101596" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149108v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117906" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988080v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117608" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373829v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116544" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702156v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dahon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alonso Cano" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandiaye Fall" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marrelec" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERB22020903" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330343v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Avital" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Picheral" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2021.108244" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385213v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Boureau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0006790" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225678v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ollivier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116208" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02459046v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoichi Koyama" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daudet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2020.2964958" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02125263v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouchain" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lahalle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Vercoutter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.04.063" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02448965v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5138931" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01148971v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Kreuzer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Noisternig" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTSP.2015.2412097" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01148974v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nowakowski" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Rosny" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTSP.2015.2422673" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01152472v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Mignot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2013.2286922" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01350609v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Cohen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01025647v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Liutkus" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Martina" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Popoff" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ori Katz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep05552" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01131092v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leblanc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enganabound.2014.03.006" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00823480v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-013-0859-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00720129v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Peillot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Bertin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4740476" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766950v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leblanc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2011.07.003" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3XCP7K90-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273990v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Jaouedi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364608v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Roual" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Sensiau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Soussen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364734v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735374v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Itare" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_4146" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291387v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366782v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Boizard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254916v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881736v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851279v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869152v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eusipco55093.2022.9909967" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520797v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ollivier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520803v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03245067v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/radarconf2147009.2021.9455272" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03053122v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0748" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03053106v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0751" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02271625v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marcos" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466667v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenmeng Xiong" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03100829v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2018.8461597" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01741782v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SAMPTA.2017.8024445" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782567v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Monier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icassp.2017.7952763" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372313v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Elie" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231789v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2016.7472276" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106926v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842798v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766933v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2012.6287804" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00658579v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gribonval" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01587121v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4708160" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00767370v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810978v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00647780v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766937v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SAM.2010.5606750" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541718v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541705v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00732847v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04891588v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gilles-chardon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0483-9957" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/168054523" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301250v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chardon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119483" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230501v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Balazs" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitra Shamsabadi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Akbar Arefijamaal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acha.2023.101596" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473098v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Mottier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pascal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2024.3367287" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149108v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117906" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988080v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117608" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373829v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116544" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702156v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dahon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alonso Cano" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandiaye Fall" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marrelec" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERB22020903" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330343v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Avital" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Picheral" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2021.108244" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385213v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Boureau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0006790" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225678v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ollivier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116208" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02459046v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoichi Koyama" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daudet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2020.2964958" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02125263v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouchain" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lahalle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Vercoutter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.04.063" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02448965v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5138931" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01148971v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Kreuzer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Noisternig" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTSP.2015.2412097" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01148974v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nowakowski" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Rosny" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTSP.2015.2422673" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01152472v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Mignot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2013.2286922" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01350609v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Cohen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01025647v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Liutkus" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Martina" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Popoff" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ori Katz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep05552" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01131092v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leblanc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enganabound.2014.03.006" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00823480v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-013-0859-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00720129v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Peillot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Bertin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4740476" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766950v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leblanc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2011.07.003" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3XCP7K90-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273990v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Jaouedi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364608v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Roual" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Sensiau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Soussen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364734v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735374v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Itare" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_4146" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291387v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366782v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Boizard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254916v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881736v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851279v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869152v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eusipco55093.2022.9909967" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520797v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ollivier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520803v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03245067v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/radarconf2147009.2021.9455272" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03053122v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0748" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03053106v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0751" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02271625v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marcos" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466667v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenmeng Xiong" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03100829v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2018.8461597" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01741782v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SAMPTA.2017.8024445" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782567v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Monier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icassp.2017.7952763" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372313v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Elie" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231789v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2016.7472276" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01106926v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842798v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766933v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2012.6287804" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00658579v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gribonval" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01587121v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4708160" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00767370v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810978v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00647780v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766937v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SAM.2010.5606750" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541718v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541705v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00732847v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04891588v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>