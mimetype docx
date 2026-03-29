--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -1045,209 +1045,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00520609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adapted Pittsburgh classifier system: building accurate strategies in non markovian environments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards Self-Adjustment of Adapted Pittsburgh Classifier System Cognitive Capacity on Multi-Step Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Peroumalnaïk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enée Gilles</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathias Peroumalnaïk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Atlanta, GA, United States. pp.2001-2008, </w:t>
+              <w:t xml:space="preserve">2008 Eighth International Conference on Hybrid Intelligent Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Barcelone, Spain. pp.885-892, </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/1388969.1389013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/HIS.2008.105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00520607v1</w:t>
+                <w:t xml:space="preserve">hal-00520608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Self-Adjustment of Adapted Pittsburgh Classifier System Cognitive Capacity on Multi-Step Problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adapted Pittsburgh classifier system: building accurate strategies in non markovian environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enée Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Peroumalnaïk</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Enée Gilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2008 Eighth International Conference on Hybrid Intelligent Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Barcelone, Spain. pp.885-892, </w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Atlanta, GA, United States. pp.2001-2008, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/HIS.2008.105⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/1388969.1389013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00520608v1</w:t>
+                <w:t xml:space="preserve">hal-00520607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de productions graphiques d'enfants</w:t>
               </w:r>
@@ -1969,51 +1969,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536236v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Tack" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles &#201;n&#233;e" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaillard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Flouvat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2026.102563" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542922v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=En&#233;e Gilles" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Peroumalna&#239;k" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17508-4_8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-8D2CGQWG-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520611v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles En&#233;e" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972830v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013165200003890" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932361v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016625v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fotsing" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011750000003393" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626962v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Enee" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Collonge" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0007684802810287" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520610v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1830761.1830820" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520609v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1830761.1830823" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520607v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1388969.1389013" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520608v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HIS.2008.105" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634758v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerran Grandchamp" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Page Vincent" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line R&#233;mi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074460v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Escazut" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC.1999.785484" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345019v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Cornillon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Comet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bernot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02529639v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Pagney B&#233;nito-Espinal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Asselin de Beauville" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasia Koussoula-Bonneton" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dudon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00192372v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536236v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Tack" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles &#201;n&#233;e" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaillard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Flouvat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2026.102563" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542922v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=En&#233;e Gilles" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Peroumalna&#239;k" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17508-4_8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-8D2CGQWG-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520611v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles En&#233;e" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972830v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013165200003890" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932361v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016625v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fotsing" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011750000003393" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626962v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Enee" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Collonge" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0007684802810287" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520610v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1830761.1830820" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520609v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1830761.1830823" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520608v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HIS.2008.105" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520607v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1388969.1389013" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634758v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerran Grandchamp" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Page Vincent" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line R&#233;mi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074460v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Escazut" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC.1999.785484" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345019v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Cornillon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Comet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bernot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02529639v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Pagney B&#233;nito-Espinal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Asselin de Beauville" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasia Koussoula-Bonneton" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dudon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00192372v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>