--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -964,230 +964,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00619694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Scalable Formal Method for Design and Automatic Checking of User Interfaces</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierluigi San Pietro</w:t>
+                <w:t xml:space="preserve">A Reflective Implementation of Java Multi-Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Forax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Duris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Roussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Software Engineering and Methodology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 14 (2), pp.124-167</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Software Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 30 (12), pp.1055--1071</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00619460v1</w:t>
+                <w:t xml:space="preserve">hal-00620605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Reflective Implementation of Java Multi-Methods</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Étienne Duris</w:t>
+                <w:t xml:space="preserve">A Scalable Formal Method for Design and Automatic Checking of User Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Berstel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Crespi Reghizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi San Pietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Roussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Software Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 30 (12), pp.1055--1071</w:t>
+              <w:t xml:space="preserve">ACM Transactions on Software Engineering and Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 14 (2), pp.124-167</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00620605v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00619460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (44)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2212,243 +2212,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00794865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D-LITe : Distributed Logic for Internet of Things sErvices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Cherrier</w:t>
+                <w:t xml:space="preserve">Reliable Network Coding for ZigBee Wireless Sensor Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismail Salhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Ghamri-Doudane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Roussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2011 IEEE International Conference on Internet of Things (iThings 2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Dalian, China. 9 pp</w:t>
+              <w:t xml:space="preserve">the 8th IEEE International Conference on Mobile Ad-hoc and Sensor Systems, MASS'11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Spain. pp.135 - 137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00693377v1</w:t>
+                <w:t xml:space="preserve">hal-00795022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliable Network Coding for ZigBee Wireless Sensor Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ismail Salhi</w:t>
+                <w:t xml:space="preserve">D-LITe : Distributed Logic for Internet of Things sErvices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Cherrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Ghamri-Doudane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Roussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 8th IEEE International Conference on Mobile Ad-hoc and Sensor Systems, MASS'11</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Spain. pp.135 - 137</w:t>
+              <w:t xml:space="preserve">The 2011 IEEE International Conference on Internet of Things (iThings 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Dalian, China. 9 pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00795022v1</w:t>
+                <w:t xml:space="preserve">hal-00693377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy-Aware Object Tracking Algorithm using Heterogeneous Wireless Sensor Networks</w:t>
               </w:r>
@@ -2847,247 +2847,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00620321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Syntax tree fingerprinting for source code similarity detection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Chilowicz</w:t>
+                <w:t xml:space="preserve">Surveillance dans les réseaux de capteurs et les réseaux mobiles ad hoc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrezak Rachedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahim Benslimane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lohier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Badis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Duris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th IEEE International Conference on Program Comprehension (ICPC'09)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Vancouver, BC, Canada, Canada. pp.243-247</w:t>
+              <w:t xml:space="preserve">4ème Sécurité des Architectures Réseaux et des Systèmes d'Information (SARSSI'09)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, France. pp.279-292</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00620320v1</w:t>
+                <w:t xml:space="preserve">hal-00620339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveillance dans les réseaux de capteurs et les réseaux mobiles ad hoc</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hakim Badis</w:t>
+                <w:t xml:space="preserve">Syntax tree fingerprinting for source code similarity detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chilowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Duris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Sécurité des Architectures Réseaux et des Systèmes d'Information (SARSSI'09)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, France. pp.279-292</w:t>
+              <w:t xml:space="preserve">17th IEEE International Conference on Program Comprehension (ICPC'09)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Vancouver, BC, Canada, Canada. pp.243-247</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00620339v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00620320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Defining Quality Based Grammar Metrics</w:t>
               </w:r>
@@ -3754,226 +3754,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00620304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Java toolkit for the design and the automatic checking of server architecture</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rémi Forax</w:t>
+                <w:t xml:space="preserve">Hierarchical QOS-aware Routing in Multi-tier Multimedia Wireless Sensor Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Ghamri-Doudane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Principles and Practices of Programming in Java</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">10th IEEE International Conference on Management of Multimedia and Mobile Networks and Services (MMNS'07)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, San José, United States. pp.191-195, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-75869-3_19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00620245v1</w:t>
+                <w:t xml:space="preserve">hal-00620150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical QOS-aware Routing in Multi-tier Multimedia Wireless Sensor Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lohier</w:t>
+                <w:t xml:space="preserve">A Java toolkit for the design and the automatic checking of server architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Loyauté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Forax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Roussel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yacine Ghamri-Doudane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th IEEE International Conference on Management of Multimedia and Mobile Networks and Services (MMNS'07)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">5th International Conference on Principles and Practices of Programming in Java</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, United States. pp.113-122</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-540-75869-3_19⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00620150v1</w:t>
+                <w:t xml:space="preserve">hal-00620245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatoo: An innovative Parser Generator</w:t>
               </w:r>
@@ -4542,77 +4542,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Scalable Formal Method for Design and Automatic Checking of User Interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Berstel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Crespi Reghizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi San Pietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Roussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5037,51 +5037,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00620025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generic Programming by Program Composition (position paper)</w:t>
+                <w:t xml:space="preserve">Composition Symbolique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Correnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Duris</w:t>
@@ -5099,97 +5099,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Parigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Roussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Generic Programming (WGP'98)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 1998, Marstrand, Sweden, Sweden. 13pp</w:t>
+              <w:t xml:space="preserve">Actes des Journées Francophones des Langages Applicatifs (JFLA'98)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 1998, Come, Italie, Italy. pp.47-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00619910v1</w:t>
+                <w:t xml:space="preserve">hal-00619909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Composition Symbolique</w:t>
+                <w:t xml:space="preserve">Schéma générique de développement par composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Correnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Duris</w:t>
@@ -5207,97 +5207,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Parigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Roussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes des Journées Francophones des Langages Applicatifs (JFLA'98)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 1998, Come, Italie, Italy. pp.47-68</w:t>
+              <w:t xml:space="preserve">Approches Formelles dans l'Assistance au Développement de Logiciel (AFADL'98)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1998, Poitiers, France, France. 14pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00619909v1</w:t>
+                <w:t xml:space="preserve">hal-00619911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schéma générique de développement par composition</w:t>
+                <w:t xml:space="preserve">Generic Programming by Program Composition (position paper)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Correnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Duris</w:t>
@@ -5315,73 +5315,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Parigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Roussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approches Formelles dans l'Assistance au Développement de Logiciel (AFADL'98)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1998, Poitiers, France, France. 14pp</w:t>
+              <w:t xml:space="preserve">Workshop on Generic Programming (WGP'98)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 1998, Marstrand, Sweden, Sweden. 13pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00619911v1</w:t>
+                <w:t xml:space="preserve">hal-00619910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attribute Grammars and Functional Programming Deforestation</w:t>
               </w:r>
@@ -6853,237 +6853,237 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00073586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Attribute Grammars</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Attribute Grammars and Folds : Generic Control Operators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Duris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Parigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Jourdan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-2881, INRIA. 1996</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2957, INRIA. 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00073810v1</w:t>
+                <w:t xml:space="preserve">inria-00073741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attribute Grammars and Folds : Generic Control Operators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamic Attribute Grammars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Parigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Duris</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-2957, INRIA. 1996</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-2881, INRIA. 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00073741v1</w:t>
+                <w:t xml:space="preserve">inria-00073810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Static and Dynamic Coupling Attribute Evaluators</w:t>
               </w:r>
@@ -7435,51 +7435,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490623v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Roussel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04439220v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gruyer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmename Hedhli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hauti&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jacquot-Guimbal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bourquin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04439255v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780290v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chilowicz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Duris" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scico.2012.11.008" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844345v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cervelle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Forax" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Loyaut&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208373v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Crepinsek" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomaz Kosar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mernik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/CSIS1002309C" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619702v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619694v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5381/jot.2005.4.10.a3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619460v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Berstel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Crespi Reghizzi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi San Pietro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620605v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865751v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Pilliet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2822304.2822310" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957056v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cherrier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Ghamri-Doudane" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lohier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962257v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Boulanouar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrezak Rachedi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WMNC.2014.6878883" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962255v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCC.2014.6912601" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733536v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCNC.2013.6504141" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821526v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lohier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577561v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GIIS.2013.6684343" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693513v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794865v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Salhi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WD.2011.6098153" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693377v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795022v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633034v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693250v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620368v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620321v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620320v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620339v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Benslimane" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Badis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620318v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620319v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977318v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Jegham" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girault" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Le Guern" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWSSC.2008.4656768" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620300v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lerouge" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Luc Beylot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620219v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620304v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2008-5457" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620245v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620150v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75869-3_19" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620176v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620249v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620248v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pirro Bracka" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Midonnet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620009v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deleray" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bedon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619900v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619901v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619889v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620146v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619913v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Correnson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Parigot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619914v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620025v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619910v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619909v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619911v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619915v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620007v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jourdan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620110v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620015v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620111v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619799v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619800v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422433v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M Lohier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627811v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627863v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627861v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073070v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Correnson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073341v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073586v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073810v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073741v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074020v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074027v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490623v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Roussel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04439220v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gruyer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmename Hedhli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hauti&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jacquot-Guimbal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bourquin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04439255v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780290v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chilowicz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Duris" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scico.2012.11.008" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844345v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cervelle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Forax" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Loyaut&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208373v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Crepinsek" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomaz Kosar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mernik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/CSIS1002309C" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619702v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619694v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5381/jot.2005.4.10.a3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620605v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619460v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Berstel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Crespi Reghizzi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi San Pietro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865751v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Pilliet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2822304.2822310" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957056v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cherrier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Ghamri-Doudane" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lohier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962257v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Boulanouar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrezak Rachedi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WMNC.2014.6878883" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962255v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCC.2014.6912601" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733536v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCNC.2013.6504141" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821526v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lohier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577561v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GIIS.2013.6684343" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693513v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794865v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Salhi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WD.2011.6098153" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795022v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693377v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633034v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693250v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620368v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620321v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620339v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Benslimane" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Badis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620320v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620318v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620319v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977318v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Jegham" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girault" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Le Guern" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWSSC.2008.4656768" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620300v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lerouge" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Luc Beylot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620219v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620304v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2008-5457" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620150v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75869-3_19" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620245v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620176v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620249v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620248v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pirro Bracka" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Midonnet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620009v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deleray" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bedon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619900v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619901v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619889v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620146v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619913v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Correnson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Parigot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619914v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620025v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619909v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619911v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619910v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619915v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620007v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jourdan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620110v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620015v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620111v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619799v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619800v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422433v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M Lohier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627811v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627863v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627861v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073070v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Correnson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073341v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073586v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073741v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073810v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074020v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074027v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>