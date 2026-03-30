--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -710,339 +710,339 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01441203v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VizAssist: an interactive user assistant for visual data mining</w:t>
+                <w:t xml:space="preserve">Visual mining of time series using a tubular visualization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelheq Guettala</w:t>
+                <w:t xml:space="preserve">Sébastien Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Visual Computer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 32 (11), pp.1447-1463. </w:t>
+              <w:t xml:space="preserve">, 2016, 32 (1), pp.15-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00371-015-1132-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00371-014-1052-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01164897v1</w:t>
+                <w:t xml:space="preserve">hal-01164896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual mining of time series using a tubular visualization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On visualizing large multidimensional datasets with a multi-threaded radial approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tianyang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Bouali</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Visual Computer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 32 (1), pp.15-30. </w:t>
+              <w:t xml:space="preserve">Distributed and Parallel Databases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 34 (3), pp.321-345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00371-014-1052-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10619-015-7174-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01164896v1</w:t>
+                <w:t xml:space="preserve">hal-01164913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On visualizing large multidimensional datasets with a multi-threaded radial approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">VizAssist: an interactive user assistant for visual data mining</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Bouali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tianyang Liu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fatma Bouali</w:t>
+                <w:t xml:space="preserve">Abdelheq Guettala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Distributed and Parallel Databases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 34 (3), pp.321-345. </w:t>
+              <w:t xml:space="preserve">The Visual Computer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 32 (11), pp.1447-1463. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10619-015-7174-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00371-015-1132-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01164913v1</w:t>
+                <w:t xml:space="preserve">hal-01164897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding Open Data CSV File Structures for Reuse</w:t>
               </w:r>
@@ -1117,320 +1117,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01165416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouille visuelle de données temporelles avec DataTube2</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">FIBRASCAN: A novel method for 3D white matter tract reconstruction in MR space from cadaveric dissection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Plantard</w:t>
+                <w:t xml:space="preserve">Ilyess Zemmoura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barthélemy Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amina Bouséba</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Andersson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Barantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clovis Tauber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Journal d'Interaction Personne-Système</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/jips.65⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 103, pp.106-118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2014.09.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01021113v1</w:t>
+                <w:t xml:space="preserve">hal-01164888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FIBRASCAN: A novel method for 3D white matter tract reconstruction in MR space from cadaveric dissection</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Barantin</w:t>
+                <w:t xml:space="preserve">Fouille visuelle de données temporelles avec DataTube2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clovis Tauber</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frédéric Plantard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Bouséba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Venturini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2014.09.016⟩</w:t>
+              <w:t xml:space="preserve"> Journal d'Interaction Personne-Système</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Volume 2 (1), pp.Article 4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/jips.65⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01164888v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EXOD: A tool for building and exploring a large graph of open datasets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianyang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4713,364 +4713,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01576056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual Analysis System for Features and Distances Qualitative Assessment: Application to Word Image Matching</w:t>
+                <w:t xml:space="preserve">Construction incrémentale d’une structure hiérarchique pour l’exploration visuelle et interactive de larges collections d’images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Rayar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Barrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th IAPR International Workshop on Document Analysis Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Santorini, Greece</w:t>
+              <w:t xml:space="preserve">16e Conférence Internationale Francophone sur l'Extraction et Gestion des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01315646v1</w:t>
+                <w:t xml:space="preserve">hal-01315642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction incrémentale d’une structure hiérarchique pour l’exploration visuelle et interactive de larges collections d’images</w:t>
+                <w:t xml:space="preserve">APoD eXplorer: Recommendation System and Interactive Exploration of a Dynamic Image Collection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Rayar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Barrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16e Conférence Internationale Francophone sur l'Extraction et Gestion des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Reims, France</w:t>
+              <w:t xml:space="preserve">20th International Conference on Information Visualisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01315642v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01315653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">APoD eXplorer: Recommendation System and Interactive Exploration of a Dynamic Image Collection</w:t>
+                <w:t xml:space="preserve">Visual Analysis System for Features and Distances Qualitative Assessment: Application to Word Image Matching</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Rayar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanmoy Mondal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Barrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Conference on Information Visualisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">12th IAPR International Workshop on Document Analysis Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Santorini, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01315653v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01315646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de la fermeture coloniale chez les fourmis pour la classification non- supervisée</w:t>
               </w:r>
@@ -5145,299 +5145,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01247359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">POIViz: a fast interactive method for visualizing a large collection of Open datasets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tianyang Liu</w:t>
+                <w:t xml:space="preserve">An Approximate Proximity Graph Incremental Construction for Large Image Collections Indexing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rayar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Barrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venturini Gilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference Information Visualisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">ISMIS 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01170319v1</w:t>
+                <w:t xml:space="preserve">hal-01223485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">And the user said: &amp;quot;Don't leave me alone!</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">POIViz: a fast interactive method for visualizing a large collection of Open datasets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tianyang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Bouali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venturini Gilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Conference Information Visualisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01170323v1</w:t>
+                <w:t xml:space="preserve">hal-01170319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Approximate Proximity Graph Incremental Construction for Large Image Collections Indexing</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">And the user said: &amp;quot;Don't leave me alone!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venturini Gilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMIS 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">19th International Conference Information Visualisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01223485v1</w:t>
+                <w:t xml:space="preserve">hal-01170323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information Visualization for CSV Open Data files structure analysis</w:t>
               </w:r>
@@ -5665,51 +5665,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DataTube4log: A Visual Tool for Mining Multi-threaded Software Logs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6071,77 +6071,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brain Virtual Dissection and White Matter 3D Visualization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barthélemy Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilyess Zemmoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clovis Tauber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Destrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6183,51 +6183,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualisation radiale : approche parallèle entre CPU et GPU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianyang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6887,90 +6887,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FIBRATLAS: a method for cerebral white matter tracts dissection monitoring and 3D reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilyess Zemmoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barthélemy Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clovis Tauber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7025,51 +7025,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acquisition, visualisation 3D et interactions pour le suivi de dissection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barthélemy Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilyess Zemmoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7373,277 +7373,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01037975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acquisition and Interactive 3D Exploration of the Internal Structure of a Specimen</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Développement d'une technique de suivi de dissection des fibres blanches cérébrales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilyess Zemmoura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barthélemy Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clovis Tauber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Engineering in Medicine &amp; Biology Society Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Boston, United States. pp.4461-4464</w:t>
+              <w:t xml:space="preserve">Neurochirurgie 2011 - Société Française de Neurochirurgie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01024580v1</w:t>
+                <w:t xml:space="preserve">hal-01037961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'une technique de suivi de dissection des fibres blanches cérébrales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Acquisition and Interactive 3D Exploration of the Internal Structure of a Specimen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barthélemy Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilyess Zemmoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Barthélemy Serres</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Destrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clovis Tauber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurochirurgie 2011 - Société Française de Neurochirurgie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Dijon, France</w:t>
+              <w:t xml:space="preserve">IEEE Engineering in Medicine &amp; Biology Society Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Boston, United States. pp.4461-4464</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01037961v1</w:t>
+                <w:t xml:space="preserve">hal-01024580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premiers résultats pour un assistant utilisateur en fouille visuelle de données</w:t>
               </w:r>
@@ -7940,51 +7940,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FIBRATLAS: a novel method for visualization of white matter tracts dissection. Preliminary result</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Destrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilyess Zemmoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barthélemy Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8685,51 +8685,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01037893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A system for the acquisition, interactive exploration and annotation of stereoscopic image</w:t>
+                <w:t xml:space="preserve">Acquisition, visualization and exploration of stereoscopic images of skin with virtual reality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Benzeroual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Haouach</w:t>
@@ -8747,73 +8747,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Guinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Conference on Artificial Intelligence in Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Verone, Italy. pp.156-160</w:t>
+              <w:t xml:space="preserve">ISBS Congress (International Society for Biophysics and Imaging of the Skin)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Besançon, France. pp.112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01024523v1</w:t>
+                <w:t xml:space="preserve">hal-01024527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acquisition, annotation and interactive exploration of stereo images with virtual reality</w:t>
               </w:r>
@@ -8901,51 +8901,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01024560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acquisition, visualization and exploration of stereoscopic images of skin with virtual reality</w:t>
+                <w:t xml:space="preserve">A system for the acquisition, interactive exploration and annotation of stereoscopic image</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Benzeroual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Haouach</w:t>
@@ -8963,73 +8963,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Guinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISBS Congress (International Society for Biophysics and Imaging of the Skin)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, Besançon, France. pp.112</w:t>
+              <w:t xml:space="preserve">12th Conference on Artificial Intelligence in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Verone, Italy. pp.156-160</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01024527v1</w:t>
+                <w:t xml:space="preserve">hal-01024523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode de découverte visuelle et interactive d'un partitionnement de données dans un graphe de voisinage construit par des fourmis artificielles</w:t>
               </w:r>
@@ -9244,51 +9244,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visual mining of web logs with DataTube2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Sureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Plantard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10227,217 +10227,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01024515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">POI3D : généralisation d'une méthode de visualisation 2D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David da Costa</w:t>
+                <w:t xml:space="preserve">Incremental Construction of Neighborhood Graphs using the Ants Self-Assembly Behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanene Azzag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lavergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Guinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes Rencontres Inter-Associations, Recherche et extraction d'information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2007, Toulouse, France</w:t>
+              <w:t xml:space="preserve">19th annual IEEE International Conference on Tools with Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Patrace, Greece. pp.399-406</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01037872v1</w:t>
+                <w:t xml:space="preserve">hal-01024501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incremental Construction of Neighborhood Graphs using the Ants Self-Assembly Behavior</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christiane Guinot</w:t>
+                <w:t xml:space="preserve">POI3D : généralisation d'une méthode de visualisation 2D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th annual IEEE International Conference on Tools with Artificial Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Patrace, Greece. pp.399-406</w:t>
+              <w:t xml:space="preserve">3èmes Rencontres Inter-Associations, Recherche et extraction d'information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01024501v1</w:t>
+                <w:t xml:space="preserve">hal-01037872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On data clustering with bio-inspired algorithms</w:t>
               </w:r>
@@ -11147,502 +11147,502 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01037869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification par automate cellulaire appliqué à l'apprentissage de cartes de pages web</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hanene Azzag</w:t>
+                <w:t xml:space="preserve">Classification visuelle et interactive de données en utilisant des points d'intérêt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christiane Guinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2èmes Rencontres Inter-Associations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Lyon, France. pp.38-39</w:t>
+              <w:t xml:space="preserve">13ème Rencontres de la Société Francophone de Classification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Metz, France. pp.77-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01037866v1</w:t>
+                <w:t xml:space="preserve">hal-01037870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de points d'intérêt pour la classification interactive de données</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generating Maps of Web Pages using Cellular Automata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanene Azzag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ratsimba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Guinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2èmes Rencontres Inter-Associations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Lyon, France. pp.40-41</w:t>
+              <w:t xml:space="preserve">Fifteenth International World Wide Web Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, edinburgh, United Kingdom. pp.935-936</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01037864v1</w:t>
+                <w:t xml:space="preserve">hal-01024493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouille visuelle de données</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Classification par automate cellulaire appliqué à l'apprentissage de cartes de pages web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ratsimba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanene Azzag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Guinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apprentissage Artificiel et Fouille de Données</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Paris, France</w:t>
+              <w:t xml:space="preserve">2èmes Rencontres Inter-Associations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Lyon, France. pp.38-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01023664v1</w:t>
+                <w:t xml:space="preserve">hal-01037866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating Maps of Web Pages using Cellular Automata</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Utilisation de points d'intérêt pour la classification interactive de données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David da Costa</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christiane Guinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fifteenth International World Wide Web Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2006, edinburgh, United Kingdom. pp.935-936</w:t>
+              <w:t xml:space="preserve">2èmes Rencontres Inter-Associations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Lyon, France. pp.40-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01024493v1</w:t>
+                <w:t xml:space="preserve">hal-01037864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification visuelle et interactive de données en utilisant des points d'intérêt</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fouille visuelle de données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème Rencontres de la Société Francophone de Classification</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Metz, France. pp.77-80</w:t>
+              <w:t xml:space="preserve">Apprentissage Artificiel et Fouille de Données</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01037870v1</w:t>
+                <w:t xml:space="preserve">hal-01023664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Interactive Visualization Environment for Data Exploration Using Points of Interest</w:t>
               </w:r>
@@ -12364,51 +12364,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incremental hierarchical indexing and visualisation of large image collections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Rayar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Barrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12787,311 +12787,311 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01213317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in Knowledge Discovery and Management Volume 4</w:t>
-[...59 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Proceedings of the 18th International Conference on Information Visualization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-02999-3⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ebad Banissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.W. Mck. Bannatyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis T. Marchese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Sarfraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Ursyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00909590v1</w:t>
+                <w:t xml:space="preserve">hal-01170330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proceedings of the 18th International Conference on Information Visualization</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Advances in Knowledge Discovery and Management Volume 4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Venturini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Abdelkader Zighed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabrice Guillet, Bruno Pinaud, Gilles Venturini, Djamel Abdelkader Zighed. Springer, 527, pp.175, 2014, Studies in Computational Intelligence, 978-3-319-02998-6 (Print) 978-3-319-02999-3 (Online). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-02999-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muhammad Sarfraz</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-01170330v1</w:t>
+                <w:t xml:space="preserve">hal-00909590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceedings of the 17th International Conference on Information Visualization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ebad Banissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanene Azzag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.W. Mck. Bannatyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Bertschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13249,51 +13249,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceedings of the 16th International Conference on Information Visualisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ebad Banissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Bertschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14550,51 +14550,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction d'un graphe de proximité pour l'exploration de larges collections d'images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Rayar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Barrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14651,51 +14651,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration visuelle et interactive d'une large collection d'images en libre accès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Rayar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Barrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15367,51 +15367,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448628v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Walle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Makris" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Mofid" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Aguillon-Hernandez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wardak" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610027v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;lemy Serres" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venturini Gilles" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril de Runz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12052308" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267722v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Martineau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raveaux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatello Conte" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Venturini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2021.06.008" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758990v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2018.03.031" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441203v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martineau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Arnault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Munier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2016.12.020" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164897v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Bouali" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelheq Guettala" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-015-1132-9" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164896v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Devaux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-014-1052-0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164913v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyang Liu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10619-015-7174-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165416v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Carvalho" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Hitzelberger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021113v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plantard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Bous&#233;ba" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.65" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164888v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyess Zemmoura" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andersson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barantin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Tauber" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2014.09.016" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L5L057C9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164908v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2013.11.014" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8048WBR4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021082v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lafon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Guinot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022647v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022636v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021086v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanene Azzag" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021072v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lavergne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023047v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sureau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021077v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haouach" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benzeroual" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023044v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David da Costa" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023042v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462132v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Picarougne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020923v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020927v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Olivier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020911v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023040v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Mokadem" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588283v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Monmarch&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Slimane" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-739X(00)00047-9" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MCQWCMZL-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184805v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gascuel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Bouchon-Meunier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Caraux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gallinari" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gu&#233;noche" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218001498000336" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-05158406v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Aubouin-Bonnaventure" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinan Geoffrey" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chevalier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Serres" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510218v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Praveen Soni" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-04183569v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV60283.2023.00023" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344621v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Crulis" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161529v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barthelemy Serres" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3555776.3577674" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723931v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Lipinska" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hildenbrand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rolland" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868784v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601058v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV53921.2021.00026" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04251822v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shivani Shah" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Henri Sublemontier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASONAM.2018.8508287" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601076v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV51561.2020.00072" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887615v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chatelain" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01449-0_36" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866627v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576056v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315646v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rayar" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanmoy Mondal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barrat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315642v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315653v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247359v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Labroche" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Monmarch&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170319v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170323v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223485v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165422v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Otjacques" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165420v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164928v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094436v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Razafindramanana" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027463v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027494v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027478v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Destrieux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01045197v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027485v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Liu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bangash Ahmed" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027480v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027484v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027490v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024588v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelheq Et-Tahir Guettala" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037966v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024584v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andersson" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037958v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023684v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023686v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037975v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024580v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037961v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037946v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037922v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023676v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024575v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bourry" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037939v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Latreille" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037931v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037891v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037896v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024565v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037893v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024523v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024560v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024527v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037910v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037901v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024570v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024525v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037890v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024520v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024518v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037883v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037888v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037884v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037886v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024515v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037872v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024501v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023674v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024505v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024509v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037881v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Chalet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037877v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chalet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037873v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037869v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ratsimba" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Alarabi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037866v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037864v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023664v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024493v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037870v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024477v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032068v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024480v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037867v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247365v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247362v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247371v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddie-Jeanne Richard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lenoir" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315650v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090410v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boudon-Machuel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396912v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guillet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pinaud" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45763-5" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213317v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Abdelkader Zighed" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23751-0" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00909590v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02999-3" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170330v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebad Banissi" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.W. Mck. Bannatyne" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis T. Marchese" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Sarfraz" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ursyn" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170336v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Bertschi" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827235v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35855-5" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067802v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Forsell" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Johansson" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kenderdine" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067803v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067761v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Lebbah" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067757v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067756v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067755v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Noirhomme-Fraiture" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067753v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Reynaud" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067292v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445173v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067290v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067291v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067262v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Reynaud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293663v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Beugnon" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chameron" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168725v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168720v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067881v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067877v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163536v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678131v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849767v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448628v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Walle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Makris" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Mofid" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Aguillon-Hernandez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wardak" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610027v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;lemy Serres" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venturini Gilles" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril de Runz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12052308" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267722v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Martineau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raveaux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatello Conte" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Venturini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2021.06.008" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758990v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2018.03.031" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441203v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martineau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Arnault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Munier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2016.12.020" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164896v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Bouali" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Devaux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-014-1052-0" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164913v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyang Liu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10619-015-7174-1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164897v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelheq Guettala" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-015-1132-9" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165416v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Carvalho" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Hitzelberger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164888v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyess Zemmoura" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andersson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barantin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Tauber" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2014.09.016" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L5L057C9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021113v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plantard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Bous&#233;ba" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jips.65" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164908v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2013.11.014" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8048WBR4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021082v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lafon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Guinot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022647v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022636v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021086v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanene Azzag" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021072v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lavergne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023047v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sureau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021077v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haouach" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benzeroual" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023044v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David da Costa" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023042v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462132v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Picarougne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020923v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020927v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Olivier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020911v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023040v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Mokadem" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588283v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Monmarch&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Slimane" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-739X(00)00047-9" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MCQWCMZL-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184805v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gascuel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Bouchon-Meunier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Caraux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gallinari" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gu&#233;noche" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218001498000336" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-05158406v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Aubouin-Bonnaventure" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinan Geoffrey" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chevalier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Serres" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510218v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Praveen Soni" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-04183569v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV60283.2023.00023" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344621v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Crulis" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161529v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barthelemy Serres" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3555776.3577674" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723931v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Lipinska" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hildenbrand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rolland" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868784v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601058v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV53921.2021.00026" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04251822v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shivani Shah" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Henri Sublemontier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASONAM.2018.8508287" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601076v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV51561.2020.00072" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887615v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chatelain" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01449-0_36" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866627v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576056v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315642v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rayar" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barrat" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315653v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315646v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanmoy Mondal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247359v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Labroche" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Monmarch&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223485v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170319v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170323v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165422v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Otjacques" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165420v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164928v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094436v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Razafindramanana" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027463v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027494v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027478v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Destrieux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01045197v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027485v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Liu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bangash Ahmed" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027480v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027484v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027490v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024588v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelheq Et-Tahir Guettala" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037966v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024584v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andersson" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037958v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023684v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023686v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037975v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037961v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024580v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037946v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037922v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023676v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024575v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bourry" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037939v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Latreille" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037931v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037891v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037896v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024565v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037893v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024527v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024560v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024523v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037910v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037901v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024570v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024525v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037890v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024520v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024518v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037883v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037888v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037884v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037886v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024515v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024501v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037872v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023674v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024505v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024509v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037881v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Chalet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037877v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chalet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037873v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037869v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ratsimba" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Alarabi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037870v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024493v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037866v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037864v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023664v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024477v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032068v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024480v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01037867v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247365v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247362v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247371v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddie-Jeanne Richard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lenoir" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315650v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090410v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boudon-Machuel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396912v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guillet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pinaud" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45763-5" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213317v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Abdelkader Zighed" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23751-0" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170330v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebad Banissi" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.W. Mck. Bannatyne" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis T. Marchese" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Sarfraz" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ursyn" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00909590v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02999-3" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170336v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Bertschi" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827235v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35855-5" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067802v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Forsell" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Johansson" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Kenderdine" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067803v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067761v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Lebbah" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067757v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067756v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067755v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Noirhomme-Fraiture" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067753v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Reynaud" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067292v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445173v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067290v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067291v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067262v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Reynaud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293663v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Beugnon" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chameron" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168725v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168720v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067881v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067877v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163536v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678131v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849767v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>