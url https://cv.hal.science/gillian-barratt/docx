--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -770,295 +770,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03282875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyclodextrin Complexation Studies as the First Step for Repurposing of Chlorpromazine</w:t>
+                <w:t xml:space="preserve">Evaluation of the size distribution of a multimodal dispersion of polymer nanoparticles by microscopy after different methods of deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhiqiang Wang</w:t>
+                <w:t xml:space="preserve">F. Varenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Landy</w:t>
+                <w:t xml:space="preserve">Laurent Devoille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christina Sizun</w:t>
+                <w:t xml:space="preserve">A. Makky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Cézard</w:t>
+                <w:t xml:space="preserve">N. Feltin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Solgadi</w:t>
+                <w:t xml:space="preserve">Frederic Violleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 584, pp.119391. </w:t>
+              <w:t xml:space="preserve">Journal of Drug Delivery Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 60, pp.102047. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2020.119391⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jddst.2020.102047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02885940v1</w:t>
+                <w:t xml:space="preserve">hal-02948154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the size distribution of a multimodal dispersion of polymer nanoparticles by microscopy after different methods of deposition</w:t>
+                <w:t xml:space="preserve">Cyclodextrin Complexation Studies as the First Step for Repurposing of Chlorpromazine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Varenne</w:t>
+                <w:t xml:space="preserve">Zhiqiang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Devoille</w:t>
+                <w:t xml:space="preserve">David Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Makky</w:t>
+                <w:t xml:space="preserve">Christina Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Feltin</w:t>
+                <w:t xml:space="preserve">Christine Cézard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Violleau</w:t>
+                <w:t xml:space="preserve">Audrey Solgadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Drug Delivery Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 60, pp.102047. </w:t>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 584, pp.119391. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jddst.2020.102047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2020.119391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02948154v1</w:t>
+                <w:t xml:space="preserve">hal-02885940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction of dequalinium chloride with phosphatidylcholine bilayers: A biophysical study with consequences on the development of lipid-based mitochondrial nanomedicines</w:t>
               </w:r>
@@ -1178,51 +1178,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of zeta potential of nanomaterials by electrophoretic light scattering: Fast field reversal versus Slow field reversal modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-B. Coty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1994,51 +1994,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards quality assessed characterization of nanomaterial Transfer of validated protocols for size measurement by dynamic light scattering and evaluation of zeta potential by electrophoretic light scattering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Rustique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5423,51 +5423,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397306v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#7843;nh H&#432;ng Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cailleau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Fournier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Augis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Mercier-Nom&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2025.126439" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149201v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Lipa Castro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pomel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indira Dennemont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2022.121985" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149192v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Loiseau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaluvu Balaraman" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Barratt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Durand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27072313" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236211v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Lipa-Castro" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nicolas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Angelova" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlene Mekhloufi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Prost" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2021.120688" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282875v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885940v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqiang Wang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Landy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Sizun" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C&#233;zard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Solgadi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2020.119391" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948154v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Varenne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Devoille" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Makky" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Feltin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Violleau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jddst.2020.102047" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183686v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Sauvage" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Legrand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Roux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Rajkovic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M. Weiss" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2018.11.059" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983998v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Coty" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Botton" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X. Legrand" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hillaireau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.06.062" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370629v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjer Brihoum" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mhamed Maiza" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Sahali" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Boulmeltout" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s2175-97902018000117396" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370592v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreza Rochelle Do Vale Morais" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Xavier-Jr Humberto" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;verton Do Nascimento Alencar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Melo de Oliveira" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nednaldo Dantas Santos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2018.1536883" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02096216v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Fattal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walhan Al-Shaer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Denis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Brotin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2018.06.001" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q4C5BW1J-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370461v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreza Rochelle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vale Morais" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Leandro Silva" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2018.07.017" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370644v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Mhidi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oum El Bouaghi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Zellagui" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Benguedouar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4103/pm.pm_611_17" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02202415v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rustique" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Botton" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -B. Coty" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lanusse" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2017.06.006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02193637v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Menotti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alanio" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Sturny-Lecl&#232;re" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vitry" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2017.08.017" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106211v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Putaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Santoni" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Tfaili" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fourmentin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2017.07.007" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092710v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Humberto Xavier J&#250;nior" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jcsb.2016.1136" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437495v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Varenne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Merlet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Hillaireau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fx Legrand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2016.10.016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044338v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Melo De Oliveira" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Rodrigues Marcelino" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2016.02.047" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929319v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Menez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Buyse" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Robert Farinotti" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11745-007-3026-8" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9FSZ3W08-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929445v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dugave" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Farinotti" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-006-9170-7" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B981470A4CCC69FF3697E6F43D239DA3E0AF165D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00212128v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Martina" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wilhelm" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine M&#233;nager" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2007.05.025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-14S13SNT-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929439v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Legrand" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rosilio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Lesieur" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/mp0601143" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180715v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bochot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxandra Gref" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Raatjes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2007.05.054" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5DHFMN5D-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929308v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929314v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chacun" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2005.11.008" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-47TV2961-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929432v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Besnard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M Loiseau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00837-06" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180717v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M&#233;nez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385441v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Carla Furtado Mosqueira" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162333v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Fortin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cl&#233;ment" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja0516460" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-BT8GL9WB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385448v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385449v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Soury" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barratt" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ah-Leung" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Legrand" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chacun" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-005-5881-4" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313184v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Merhi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aw Coleman" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Devissaguet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gm Barratt" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173151v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gazeau" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173063v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282900v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canh-Hung Nguyen" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-53069-3_2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188138v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Larabi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Legrand" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285762v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397306v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#7843;nh H&#432;ng Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cailleau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Fournier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Augis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Mercier-Nom&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2025.126439" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149201v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Lipa Castro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pomel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indira Dennemont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2022.121985" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149192v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Loiseau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaluvu Balaraman" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Barratt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Durand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27072313" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236211v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Lipa-Castro" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nicolas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Angelova" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlene Mekhloufi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Prost" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2021.120688" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282875v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948154v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Varenne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Devoille" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Makky" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Feltin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Violleau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jddst.2020.102047" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885940v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqiang Wang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Landy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Sizun" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C&#233;zard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Solgadi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2020.119391" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183686v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Sauvage" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Legrand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Roux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Rajkovic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M. Weiss" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2018.11.059" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983998v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Coty" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Botton" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X. Legrand" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hillaireau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.06.062" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370629v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjer Brihoum" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mhamed Maiza" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Sahali" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Boulmeltout" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s2175-97902018000117396" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370592v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreza Rochelle Do Vale Morais" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Xavier-Jr Humberto" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;verton Do Nascimento Alencar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Melo de Oliveira" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nednaldo Dantas Santos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2018.1536883" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02096216v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Fattal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walhan Al-Shaer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Denis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Brotin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2018.06.001" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q4C5BW1J-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370461v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreza Rochelle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vale Morais" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Leandro Silva" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2018.07.017" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370644v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Mhidi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oum El Bouaghi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Zellagui" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Benguedouar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4103/pm.pm_611_17" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02202415v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rustique" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Botton" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -B. Coty" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lanusse" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2017.06.006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02193637v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Menotti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alanio" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Sturny-Lecl&#232;re" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vitry" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2017.08.017" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106211v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Putaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Santoni" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Tfaili" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fourmentin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2017.07.007" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092710v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Humberto Xavier J&#250;nior" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jcsb.2016.1136" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437495v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Varenne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Merlet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Hillaireau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fx Legrand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2016.10.016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044338v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Melo De Oliveira" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Rodrigues Marcelino" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2016.02.047" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929319v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Menez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Buyse" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Robert Farinotti" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11745-007-3026-8" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9FSZ3W08-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929445v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dugave" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Farinotti" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-006-9170-7" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B981470A4CCC69FF3697E6F43D239DA3E0AF165D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00212128v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Martina" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wilhelm" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine M&#233;nager" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2007.05.025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-14S13SNT-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929439v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Legrand" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rosilio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Lesieur" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/mp0601143" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180715v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bochot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxandra Gref" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Raatjes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2007.05.054" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5DHFMN5D-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929308v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929314v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chacun" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2005.11.008" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-47TV2961-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929432v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Besnard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M Loiseau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00837-06" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180717v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M&#233;nez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385441v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Carla Furtado Mosqueira" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162333v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Fortin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cl&#233;ment" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja0516460" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-BT8GL9WB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385448v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385449v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Soury" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barratt" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ah-Leung" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Legrand" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chacun" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-005-5881-4" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313184v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Merhi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aw Coleman" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Devissaguet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gm Barratt" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173151v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gazeau" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173063v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282900v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canh-Hung Nguyen" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-53069-3_2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188138v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Larabi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Legrand" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285762v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>