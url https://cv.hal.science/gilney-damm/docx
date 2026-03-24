--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1464,1893 +1464,1893 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03549055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability Analysis of Grid-Forming MMC-HVDC Transmission Connected to Legacy Power Systems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alessio Iovine</w:t>
+                <w:t xml:space="preserve">Nonlinear control for modular multilevel converters with enhanced stability region and arbitrary closed loop dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guacira Costa De Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Renato Monaro</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renato Machado Monaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís F.N. Lourenço</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Jimenez Carrizosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en14238017⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126, pp.106590 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijepes.2020.106590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03465507v1</w:t>
+                <w:t xml:space="preserve">hal-03492871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel distributed supplementary control of Multi-Terminal VSC-HVDC grids for rotor angle stability enhancement of AC/DC systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juan Carlos Gonzalez Torres</w:t>
+                <w:t xml:space="preserve">Stability Analysis of Grid-Forming MMC-HVDC Transmission Connected to Legacy Power Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Lourenço</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filipe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Iovine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Costan</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Renato Monaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TPWRS.2020.3030538⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (23), 25p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en14238017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03498790v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03465507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Unified Controller for Multi-State Operation of the Bi-Directional Buck-Boost DC-DC Converter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriel R Broday</w:t>
+                <w:t xml:space="preserve">A novel distributed supplementary control of Multi-Terminal VSC-HVDC grids for rotor angle stability enhancement of AC/DC systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Carlos Gonzalez Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Costan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Pasillas-Lépine</w:t>
+                <w:t xml:space="preserve">Abdelkrim Benchaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luiz Ac Lopes</w:t>
+                <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 14 (23), 21p. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36 (1), 12p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/en14237921⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TPWRS.2020.3030538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03483410v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03498790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear control for modular multilevel converters with enhanced stability region and arbitrary closed loop dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Unified Controller for Multi-State Operation of the Bi-Directional Buck-Boost DC-DC Converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel R Broday</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilney Damm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guacira Costa De Oliveira</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Renato Machado Monaro</w:t>
+                <w:t xml:space="preserve">William Pasillas-Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luís F.N. Lourenço</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Luiz Ac Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 126, pp.106590 -. </w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (23), 21p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijepes.2020.106590⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/en14237921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03492871v1</w:t>
+                <w:t xml:space="preserve">hal-03483410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control-Induced Time-Scale Separation for Multiterminal High-Voltage Direct Current Systems Using Droop Control</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Miguel Jiménez Carrizosa</w:t>
+                <w:t xml:space="preserve">Stability Analysis of a DC MicroGrid for a Smart Railway Station Integrating Renewable Sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filipe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Iovine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilia Galai Dol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 28 (3), pp.967--983. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TCST.2019.2901343⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 28 (5), pp.1802--1816. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TCST.2019.2924615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02090569v1</w:t>
+                <w:t xml:space="preserve">hal-02501313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability Analysis of a DC MicroGrid for a Smart Railway Station Integrating Renewable Sources</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alessio Iovine</w:t>
+                <w:t xml:space="preserve">Transient stability of power systems with embedded VSC-HVDC links: Stability margins analysis and Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Carlos Gonzalez-Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Paulo Ribeiro</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Costan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TCST.2019.2924615⟩</w:t>
+              <w:t xml:space="preserve">IET Generation, Transmission and Distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (17), pp.3377 - 3388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/iet-gtd.2019.1074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02501313v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02923391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient stability of power systems with embedded VSC-HVDC links: Stability margins analysis and Control</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Control-Induced Time-Scale Separation for Multiterminal High-Voltage Direct Current Systems Using Droop Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yijing Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Carlos Gonzalez-Torres</w:t>
+                <w:t xml:space="preserve">Miguel Jiménez Carrizosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valentin Costan</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ming Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IET Generation, Transmission and Distribution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 14 (17), pp.3377 - 3388. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (3), pp.967--983. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/iet-gtd.2019.1074⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TCST.2019.2901343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02923391v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02090569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Control for Isolated DC MicroGrids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Filipe Perez</w:t>
+                <w:t xml:space="preserve">Nonlinear control of a DC MicroGrid for the integration of distributed generation based on different time scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabah Benamane Siad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Malkawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Paulo Ribeiro</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilia Galai-Dol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Africaine de Recherche en Informatique et Mathématiques Appliquées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/arima.5356⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 111, pp.93--100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijepes.2019.03.073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01794914v4</w:t>
+                <w:t xml:space="preserve">hal-02090612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Control for DC MicroGrids enabling Efficient Renewable Power Integration and Ancillary Services for AC grids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Miguel Jimenez-Carrizosa Jimenez Carrizosa</w:t>
+                <w:t xml:space="preserve">Nonlinear Control for Isolated DC MicroGrids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filipe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pedro Alou</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Lamnabhi-Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TPWRS.2018.2871369⟩</w:t>
+              <w:t xml:space="preserve">Revue Africaine de Recherche en Informatique et Mathématiques Appliquées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Special Issue "MADEV Health and Energy". Editors : F. Lamnabhi-Lagarrigue and N. Yousfi, Volume 30 - 2019 - MADEV health and energy (2017), pp.103 - 122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/arima.5356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02090548v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01794914v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Power management for a DC MicroGrid integrating renewables and storages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Iovine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Rigaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena de Santis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Domenica Di Benedetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Control Engineering Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 85, pp.59--79. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.conengprac.2019.01.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02006932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear Control for DC Microgrids Enabling Efficient Renewable Power Integration and Ancillary Services for AC Grids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Iovine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Jimenez Carrizosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Alou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 34 (6), pp.5136-5146. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TPWRS.2018.2871369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02936777v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear control of a DC MicroGrid for the integration of distributed generation based on different time scales</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ahmad Malkawi</w:t>
+                <w:t xml:space="preserve">Nonlinear Control for DC MicroGrids enabling Efficient Renewable Power Integration and Ancillary Services for AC grids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Iovine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Jimenez-Carrizosa Jimenez Carrizosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lilia Galai-Dol</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Alou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijepes.2019.03.073⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 34 (6), pp.5136--5146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPWRS.2018.2871369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02090612v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02090548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Control Strategy for Multiterminal DC Grids with Renewable Production and Storage Devices</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">HVDC protection criteria for transient stability of AC systems with embedded HVDC links</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amir Arzande</w:t>
+                <w:t xml:space="preserve">Juan Carlos Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Costan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilney Damm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Dorado Navas</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alberto Bertinato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Sustainable Energy </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TSTE.2017.2766290⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018 (15), pp.956--960. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/joe.2018.0264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02413605v1</w:t>
+                <w:t xml:space="preserve">hal-02090608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HVDC protection criteria for transient stability of AC systems with embedded HVDC links</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Control Strategy for Multiterminal DC Grids with Renewable Production and Storage Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Jiménez Carrizosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Arzande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Carlos Gonzalez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valentin Costan</w:t>
+                <w:t xml:space="preserve">Fernando Dorado Navas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Bertinato</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 2018 (15), pp.956--960. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Sustainable Energy </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (2), pp.930-939. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/joe.2018.0264⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TSTE.2017.2766290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02090608v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02413605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear Control of a DC MicroGrid for the Integration of Photovoltaic Panels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Iovine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabah Benamane Siad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena de Santis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Domenica Di Benedetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Automation Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 14 (2), pp.524--535. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3397,90 +3397,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new generalized power flow method for multi connected DC grids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Jimenez-Carrizosa Jimenez Carrizosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 74, pp.329-337. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3656,51 +3656,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Dorado Navas,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 65, pp.291--298. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3747,51 +3747,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Output feedback transient stabilization and voltage regulation of synchronous generators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristiano Maria Verrelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Damm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 22 (13), pp.1495-1504. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3935,187 +3935,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00744971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discussion on: &amp;quot;Identification of frequency of biased harmonic signal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robust transient stabilisation problem for a synchronous generator in a power network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristiano Verrelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Control</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 83 (4), pp.816--828. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00207170903453209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00744972v1</w:t>
+                <w:t xml:space="preserve">hal-00744974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust transient stabilisation problem for a synchronous generator in a power network</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Discussion on: &amp;quot;Identification of frequency of biased harmonic signal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Control</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 16 (2), pp.140--142</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00207170903453209⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00744974v1</w:t>
+                <w:t xml:space="preserve">hal-00744972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling And Development Of A 4 Rotors Helicopter Uav</w:t>
               </w:r>
@@ -4313,51 +4313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Marino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 14 (9-10), pp.833-855. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4429,51 +4429,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liu Hsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romeo Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Damm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5252,265 +5252,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04215806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Sequencing Method Of Ground Coils For Dynamic Wireless Power Transfer</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A 30 kW Dynamic Wireless Inductive Charging System for EVs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zariff Meira</w:t>
+                <w:t xml:space="preserve">Gomes Zariff Meira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pinheiro Jose Renes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hassan Moussa</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kadem Karim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Hassan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 Wireless Power Week (WPW)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Conference on Power Electronics and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Hannover, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04215812v1</w:t>
+                <w:t xml:space="preserve">hal-04215811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 30 kW Dynamic Wireless Inductive Charging System for EVs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gomes Zariff Meira</w:t>
+                <w:t xml:space="preserve">Efficient Sequencing Method Of Ground Coils For Dynamic Wireless Power Transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Kadem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pinheiro Jose Renes</w:t>
+                <w:t xml:space="preserve">Zariff Meira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Moussa Hassan</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Power Electronics and Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 Wireless Power Week (WPW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.812-817, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9901365⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04215811v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04215812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and dynamic feedback linearization of a 5-switch tri-state buck-boost bidirectional DC-DC converter</w:t>
               </w:r>
@@ -5522,64 +5522,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Broday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Pasillas-Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Lopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Industrial Technology (ICIT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Valencia, Spain. pp.427-432, </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5607,265 +5607,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03445170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Power Flow for a Multi-Energy Vector MicroGrid</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lilia Galai-Dol</w:t>
+                <w:t xml:space="preserve">Dynamic control of embedded HVDC to contribute to transient stability enhancement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Carlos Gonzalez-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Costan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC World Congress 2020</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CIGRE 2020 e-session</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Paris (virtuel), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04400014v1</w:t>
+                <w:t xml:space="preserve">hal-04399990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic control of embedded HVDC to contribute to transient stability enhancement</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valentin Costan</w:t>
+                <w:t xml:space="preserve">Optimal Power Flow for a Multi-Energy Vector MicroGrid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaoyun Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Faille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilia Galai-Dol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIGRE 2020 e-session</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IFAC World Congress 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFAC, Jul 2020, Berlin, Germany. pp.12942-12947, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.2129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04215815v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04400014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive Variable Synthetic Inertia from a Virtual Synchronous Machine Providing Ancillary Services for an AC MicroGrid</w:t>
               </w:r>
@@ -5877,77 +5877,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filipe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Monaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC 2020 - 21st IFAC World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Berlin, Germany. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5981,172 +5981,172 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic control of embedded HVDC to contribute to transient stability enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Carlos Gonzalez-Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Costan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIGRE 2020 e-session</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2020, Paris (virtuel), France</w:t>
+              <w:t xml:space="preserve">, Aug 2020, Paris (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04399990v1</w:t>
+                <w:t xml:space="preserve">hal-04215815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear Control Design for Multi-Terminal Voltage-Sourced Converter High Voltage Direct Current Systems with Zero Dynamics Regulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yijing Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weihuang Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6275,51 +6275,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Iovine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilia Galai-Dol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th European Control Conference (ECC 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Naples, Italy. pp.1418--1423, </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6347,287 +6347,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02290735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regenerative Braking Control for Trains in a DC MicroGrid Using Dynamic Feedback Linearization Techniques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alessio Iovine</w:t>
+                <w:t xml:space="preserve">A Nonlinear Distributed Control Strategy for a DC MicroGrid using Hybrid Energy Storage for Voltage Stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filipe Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilia Galai-Dol</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paulo Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC Workshop on Control of Smart Grid and Renewable Energy Systems (CSGRES 2019)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.08.243⟩</w:t>
+              <w:t xml:space="preserve">58th IEEE Conference on Decision and Control (CDC 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Nice, France. pp.5168-5173, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CDC40024.2019.9028902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02423225v1</w:t>
+                <w:t xml:space="preserve">hal-04400048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Nonlinear Distributed Control Strategy for a DC MicroGrid using Hybrid Energy Storage for Voltage Stability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Filipe Perez</w:t>
+                <w:t xml:space="preserve">Regenerative Braking Control for Trains in a DC MicroGrid Using Dynamic Feedback Linearization Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filipe J. Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Iovine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilia Galai-Dol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Ribeiro</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lilia Galai-Dol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58th IEEE Conference on Decision and Control (CDC 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Nice, France. pp.5168-5173, </w:t>
+              <w:t xml:space="preserve">IFAC Workshop on Control of Smart Grid and Renewable Energy Systems (CSGRES 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Jeju, South Korea. pp.401--406, </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CDC40024.2019.9028902⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.08.243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04400048v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02423225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DC microgrid voltage stability by dynamic feedback linearization</w:t>
               </w:r>
@@ -6769,64 +6769,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena De Santis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Domenica Di Benedetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilia Galai-Dol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th European Control Conference (ECC 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Limassol, Cyprus. pp.1130--1135, </w:t>
@@ -6903,64 +6903,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilia Galai Dol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena de Santis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Domenica Di Benedetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 International Exhibition and Conference for Power Electronics and Energy Management (PCIM 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Nuremberg, Germany. </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6994,51 +6994,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Control of a DC Grid for Railway Stations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabah Benamane Siad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7137,64 +7137,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Iovine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena de Santis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Domenica Di Benedetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th World Congress of the International Federation of Automatic Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.90--95, </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7254,51 +7254,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janailson Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilia Nobile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7352,347 +7352,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01629540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability criterion for the maximum clearing time of a DFIG: An equal area criterion's equivalent for induction generators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nonlinear control of an AC-connected DC MicroGrid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Iovine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janailson Rodrigues Lima</w:t>
+                <w:t xml:space="preserve">S.B. Siad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alexander Schwery</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena de Santis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Domenica Di Benedetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th European Conference on Power Electronics and Applications (EPE 2016 ECCE Europe)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">42nd Conference of the Industrial Electronics Society (IECON 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Florence, Italy. pp.4193--4198, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2016.7793917⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01409520v1</w:t>
+                <w:t xml:space="preserve">hal-01459283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear control of an AC-connected DC MicroGrid</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S.B. Siad</w:t>
+                <w:t xml:space="preserve">Stability criterion for the maximum clearing time of a DFIG: An equal area criterion's equivalent for induction generators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janailson Rodrigues Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maria Domenica Di Benedetto</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilia Nobile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Schwery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd Conference of the Industrial Electronics Society (IECON 2016)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">18th European Conference on Power Electronics and Applications (EPE 2016 ECCE Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Karlsruhe, Germany. (elec. proc.)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01459283v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01409520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distributed primary droop control in Multi Terminal High Voltage Direct Current Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Jimenez-Carrizosa Jimenez Carrizosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th IEEE International Symposium on Industrial Electronics (ISIE 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Rio de Janero, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7730,64 +7730,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local and primary controls of a multi-terminal HVDC grid in an experimental setup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Jiménez Carrizosa,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Arzande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7877,51 +7877,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Jiménez Jiménez Carrizosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Bergna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Arzande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8024,51 +8024,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECC 2014 - European Control Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8093,90 +8093,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feedback linearization for the DC voltage control of a VSC-HVDC terminal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yijing Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECC 2014 - European Control Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Strasbourg, France. pp.1999--2004, </w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8236,51 +8236,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jimenez Carrizosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge J. Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Alou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8338,252 +8338,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01133004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Stability and Dynamic Limitations of a VSC Terminal with DC Voltage Droop Control</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Multi-time-scale stability analysis and design conditions of a VSC terminal with DC voltage droop control for HVDC networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yijing Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53rd IEEE Annual Conference on Decision and Control (CDC 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2014, Los Angeles, United States</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Dec 2014, Los Angeles, United States. pp.3266--3271, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CDC.2014.7039894⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01102578v1</w:t>
+                <w:t xml:space="preserve">hal-01172690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-time-scale stability analysis and design conditions of a VSC terminal with DC voltage droop control for HVDC networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Analysis of Stability and Dynamic Limitations of a VSC Terminal with DC Voltage Droop Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yijing Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53rd IEEE Annual Conference on Decision and Control (CDC 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2014, Los Angeles, United States. pp.3266--3271, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Dec 2014, Los Angeles, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CDC.2014.7039894⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01172690v1</w:t>
+                <w:t xml:space="preserve">hal-01102578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilinear and nonlinear control algorithms for a DC/DC converter for Multi-Terminal HVDC networks</w:t>
               </w:r>
@@ -8595,51 +8595,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Jiménez Carrizosa,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Alou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8688,347 +8688,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01159854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control Induced Explicit Time-Scale Separation to Attain DC Voltage Stability for a VSC-HVDC Terminal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yijing Chen</w:t>
+                <w:t xml:space="preserve">Optimal power flow operation of a multi terminal HVDC with renewable sources and energy storages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimenez Carrizosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dorado Navas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Benchaib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th World Congress IFAC</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE IES INDIN14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Porto Alegre, Brazil</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03471096v1</w:t>
+                <w:t xml:space="preserve">hal-01102613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal power flow operation of a multi terminal HVDC with renewable sources and energy storages</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Dorado Navas</w:t>
+                <w:t xml:space="preserve">Control Induced Explicit Time-Scale Separation to Attain DC Voltage Stability for a VSC-HVDC Terminal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yijing Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Netto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE IES INDIN14</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th World Congress IFAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFAC, Aug 2014, Cap Town, South Africa. pp.540-545, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3182/20140824-6-ZA-1003.01298⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01102613v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03471096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Detailed Study on a DC-Voltage-Based Control Scheme Using a Multi-Terminal HVDC System for Frequency Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yijing Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th European Control Conference (ECC 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Zurich, Switzerland. pp.3530--3535, </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9101,51 +9101,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Godpromesse Kenné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th European Control Conference (ECC 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Zurich, Switzerland. pp.3053--3058, </w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9179,51 +9179,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear Adaptive Control of Networked Power Generators with Remote Measurement Units</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janailson Rodrigues Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9264,304 +9264,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00786841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Control Design for a Multi-Terminal VSC-HVDC System</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jing Dai</w:t>
+                <w:t xml:space="preserve">Adaptive control scheme for grid-connected photovoltaic systems with unknown bounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Jaramillo-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Godpromesse Kenné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 European Control Conference (ECC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Zurich, Switzerland. pp.3536 - 3541, </w:t>
+              <w:t xml:space="preserve">11th IFAC International Workshop on Adaptation and Learning in Control and Signal Processing (ALCOSP 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Caen, France. pp.671--676, </w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/ECC.2013.6669665⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3182/20130703-3-FR-4038.00055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00826025v1</w:t>
+                <w:t xml:space="preserve">hal-00880272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive control scheme for grid-connected photovoltaic systems with unknown bounds</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Godpromesse Kenné</w:t>
+                <w:t xml:space="preserve">Nonlinear Control Design for a Multi-Terminal VSC-HVDC System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yijing Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th IFAC International Workshop on Adaptation and Learning in Control and Signal Processing (ALCOSP 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Caen, France. pp.671--676, </w:t>
+              <w:t xml:space="preserve">2013 European Control Conference (ECC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Zurich, Switzerland. pp.3536 - 3541, </w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3182/20130703-3-FR-4038.00055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23919/ECC.2013.6669665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00880272v1</w:t>
+                <w:t xml:space="preserve">hal-00826025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Improved Control Law Using HVDC Systems for Frequency Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Damm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2013 EPRI HVDC &amp; FACTS Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Palo Alto, United States. 5p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9677,64 +9677,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DC transformer for DC/DC connection in HVDC network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimenez Carrizosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Alou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10195,191 +10195,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00764577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MIMO conditional integrator control for unmanned airlaunch</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">WINPOWER Project - Wind energy integration by DC network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on System Theory, Control and Computing (ICSTCC 2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Sinaia, Romania. (elec. proc)</w:t>
+              <w:t xml:space="preserve">EWEA OFFSHORE 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Amsterdam, Netherlands. Poster presentation</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00745014v1</w:t>
+                <w:t xml:space="preserve">hal-00822379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WINPOWER Project - Wind energy integration by DC network</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MIMO conditional integrator control for unmanned airlaunch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Cuong Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Robin Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EWEA OFFSHORE 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Amsterdam, Netherlands. Poster presentation</w:t>
+              <w:t xml:space="preserve">15th International Conference on System Theory, Control and Computing (ICSTCC 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Sinaia, Romania. (elec. proc)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00822379v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00745014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MIMO conditional integrator control for a class of nonlinear systems</w:t>
               </w:r>
@@ -10441,247 +10441,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00744995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en place de session en pédagogie active associé aux Nouvelles Technologies pour l'Enseignement.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Meyne</w:t>
+                <w:t xml:space="preserve">Nonlinear Observability of Aerial Vehicles without GPS Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadidja Benzemrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni L. Santosuosso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque sur l'enseignement des technologies de l'information et des systèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Grenoble, France</w:t>
+              <w:t xml:space="preserve">International Workshop on Human Adaptive Mechatronics (HAM 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Loughborough, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00602002v1</w:t>
+                <w:t xml:space="preserve">hal-00786861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Observability of Aerial Vehicles without GPS Measurements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Khadidja Benzemrane</w:t>
+                <w:t xml:space="preserve">Mise en place de session en pédagogie active associé aux Nouvelles Technologies pour l'Enseignement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Meyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Giovanni L. Santosuosso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Human Adaptive Mechatronics (HAM 2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Loughborough, United Kingdom</w:t>
+              <w:t xml:space="preserve">Colloque sur l'enseignement des technologies de l'information et des systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00786861v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00602002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust transient stabilization of a synchronous generator in an uncertain power network with transfer conductances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristiano Maria Verrelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11064,239 +11064,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00969339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and development of a quadrotor UAV</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unmanned aerial vehicle speed estimation via nonlinear adaptive observers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadidja Benzemrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni L. Santosuosso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Naoufel Azouz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd US-European Competition and Workshop on Micro Air Vehicle Systems (MAV07) &amp; European Micro Air Vehicle Conference and Flight Competition (EMAV2007)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">26th American Control Conference (ACC 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, New York, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACC.2007.4282827⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00342879v1</w:t>
+                <w:t xml:space="preserve">hal-00342774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unmanned aerial vehicle speed estimation via nonlinear adaptive observers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling and development of a quadrotor UAV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadidja Benzemrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naoufel Azouz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th American Control Conference (ACC 2007)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">3rd US-European Competition and Workshop on Micro Air Vehicle Systems (MAV07) &amp; European Micro Air Vehicle Conference and Flight Competition (EMAV2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACC.2007.4282827⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00342774v1</w:t>
+                <w:t xml:space="preserve">hal-00342879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and development of a 4 rotors helicopter UAV</w:t>
               </w:r>
@@ -11403,51 +11403,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transient Stabilization of a Synchronous Generator in a Multimachine Power Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Marino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11833,51 +11833,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transient Stabilization of a Synchronous Generator in a Multimachine Power Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Marino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11941,77 +11941,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive Nonlinear Excitation Control of Synhronous Generators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Marino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonlinear and Adaptive Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 978-3-540-45802-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12049,64 +12049,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive Nonlinear Excitation Control of Synchronous Generators with Unknown Mechanical Power</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Marino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonlinear Control in the Year 2000</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 978-1-85233-364-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12163,103 +12163,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method for Controlling an Electricity Transmission Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Carlos Gonzalez Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Costan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : DK3991263T3. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -12281,90 +12281,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method for controlling an electrical transmission network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Costan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilney Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Benchaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lamnabhi-Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Luscan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12421,51 +12421,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Costan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Damm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Benchaïb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12682,51 +12682,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04991883v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zariff M Gomes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Moussa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Gall" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edemar O Prado" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilney Damm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2025.106270" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04991778v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zariff Gomes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edemar Prado" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ripoll" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JESTPE.2025.3532851" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740360v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Louren&#231;o" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Iovine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfeu Filho" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2024.3467808" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04991920v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erico Gurski" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Kuiava" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Perez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael a S Benedito" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17174370" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04213501v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guacira Costa de Oliveira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Machado Monaro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jimenez Carrizosa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16186713" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04213485v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Maria Verrelli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Ribeiro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2023.3234282" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482768v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Marino" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizio Tomei" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2021.3062174" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03761236v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Alou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSG.2022.3156693" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04213516v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel R Broday" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz a C Lopes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15217923" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04213559v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s F Normandia Louren&#231;o" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Louni" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Netto" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monssef Drissi-Habti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15239016" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549055v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabah B Siad" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Galai Dol" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15030969" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03465507v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Monaro" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14238017" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498790v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Gonzalez Torres" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Costan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Benchaid" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lamnabhi-Lagarrigue" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRS.2020.3030538" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483410v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Pasillas-L&#233;pine" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Ac Lopes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14237921" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492871v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guacira Costa De Oliveira" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s F.N. Louren&#231;o" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2020.106590" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090569v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijing Chen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jim&#233;nez Carrizosa" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Li" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2019.2901343" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501313v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2019.2924615" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02923391v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Gonzalez-Torres" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Benchaib" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-gtd.2019.1074" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794914v4" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lamnabhi-Lagarrigue" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/arima.5356" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090548v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jimenez-Carrizosa Jimenez Carrizosa" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRS.2018.2871369" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006932v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Rigaut" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena de Santis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Domenica Di Benedetto" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2019.01.009" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02936777v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Damm" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090612v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabah Benamane Siad" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Malkawi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Lopes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Galai-Dol" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2019.03.073" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02413605v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Arzande" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dorado Navas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Vannier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSTE.2017.2766290" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090608v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Gonzalez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bertinato" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/joe.2018.0264" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505058v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2017.2662742" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01260078v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Jimenez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2015.07.032" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903666v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuong Nguyen Van" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.3092" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GXQB6HVJ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090326v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jim&#233;nez Carrizosa," TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dorado Navas," TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2014.10.016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936784v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.1762" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F9460EBFFE1786C590CAD61E905C050EFEF9D612/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744971v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni L. Santosuosso" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Benzemrane" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207179.2011.627685" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744972v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744974v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Verrelli" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207170903453209" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186134v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoufel Azouz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Pradel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20070903-3-FR-2921.00039" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342803v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215571v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/RNC.908" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T0J744DW-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936817v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Hsu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romeo Ortega" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/9.754808" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04991974v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ennassiri" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Ferro" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Robba" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.07.473" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04991938v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;mer Ekin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Wiegel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veit Hagenmeyer" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icdcm60322.2024.10664838" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04991948v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Kivi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Achnib" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bosisio" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouzbeh Shirvani" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE62998.2024.10863716" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04213473v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech55446.2023.10202843" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215802v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Hassan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meira Zariff" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Kadem" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215806v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vancuong Nguyen" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2023.10.1167" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215812v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zariff Meira" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9901365" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215811v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gomes Zariff Meira" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinheiro Jose Renes" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadem Karim" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445170v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Broday" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT46573.2021.9453569" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04400014v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoyun Wang" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Faille" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2129" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215815v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02939086v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2139" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399990v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861769v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihuang Huang" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Li" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Rao" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shukai Xu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/eGRID48402.2019.9092694" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290735v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeqin Sheng" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2019.8795676" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423225v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe J. Perez" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.08.243" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400048v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC40024.2019.9028902" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043300v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Filipe.Perez@l2s.Centralesupelec.Fr Perez" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352164" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988799v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena De Santis" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2018.8550492" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696177v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBMicro.2017.7990700" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670152v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre de Bernardinis" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBMicro.2017.7990699" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629523v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.016" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629540v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janailson Lima" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Nobile" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schwery" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.456" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409520v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janailson Rodrigues Lima" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459283v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.B. Siad" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2016.7793917" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01260397v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benchaib" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316354v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Berne" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2015.7309418" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316357v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jim&#233;nez Jim&#233;nez Carrizosa" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Bergna" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2015.7309421" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01102626v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chen" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090320v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862439" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133004v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jimenez Carrizosa" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge J. Cort&#233;s" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2014.6910762" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01102578v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172690v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2014.7039894" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159854v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471096v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.01298" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01102613v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimenez Carrizosa" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dorado Navas" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00826026v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Dai" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ecc.2013.6669663" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00826146v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Jaramillo-Lopez" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godpromesse Kenn&#233;" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ecc.2013.6669471" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786841v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNSC.2013.6548834" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00826025v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2013.6669665" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880272v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130703-3-FR-4038.00055" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00861021v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786843v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNSC.2013.6548829" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00924024v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6631774" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786859v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2012.6426432" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786860v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2012.6315089" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786858v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2012.6426424" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764577v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Cuong Nguyen" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vasiljevic" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Colle" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745014v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00822379v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Girard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744995v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00602002v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meyne" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786861v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187386v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2009.7074533" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786863v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2009.7074468" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342773v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-KR-1001.3675" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00969339v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy R. Negenborn" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Beccuti" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Turhan Demiray" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Leirens" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2007.4282264" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342879v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342774v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2007.4282827" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342755v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342804v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Varrelli" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992053v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/PBPO214E_ch5" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498554v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Perez" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90812-6_15" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102607v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98687-6_16" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471117v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470612217.ch13" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936801v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936805v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439503v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370489v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Luscan" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01898451v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Gonzalez" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Costan" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bencha&#239;b" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lamnabhi-Lagarrigue" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04991883v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zariff M Gomes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Moussa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Gall" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edemar O Prado" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilney Damm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2025.106270" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04991778v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zariff Gomes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edemar Prado" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ripoll" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JESTPE.2025.3532851" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740360v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Louren&#231;o" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Iovine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfeu Filho" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2024.3467808" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04991920v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erico Gurski" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Kuiava" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Perez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael a S Benedito" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17174370" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04213501v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guacira Costa de Oliveira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Machado Monaro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jimenez Carrizosa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16186713" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04213485v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Maria Verrelli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Ribeiro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2023.3234282" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482768v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Marino" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizio Tomei" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2021.3062174" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03761236v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Alou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSG.2022.3156693" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04213516v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel R Broday" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz a C Lopes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15217923" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04213559v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s F Normandia Louren&#231;o" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Louni" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Netto" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monssef Drissi-Habti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15239016" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549055v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabah B Siad" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Galai Dol" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15030969" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492871v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guacira Costa De Oliveira" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s F.N. Louren&#231;o" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2020.106590" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03465507v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Monaro" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14238017" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498790v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Gonzalez Torres" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Costan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Benchaid" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lamnabhi-Lagarrigue" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRS.2020.3030538" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483410v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Pasillas-L&#233;pine" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Ac Lopes" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14237921" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501313v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2019.2924615" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02923391v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Gonzalez-Torres" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Benchaib" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-gtd.2019.1074" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090569v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijing Chen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jim&#233;nez Carrizosa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Li" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2019.2901343" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090612v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabah Benamane Siad" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Malkawi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Lopes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Galai-Dol" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2019.03.073" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794914v4" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lamnabhi-Lagarrigue" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/arima.5356" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006932v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Rigaut" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena de Santis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Domenica Di Benedetto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2019.01.009" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02936777v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Damm" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRS.2018.2871369" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090548v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jimenez-Carrizosa Jimenez Carrizosa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090608v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Gonzalez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bertinato" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/joe.2018.0264" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02413605v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Arzande" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dorado Navas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Vannier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSTE.2017.2766290" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505058v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2017.2662742" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01260078v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Jimenez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2015.07.032" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903666v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuong Nguyen Van" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.3092" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GXQB6HVJ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090326v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jim&#233;nez Carrizosa," TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dorado Navas," TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2014.10.016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936784v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.1762" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F9460EBFFE1786C590CAD61E905C050EFEF9D612/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744971v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni L. Santosuosso" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Benzemrane" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207179.2011.627685" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744974v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Verrelli" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207170903453209" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744972v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186134v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoufel Azouz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Pradel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20070903-3-FR-2921.00039" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342803v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215571v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/RNC.908" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T0J744DW-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936817v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Hsu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romeo Ortega" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/9.754808" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04991974v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ennassiri" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Ferro" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Robba" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.07.473" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04991938v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;mer Ekin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Wiegel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veit Hagenmeyer" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icdcm60322.2024.10664838" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04991948v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Kivi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Achnib" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bosisio" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouzbeh Shirvani" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE62998.2024.10863716" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04213473v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech55446.2023.10202843" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215802v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Hassan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meira Zariff" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Kadem" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215806v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vancuong Nguyen" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2023.10.1167" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215811v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gomes Zariff Meira" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinheiro Jose Renes" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadem Karim" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215812v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zariff Meira" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9901365" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445170v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Broday" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT46573.2021.9453569" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399990v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04400014v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoyun Wang" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Faille" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2129" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02939086v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2139" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215815v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861769v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihuang Huang" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Li" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Rao" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shukai Xu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/eGRID48402.2019.9092694" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290735v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeqin Sheng" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2019.8795676" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400048v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC40024.2019.9028902" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423225v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe J. Perez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.08.243" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043300v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Filipe.Perez@l2s.Centralesupelec.Fr Perez" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352164" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988799v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena De Santis" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2018.8550492" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696177v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBMicro.2017.7990700" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670152v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre de Bernardinis" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBMicro.2017.7990699" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629523v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.016" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629540v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janailson Lima" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Nobile" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schwery" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.456" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459283v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.B. Siad" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2016.7793917" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409520v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janailson Rodrigues Lima" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01260397v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benchaib" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316354v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Berne" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2015.7309418" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316357v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jim&#233;nez Jim&#233;nez Carrizosa" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Bergna" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2015.7309421" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01102626v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Chen" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090320v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862439" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133004v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jimenez Carrizosa" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge J. Cort&#233;s" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2014.6910762" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172690v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2014.7039894" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01102578v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159854v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01102613v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimenez Carrizosa" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dorado Navas" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471096v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.01298" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00826026v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Dai" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ecc.2013.6669663" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00826146v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Jaramillo-Lopez" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godpromesse Kenn&#233;" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ecc.2013.6669471" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786841v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNSC.2013.6548834" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880272v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130703-3-FR-4038.00055" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00826025v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2013.6669665" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00861021v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786843v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNSC.2013.6548829" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00924024v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6631774" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786859v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2012.6426432" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786860v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2012.6315089" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786858v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2012.6426424" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764577v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Cuong Nguyen" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vasiljevic" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Colle" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00822379v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Girard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745014v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744995v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786861v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00602002v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meyne" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187386v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2009.7074533" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786863v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2009.7074468" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342773v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-KR-1001.3675" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00969339v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy R. Negenborn" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Beccuti" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Turhan Demiray" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Leirens" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2007.4282264" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342774v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2007.4282827" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342879v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342755v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342804v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Varrelli" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992053v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/PBPO214E_ch5" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498554v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Perez" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90812-6_15" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102607v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98687-6_16" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471117v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470612217.ch13" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936801v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936805v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439503v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370489v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Luscan" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01898451v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Gonzalez" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Costan" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bencha&#239;b" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lamnabhi-Lagarrigue" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>