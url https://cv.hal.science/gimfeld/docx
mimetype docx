--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gwenaël Imfeld </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Research Professor CNRS (DR)Earth & Environment Strasbourg</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">gimfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7054-4666</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">178114383</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Research interests</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pollutant biogeochemistryMicrobial transformation and ecology in continental hydrosystemsBiodegradation of industrial and micropollutants in wetlands, soils and aquifersSustainability science: freshwater sustainability, resilience and adaptation of socio-hydrosystems</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Current research</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Transformation of micropollutants at the water-sediment interface, in agricultural soils, in urban setting and on the catchment scale with stable isotope fractionation (compound-specific isotope analysis)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Understanding the transport and transformation of micropollutants from both toxic and diffuse sources presents a significant challenge in the 21st century, becoming crucial for the preservation of soil and water resources. Micropollutant fluxes, both surface and subsurface, can be intercepted and transformed in transitional reactive zones, such as wetlands and the interface between groundwater and surface water, before reaching downstream ecosystems. These reactive zones act as &amp;quot;biogeochemical hotspots,&amp;quot; featuring dynamic interfaces among water, soil/sediment, and microorganisms. These zones exhibit complex combinations of electron acceptors and donors, which reflect microbial diversity and biogeochemical activity.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Key research questions in this field include: What are the hydrological and biogeochemical dynamics of these hotspots concerning pollutant transport and microbial transformation? What are the taxonomic and functional diversity, physiology, and metabolic roles of microorganisms involved in pollutant degradation? How do microorganisms respond to pollution regimes and hydro-biogeochemical fluctuations, and how do these responses influence key ecosystem services, such as water quality improvement, flood mitigation, and biodiversity enhancement? My research focuses on elucidating the microbial processes underlying pollutant transformation in agricultural systems, aquifers, and wetlands.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupler les données satellitaires aux données de terrain pour comprendre les dynamiques des socio-hydrosystèmes à différents niveaux d'organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathis Messager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Domaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Euzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche de la signature biologique de la dégradation de la chlordécone dans les sols des antilles (Biodechlord). AAP INRA Demichlord, Plan National d’Action Chlordécone, Rapport final, Octobre 2013, 179 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Martin-Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Achaouak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. M. Chovelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (85)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissipation of the insecticide profenofos in tropical agricultural soils (Berambadi catchment, South India): insight from compound-specific isotope analysis (CSIA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Grail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Sekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 488, pp.137428. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2025.137428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04923577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BTEX biodegradation by biofilms from constructed wetlands treating petroleum refinery wastewater: insights from compound-specific isotope analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.K. Akhiladas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saswati Chakraborty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1004, pp.180764. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2025.180764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining topsoil pesticide degradation in a conceptual distributed catchment model with compound-specific isotope analysis (CSIA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 29 (17), pp.4179-4197. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-29-4179-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Legacy to Emerging Groundwater Contaminants: Combining Advanced Monitoring Tools to Assess Sources and In Situ (Bio)Transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Prieto-Espinoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Höhener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS ES&amp;T Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5 (12), pp.7088-7104. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsestwater.5c00552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfamethoxazole Transformation by Heat-Activated Persulfate: Linking Transformation Products Patterns with Carbon and Nitrogen Isotope Fractionation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Köpke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caglar Akay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Kümmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 59 (11), pp.5704-5714. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.4c09732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating current and future urban biocide emissions from building facades at the city scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Sereni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 388, pp.127373. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2025.127373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of Compound-Specific Isotope Analysis (CSIA) to Trace Galaxolide Reactivity and Origin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatice Turan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Sebilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Monperrus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS ES&amp;T Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5 (2), pp.566-574. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsestwater.4c00498⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04925356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commoning water and integrating nonhuman entities into water governance in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yixin Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barreteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Besenval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-025-02286-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05313814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Phototransformation of Sulfamethoxazole Characterized by Four-Dimensional Element Compound Specific Isotope Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caglar Akay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Köpke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Kümmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Hermann Richnow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (23), pp.10322-10333. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.4c02666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical improvements and developments in stable isotope laboratories for HCNOS analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grzegorz Skrzypek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip J H Dunn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MethodsX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mex.2024.102769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking atrazine degradation in soil combining 14C-mineralisation assays and compound-specific isotope analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Gallego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rungroch Sungthong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Saphy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Devers-Lamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 363, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.142981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel stable isotope concepts to track antibiotics in wetland systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junya Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Hermann Richnow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 146, pp.298-303. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jes.2024.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04544636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel extraction methods and compound-specific isotope analysis of methoxychlor in environmental water and aquifer slurry samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martí Vinyes-Nadal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Kümmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Gehre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 931, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.172858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04725712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissipation of pesticides and responses of bacterial, fungal and protistan communities in a multi-contaminated vineyard soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Ehrhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry J Heger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 284, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2024.116994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined effects of micropollutants and their degradation on prokaryotic communities at the sediment–water interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Borreca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-024-67308-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emissions and transport of urban biocides from facades to topsoil at the district-scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Sereni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Junginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 954, pp.176269. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.176269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives of compound-specific isotope analysis of organic contaminants for assessing environmental fate and managing chemical pollution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Hofstetter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rani Bakkour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Buchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heinrich Eisenmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anko Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2 (1), pp.14-30. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s44221-023-00176-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04416871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable isotope composition of pesticides in commercial formulations: The ISOTOPEST database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Höhener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Martin-Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 352, pp.141488. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.141488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04472826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel est le rôle des retenues collinaires pour limiter les flux de pesticides dans le paysage agricole ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Macary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 43, pp.49-56. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/Revue-SET.2023.43.7792⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04241958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining multi-phase flow and pathway-specific reactive transport modeling to investigate the impact of water table fluctuations on dichloromethane biodegradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Prieto-Espinoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Di Chiara Roupert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Water Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 180, pp.104519. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.advwatres.2023.104519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04189050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emissions of the Urban Biocide Terbutryn from Facades: the Contribution of Transformation Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Junginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.2c08192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimethomorph degradation in vineyards examined by isomeric and isotopic fractionation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 313, pp.137341. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2022.137341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03872967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The social connectivity of subsurface flows: Towards a better integration of the vertical dimension in socio‐hydrosystem studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne‐lise Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Badariotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐philippe Bedell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wiley Interdisciplinary Reviews: Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (2), pp.e1703. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/wat2.1703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04349729v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactive transport of micropollutants in laboratory aquifers undergoing transient exposure periods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Prieto-Espinoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Di Chiara Roupert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Belfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Weill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 856 (part 2), pp.159170. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.159170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03825105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil management drives copper and zinc export in runoff from vineyard plots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Wiegert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water, Air, and Soil Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 234 (6), pp.357. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11270-023-06352-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocides in Soils of Urban Stormwater Infiltration Systems—Indications of Inputs from Point and Non-point Sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felicia Linke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omoyemi Edun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Junginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Preusser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water, Air, and Soil Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 234 (9), pp.586. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11270-023-06613-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04189726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process formulations and controlling factors of pesticide dissipation in artificial ponds: A critical review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Bahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Sánchez-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 186, pp.106820. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoleng.2022.106820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04062745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating pesticide degradation in artificial wetlands with compound-specific isotope analysis: A case study with the fungicide dimethomorph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetyana Gilevska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 900, pp.165767. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.165767⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is a dissipation half-life of 5 years for chlordecone in soils of the French West Indies relevant?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Grünberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatja Samouëlian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 324, pp.121283. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2023.121283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation and stable isotope fractionation of the urban biocide terbutryn during biodegradation, photodegradation and abiotic hydrolysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Junginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 305, pp.135329. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2022.135329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03825100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing of copper, zinc and synthetic pesticides in particle-size and chemical fractions of agricultural soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Granet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 824, pp.153860. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.153860⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03872966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do pesticides degrade in surface water receiving runoff from agricultural catchments? Combining passive samplers (POCIS) and compound-specific isotope analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetyana Gilevska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Baumlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Betty Chaumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 842, pp.156735. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.156735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03746400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Methylotrophic Bacterium Growing with the Antidiabetic Drug Metformin as Its Sole Carbon, Nitrogen and Energy Source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Chaignaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gruffaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Borreca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Fouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Kuhn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (11), pp.2302. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microorganisms10112302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04242691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-elemental compound-specific isotope analysis of pesticides for source identification and monitoring of degradation in soil: a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Höhener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Guers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouassim Boukaroum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Malleret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Martin-Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20 (3927–3942), </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10311-022-01489-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03760066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple extraction methods for pesticide compound-specific isotope analysis from environmental samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetyana Gilevska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Wiegert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Droz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Junginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Prieto-Espinoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MethodsX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9, pp.101880. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mex.2022.101880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03872964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Ponds in Pesticide Dissipation at the Agricultural Catchment Scale: A Critical Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tournebize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Simeoni-Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Macary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (9), pp.1202. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w13091202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03209526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct measurement of fungal contribution to silicate weathering rates in soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Wild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (9), pp.1055-1058. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1130/G48706.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment on ‘Ecotoxicity of copper input and accumulation for soil biodiversity in vineyards’ by Karimi et al. (2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Duplay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (5), pp.3525-3527. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10311-021-01259-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plants affect the dissipation and leaching of anilide pesticides in soil mesocosms: Insights from compound-specific isotope analysis (CSIA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Pérez-Rodríguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Desirée Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Gangloff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 308, pp.107257. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2020.107257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copper Content and Export in European Vineyard Soils Influenced by Climate and Soil Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Droz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Antonio Rodríguez Martín</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gergely Tóth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panos Panagos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 55 (11), pp.7327-7334. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.0c02093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water table fluctuations affect dichloromethane biodegradation in lab-scale aquifers contaminated with organohalides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Prieto-Espinoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Weill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Belfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie E.L. Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 203, pp.117530. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2021.117530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte du stockage et de la disponibilité du cuivre dans les sols viticoles pour en évaluer son écotoxicité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Duplay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28 (1), pp.181-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollutant Dissipation at the Sediment‐Water Interface: A Robust Discrete Continuum Numerical Model and Recirculating Laboratory Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Drouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Fahs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Droz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Younes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Resources Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (3), pp.e2020WR028932. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020WR028932⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase Transfer and Biodegradation of Pesticides in Water–Sediment Systems Explored by Compound-Specific Isotope Analysis and Conceptual Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Droz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Drouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Maurer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 55 (8), pp.4720-4728. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.0c06283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03240130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct and indirect photodegradation of atrazine and S -metolachlor in agriculturally impacted surface water and associated C and N isotope fractionation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Drouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Droz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Leresche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science: Processes &amp; Impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (11), pp.1791-1802. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d1em00246e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commentaires sur l'Article de Karimi et al. (2021), EGS, 28, 71-92</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Duplay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.71-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03498086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of Lambda (Λ) in multi-elemental compound-specific isotope analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Höhener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 267, pp.129232. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2020.129232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03082804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do rainfall characteristics affect the export of copper, zinc and synthetic pesticides in surface runoff from headwater catchments?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Wiegert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 741, pp.140437. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.140437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02988801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chlorinated ethene biodegradation and associated bacterial taxa in multi-polluted groundwater: Insights from biomolecular markers and stable isotope analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Joulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.142950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02988802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of a synthetic fungicide (fosetyl-Al and propamocarb-hydrochloride) and a biopesticide (Clonostachys rosea) on soil bacterial, fungal, and protist communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Pereira dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia A Gustavsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward A. D. Mitchell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 738, pp.139635. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.139635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02988799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissipation of S-metolachlor and butachlor in agricultural soils and responses of bacterial communities: Insights from compound-specific isotope and biomolecular analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehssan Torabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Wiegert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 92, pp.163 - 175. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jes.2020.02.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02988800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural Chlordecone Degradation Revealed by Numerous Transformation Products Characterized in Key French West Indies Environmental Compartments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion L. Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriane Della-Negra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chaussonnerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Barbance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Muselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (11), pp.6133-6143. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.8b06305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Genes and Bacterial Communities During Organohalide Respiration of Chloroethenes in Microcosms of Multi-Contaminated Groundwater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Hermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (89), </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2019.00089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fungicides: An Overlooked Pesticide Class?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen P. Zubrod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirco Bundschuh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gertie Arts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carsten A. Brühl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (7), pp.3347-3365. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.8b04392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-situ dissolution rates of silicate minerals and associated bacterial communities in the critical zone (Strengbach catchment, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Wild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Pierret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Viville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 249, pp.95-120. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2019.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02988804v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion du sol influence l’export du cuivre dans des parcelles d’un vignoble alsacien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Durocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Guinoiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Wiegert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2019.hs.09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to Degradation and Transport of the Chiral Herbicide S -Metolachlor at the Catchment Scale: Combining Observation Scales and Analytical Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefrancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 52 (9), pp.5517-5517. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.8b01118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term temporal trajectories to enhance restoration efficiency and sustainability on large rivers: an interdisciplinary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eschbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Hendrik May</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (5), pp.2717 - 2737. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-22-2717-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03367970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early stages of bacterial community adaptation to silicate aging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Wild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46 (6), pp.555-558. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1130/G40283.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical effect of pesticide application on soils: evidence from rare earth elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Semhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Duplay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Boutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Journal of Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (19), pp.1 - 13. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12517-018-3925-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Integrative Bacterial Monitoring of Metolachlor Toxicity in Groundwater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Besaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Donadello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2018.02053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dichloromethane biodegradation in multi-contaminated groundwater: Insights from biomolecular and compound-specific isotope analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Hermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Joulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 142, pp.217-226. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2018.05.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02448088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECOTOX, a French initiative in ecotoxicology-toxicology to monitor, understand and mitigate the ecotoxicological impacts of pollutants in socioagroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mougin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Gouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Berthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Andrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (34), </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-018-2716-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01846379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticide degradation and export losses at the catchment scale: Insights from compound-specific isotope analysis (CSIA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Alvarez-Zaldívar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 139, pp.198-207. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2018.03.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon and nitrogen stable isotope fractionation during abiotic hydrolysis of pesticides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Drouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 213, pp.368-376. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2018.09.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03708098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enantiomer-specific stable carbon isotope analysis (ESIA) to evaluate degradation of the chiral fungicide Metalaxyl in soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 353, pp.99-107. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2018.03.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescent tracers to evaluate pesticide dissipation and transformation in agricultural soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Olsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sweeney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Herbstritt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Reich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 619-620, pp.1682-1689. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.10.132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03766282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticide fate on catchment scale: conceptual modelling of stream CSIA data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefanie Lutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ype van Der Velde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omniea Elsayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefrancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (10), pp.5243-5261. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-21-5243-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation and Transport of the Chiral Herbicide S-Metolachlor at the Catchment Scale: Combining Observation Scales and Analytical Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefrancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 51 (22), pp.13231-13240. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.7b02297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of rainfall patterns and frequency on the export of pesticides and heavy-metals from agricultural soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Alvarez-Zaldívar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Wiegert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 616-617, pp.500-509. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.10.297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacterial Community Composition and Genes for Herbicide Degradation in a Stormwater Wetland Collecting Herbicide Runoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Mauffrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Baccara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gruffaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water, Air, and Soil Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 228 (12), </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11270-017-3625-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03708100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isotope fractionation of benzene during partitioning – Revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.-D. Kopinke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Georgi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.-H. Richnow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 168, pp.508-513. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2016.11.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04885195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pH-dependent control of feldspar dissolution rate by altered surface layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Wild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Knauss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Pollet-Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 442, pp.148-159. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2016.08.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissipation of hydrological tracers and the herbicide S-metolachlor in batch and continuous-flow wetlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffi Schreiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Dollinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Herbstritt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 144, pp.2489-2496. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2015.11.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copper in soil fractions and runoff in a vineyard catchment : insights from copper stable isotopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Izabella Babcsanyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chabaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Granet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 557-558, pp.154-162. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2016.03.037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01409767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cuivre. De nouvelles réponses à d'anciennes questions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Stef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Anatole-Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissance de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 280, pp.56-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation of chloroacetanilide herbicides and bacterial community composition in lab-scale wetlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omniea Fawzy Elsayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 520, pp.222--231. </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2015.03.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05022675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacterial communities in batch and continuous-flow wetlands treating the herbicide S-metolachlor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O.F. Elsayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 499, pp.327-335. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2014.08.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using compound-specific isotope analysis to assess the degradation of chloroacetanilide herbicides in lab-scale wetlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O.F. Elsayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Nijenhuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.H. Richnow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 99, pp.89-95. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2013.10.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of diffuse pesticide pollution: combining point source reduction and mitigation in stormwater wetland (Rouffach, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Destandau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Rozan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 60, pp.299-308. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoleng.2013.07.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring the effects of pesticides on bacterial communities in soil: A critical review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Soil Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 49, pp.22-30. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejsobi.2011.11.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04460936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal Changes of Macroinvertebrate Communities in a Stormwater Wetland Collecting Pesticide Runoff From a Vineyard Catchment (Alsace, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Le Ber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Environmental Contamination and Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 62 (1), pp.29-41. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00244-011-9687-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00607741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Removal of pesticide mixtures in a stormwater wetland collecting runoff from a vineyard catchment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Gangloff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 409 (11), pp.2317-2324. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2011.01.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticide risk mitigation by vegetated treatment systems: a meta-analysis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Stehle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Elsaesser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engelbert Niehaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 40 (4), pp.1068-1080. </w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2134/jeq2010.0510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00765318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity of phlD alleles in the rhizosphere of wheat cropped under annual rice–wheat rotation in fields of the Indo-Gangetic plains: influence of cultivation conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noam Shani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Fromin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bhavdish N. Johri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 90 (11), pp.1521-1525</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00128260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROSPECTIVE - Surfaces et interfaces continentales 2024-2028</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucilla Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INSU, CNRS. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04936744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective Surfaces et Interfaces Continentales : 2024-2028</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pinay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ferrage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Abcha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ackerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INSU, CNRS; INEE, CNRS. 2024, 147 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05045026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacterial degradation of the toxic halogenated solvent dichloromethane in aquifer microcosms: impact of disturbances in physico-chemical parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Lázaro Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Micro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Milan (Italie), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Sulfamethoxazole Direct Photodegradation through Multi-Element Compound-Specific Isotope Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Köpke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caglar Akay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Kümmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Hermann Richnow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EGU, Apr 2024, Vienna, France. </w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-18104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emissions of the urban biocide terbutryn from facades to soil and stormwater system estimated over three decades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Sereni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junginger Tobias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Payraudeau Sylvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU - Water quality in the soil-groundwater-river continuum: modelling, monitoring and mitigation of micropollutants and pathogens’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienne (Austria), Austria. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-14583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04535513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DOMINO – Faits structurants, points de bascule et leurs influences sur un grand fleuve, le Rhin : approches historiques et prospectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Matthias Wantzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cybill Staentzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Beisel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Berrod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chabaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de restitution de l’Observatoire Hommes-Milieux Fessenheim</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PESTIPOND: A fate model of pesticides in ponds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Bahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tournebize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, France. </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-7572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03781667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en évidence d'une dégradation naturelle de la chlordécone avec libération dans l'environnement de produits de transformation chlorés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Della-Negra Oriane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaussonnerie Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Mottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Rangon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GFP 2019 Congrès du Groupe Français des Pesticides 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04409489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dégradation naturelle de la chlordécone aux Antilles avec libération de nombreux produits chlorés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriane Della-Negra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Muselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chaussonnerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Mottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion L. Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Rencontres nationales de la Recherche sur les sites et sols pollués</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADEME, Nov 2019, Montrouge, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04831952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en évidence d'une dégradation naturelle significative de la chlordécone avec libération dans l'environnement de nombreux produits de transformation chlorés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriane Della-Negra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Muselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chaussonnerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Mottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres nationales de la recherche sur les sites et sols pollués</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADEME, Nov 2019, Montrouge, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation couplée de biomarqueurs microbiens moléculaires et isotopiques pour l’évaluation du potentiel de biodégradation de chloroéthènes (PCE, TCE, DCE, CV) dans une nappe polluée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Joulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Hermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXe Colloque de l'Association Francophone d'Ecologie Microbienne - AFEM 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Bussang, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02174261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial molecular and isotopic biomarkers of chloroethene (PCE, TCE, DCE, CV) biodegradation to evaluate natural attenuation contaminated plumes: which added value?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Joulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Hermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSMS/EORTS 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial molecular and isotopic biomarkers of chloroethene (PCE, TCE, DCE, CV) biodegradation to evaluate natural attenuation contaminated plumes: which added value?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denonfoux Jérémie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Hermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaconsoil </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial molecular and isotopic biomarkers for evaluating natural attenuation of chlorinated hydrocarbons in multi-contaminated sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Joulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Hermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Microbial Ecotoxicology, Ecotoxicomic 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01614645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration fonctionnelle de l’hydrosystème de la Réserve Naturelle de l’île du Rohrschollen (Rhin supérieur, Bas-Rhin, LIFE08 NAT/F/00471).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eschbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lonchampt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Tremolieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Conférence nationale REVER et Dynamiser Restauration fonctionnelle et durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eurométropole de Strasbourg, Université de Strasbourg, Laboratoire Image Ville Environnement, Mar 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01265701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional restoration of a Rhine anastomosing channel: temporal trajectory, initial state, post-restoration monitoring, modelling (Upper Rhine, France, Rohrschollen island).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eschbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Tremolieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Finaud-Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I.S. Rivers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, LYON, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01265842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration hydromorphologique fonctionnelle d'une anastomose rhénane : trajectoire temporelle, monitoring pré-restauration, modélisation (Réserve Naturelle du Rohrschollen, Bauerngrundwasser)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eschbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Tremolieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Beisel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques de la Zone Atelier Environnementale Urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Image Ville Environnement, Dec 2014, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01266288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodechlord search for evidence for microbial degradation of chlordecone in French West Indies contaminated soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Martin-Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy M Vogel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersol'2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Lille, France. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi scientifique du projet de restauration de la dynamique des habitats alluviaux de l’île du Rohrschollen : fonctionnement de pré- et post-restauration, perspectives de modélisation interdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eschbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Tremolieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Beisel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Commission scientifique des réserves naturelles de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Nogent sur Vernisson, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01266289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In lab and in situ assessment of pesticide effects on aquatic organisms: key role of groundwater monitoring of Ariège alluvial plain (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laury Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chafik Maazouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 23rd Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Glasgow, United Kingdom. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00816770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainability Unveiled</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2025, 9791034402571</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing the Sources and Fate of Contaminants in Agroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Adu-Gyamfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grzegorz Skrzypek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, 2024, 978-3-031-47265-7. </w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-47265-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sciences Ouvertes à Strasbourg : à la découverte des SOLs Urbains Vivants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Glatron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Franck-Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josefa Bleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de restitution du programme "sciences participatives en situation d'interdisciplinarité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04384595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodégradation du cis-DCE par la communauté naturelle d'un aquifère contaminé et lien avec l'abondance des gènes fonctionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Joulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bourdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIIe Colloque de l'Association Francophone d'Ecologie Microbienne (AFEM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Camaret-sur-Mer, France. , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01565267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacterial tolerance in contaminated soils: potential of the PICT approach in microbial ecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bringel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tolerance to Environmental Contaminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRC Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.335-364, 2011, Environmental and Ecological Risk Assessment, 978-1-4398-1770-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId461"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gwenaël Imfeld </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Research Professor CNRS (DR)Earth & Environment Strasbourg</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">gimfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7054-4666</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">178114383</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Research interests</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pollutant biogeochemistryMicrobial transformation and ecology in continental hydrosystemsBiodegradation of industrial and micropollutants in wetlands, soils and aquifersSustainability science: freshwater sustainability, resilience and adaptation of socio-hydrosystems</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Current research</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Transformation of micropollutants at the water-sediment interface, in agricultural soils, in urban setting and on the catchment scale with stable isotope fractionation (compound-specific isotope analysis)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Understanding the transport and transformation of micropollutants from both toxic and diffuse sources presents a significant challenge in the 21st century, becoming crucial for the preservation of soil and water resources. Micropollutant fluxes, both surface and subsurface, can be intercepted and transformed in transitional reactive zones, such as wetlands and the interface between groundwater and surface water, before reaching downstream ecosystems. These reactive zones act as &amp;quot;biogeochemical hotspots,&amp;quot; featuring dynamic interfaces among water, soil/sediment, and microorganisms. These zones exhibit complex combinations of electron acceptors and donors, which reflect microbial diversity and biogeochemical activity.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Key research questions in this field include: What are the hydrological and biogeochemical dynamics of these hotspots concerning pollutant transport and microbial transformation? What are the taxonomic and functional diversity, physiology, and metabolic roles of microorganisms involved in pollutant degradation? How do microorganisms respond to pollution regimes and hydro-biogeochemical fluctuations, and how do these responses influence key ecosystem services, such as water quality improvement, flood mitigation, and biodiversity enhancement? My research focuses on elucidating the microbial processes underlying pollutant transformation in agricultural systems, aquifers, and wetlands.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupler les données satellitaires aux données de terrain pour comprendre les dynamiques des socio-hydrosystèmes à différents niveaux d'organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathis Messager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Domaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Euzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche de la signature biologique de la dégradation de la chlordécone dans les sols des antilles (Biodechlord). AAP INRA Demichlord, Plan National d’Action Chlordécone, Rapport final, Octobre 2013, 179 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Martin-Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Achaouak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. M. Chovelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Devers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (85)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissipation of the insecticide profenofos in tropical agricultural soils (Berambadi catchment, South India): insight from compound-specific isotope analysis (CSIA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Grail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Sekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 488, pp.137428. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2025.137428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04923577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BTEX biodegradation by biofilms from constructed wetlands treating petroleum refinery wastewater: insights from compound-specific isotope analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.K. Akhiladas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saswati Chakraborty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1004, pp.180764. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2025.180764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining topsoil pesticide degradation in a conceptual distributed catchment model with compound-specific isotope analysis (CSIA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 29 (17), pp.4179-4197. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-29-4179-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Legacy to Emerging Groundwater Contaminants: Combining Advanced Monitoring Tools to Assess Sources and In Situ (Bio)Transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Prieto-Espinoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Höhener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS ES&amp;T Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5 (12), pp.7088-7104. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsestwater.5c00552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sulfamethoxazole Transformation by Heat-Activated Persulfate: Linking Transformation Products Patterns with Carbon and Nitrogen Isotope Fractionation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Köpke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caglar Akay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Kümmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 59 (11), pp.5704-5714. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.4c09732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating current and future urban biocide emissions from building facades at the city scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Sereni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 388, pp.127373. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2025.127373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05388630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commoning water and integrating nonhuman entities into water governance in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yixin Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barreteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Besenval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13280-025-02286-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05313814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of Compound-Specific Isotope Analysis (CSIA) to Trace Galaxolide Reactivity and Origin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatice Turan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Sebilo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Monperrus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS ES&amp;T Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5 (2), pp.566-574. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsestwater.4c00498⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04925356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Phototransformation of Sulfamethoxazole Characterized by Four-Dimensional Element Compound Specific Isotope Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caglar Akay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Köpke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Kümmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Hermann Richnow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (23), pp.10322-10333. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.4c02666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical improvements and developments in stable isotope laboratories for HCNOS analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grzegorz Skrzypek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip J H Dunn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MethodsX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mex.2024.102769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking atrazine degradation in soil combining 14C-mineralisation assays and compound-specific isotope analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Gallego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rungroch Sungthong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Saphy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Devers-Lamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 363, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.142981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel stable isotope concepts to track antibiotics in wetland systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junya Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Hermann Richnow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 146, pp.298-303. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jes.2024.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04544636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissipation of pesticides and responses of bacterial, fungal and protistan communities in a multi-contaminated vineyard soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Ehrhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry J Heger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 284, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoenv.2024.116994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel extraction methods and compound-specific isotope analysis of methoxychlor in environmental water and aquifer slurry samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martí Vinyes-Nadal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Kümmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Gehre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 931, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.172858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04725712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emissions and transport of urban biocides from facades to topsoil at the district-scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Sereni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Junginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 954, pp.176269. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.176269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined effects of micropollutants and their degradation on prokaryotic communities at the sediment–water interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Borreca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-024-67308-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives of compound-specific isotope analysis of organic contaminants for assessing environmental fate and managing chemical pollution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Hofstetter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rani Bakkour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Buchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heinrich Eisenmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anko Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2 (1), pp.14-30. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s44221-023-00176-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04416871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable isotope composition of pesticides in commercial formulations: The ISOTOPEST database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Höhener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Martin-Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 352, pp.141488. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.141488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04472826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining multi-phase flow and pathway-specific reactive transport modeling to investigate the impact of water table fluctuations on dichloromethane biodegradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Prieto-Espinoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Di Chiara Roupert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Water Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 180, pp.104519. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.advwatres.2023.104519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04189050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emissions of the Urban Biocide Terbutryn from Facades: the Contribution of Transformation Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Junginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.2c08192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel est le rôle des retenues collinaires pour limiter les flux de pesticides dans le paysage agricole ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Macary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 43, pp.49-56. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/Revue-SET.2023.43.7792⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04241958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil management drives copper and zinc export in runoff from vineyard plots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Wiegert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water, Air, and Soil Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 234 (6), pp.357. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11270-023-06352-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactive transport of micropollutants in laboratory aquifers undergoing transient exposure periods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Prieto-Espinoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Di Chiara Roupert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Belfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Weill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 856 (part 2), pp.159170. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.159170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03825105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The social connectivity of subsurface flows: Towards a better integration of the vertical dimension in socio‐hydrosystem studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne‐lise Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Badariotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐philippe Bedell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wiley Interdisciplinary Reviews: Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (2), pp.e1703. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/wat2.1703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04349729v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimethomorph degradation in vineyards examined by isomeric and isotopic fractionation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 313, pp.137341. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2022.137341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03872967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process formulations and controlling factors of pesticide dissipation in artificial ponds: A critical review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Bahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Sánchez-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 186, pp.106820. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoleng.2022.106820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04062745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocides in Soils of Urban Stormwater Infiltration Systems—Indications of Inputs from Point and Non-point Sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felicia Linke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omoyemi Edun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Junginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Preusser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water, Air, and Soil Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 234 (9), pp.586. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11270-023-06613-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04189726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating pesticide degradation in artificial wetlands with compound-specific isotope analysis: A case study with the fungicide dimethomorph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetyana Gilevska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 900, pp.165767. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.165767⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is a dissipation half-life of 5 years for chlordecone in soils of the French West Indies relevant?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Grünberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatja Samouëlian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 324, pp.121283. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2023.121283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation and stable isotope fractionation of the urban biocide terbutryn during biodegradation, photodegradation and abiotic hydrolysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Junginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 305, pp.135329. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2022.135329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03825100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing of copper, zinc and synthetic pesticides in particle-size and chemical fractions of agricultural soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Granet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 824, pp.153860. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.153860⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03872966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do pesticides degrade in surface water receiving runoff from agricultural catchments? Combining passive samplers (POCIS) and compound-specific isotope analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetyana Gilevska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Baumlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Betty Chaumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 842, pp.156735. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.156735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03746400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Methylotrophic Bacterium Growing with the Antidiabetic Drug Metformin as Its Sole Carbon, Nitrogen and Energy Source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Chaignaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gruffaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Borreca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Fouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Kuhn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (11), pp.2302. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microorganisms10112302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04242691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-elemental compound-specific isotope analysis of pesticides for source identification and monitoring of degradation in soil: a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Höhener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Guers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouassim Boukaroum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Malleret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Martin-Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20 (3927–3942), </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10311-022-01489-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03760066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple extraction methods for pesticide compound-specific isotope analysis from environmental samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetyana Gilevska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Wiegert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Droz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Junginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Prieto-Espinoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MethodsX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9, pp.101880. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mex.2022.101880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03872964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Ponds in Pesticide Dissipation at the Agricultural Catchment Scale: A Critical Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tournebize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Simeoni-Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Macary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (9), pp.1202. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w13091202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03209526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct measurement of fungal contribution to silicate weathering rates in soil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Wild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (9), pp.1055-1058. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1130/G48706.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment on ‘Ecotoxicity of copper input and accumulation for soil biodiversity in vineyards’ by Karimi et al. (2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Duplay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (5), pp.3525-3527. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10311-021-01259-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plants affect the dissipation and leaching of anilide pesticides in soil mesocosms: Insights from compound-specific isotope analysis (CSIA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Pérez-Rodríguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Desirée Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Gangloff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 308, pp.107257. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2020.107257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollutant Dissipation at the Sediment‐Water Interface: A Robust Discrete Continuum Numerical Model and Recirculating Laboratory Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Drouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Fahs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Droz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Younes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Resources Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (3), pp.e2020WR028932. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020WR028932⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water table fluctuations affect dichloromethane biodegradation in lab-scale aquifers contaminated with organohalides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Prieto-Espinoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Weill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Belfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie E.L. Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 203, pp.117530. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2021.117530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copper Content and Export in European Vineyard Soils Influenced by Climate and Soil Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Droz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Antonio Rodríguez Martín</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gergely Tóth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panos Panagos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 55 (11), pp.7327-7334. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.0c02093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte du stockage et de la disponibilité du cuivre dans les sols viticoles pour en évaluer son écotoxicité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Duplay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28 (1), pp.181-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct and indirect photodegradation of atrazine and S -metolachlor in agriculturally impacted surface water and associated C and N isotope fractionation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Drouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Droz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Leresche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science: Processes &amp; Impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (11), pp.1791-1802. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d1em00246e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase Transfer and Biodegradation of Pesticides in Water–Sediment Systems Explored by Compound-Specific Isotope Analysis and Conceptual Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Droz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Drouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Maurer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Villette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 55 (8), pp.4720-4728. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.0c06283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03240130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commentaires sur l'Article de Karimi et al. (2021), EGS, 28, 71-92</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Duplay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.71-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03498086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of Lambda (Λ) in multi-elemental compound-specific isotope analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Höhener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 267, pp.129232. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2020.129232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03082804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do rainfall characteristics affect the export of copper, zinc and synthetic pesticides in surface runoff from headwater catchments?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Wiegert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 741, pp.140437. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.140437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02988801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chlorinated ethene biodegradation and associated bacterial taxa in multi-polluted groundwater: Insights from biomolecular markers and stable isotope analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Joulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Urien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.142950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02988802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissipation of S-metolachlor and butachlor in agricultural soils and responses of bacterial communities: Insights from compound-specific isotope and biomolecular analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehssan Torabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Wiegert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 92, pp.163 - 175. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jes.2020.02.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02988800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of a synthetic fungicide (fosetyl-Al and propamocarb-hydrochloride) and a biopesticide (Clonostachys rosea) on soil bacterial, fungal, and protist communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Pereira dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia A Gustavsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward A. D. Mitchell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 738, pp.139635. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.139635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02988799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural Chlordecone Degradation Revealed by Numerous Transformation Products Characterized in Key French West Indies Environmental Compartments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion L. Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriane Della-Negra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chaussonnerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Barbance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Muselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (11), pp.6133-6143. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.8b06305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Genes and Bacterial Communities During Organohalide Respiration of Chloroethenes in Microcosms of Multi-Contaminated Groundwater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Hermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (89), </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2019.00089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-situ dissolution rates of silicate minerals and associated bacterial communities in the critical zone (Strengbach catchment, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Wild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Pierret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Viville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 249, pp.95-120. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2019.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02988804v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fungicides: An Overlooked Pesticide Class?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen P. Zubrod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirco Bundschuh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gertie Arts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carsten A. Brühl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (7), pp.3347-3365. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.8b04392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion du sol influence l’export du cuivre dans des parcelles d’un vignoble alsacien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Durocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Guinoiseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Wiegert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2019.hs.09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to Degradation and Transport of the Chiral Herbicide S -Metolachlor at the Catchment Scale: Combining Observation Scales and Analytical Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefrancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 52 (9), pp.5517-5517. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.8b01118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term temporal trajectories to enhance restoration efficiency and sustainability on large rivers: an interdisciplinary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eschbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Hendrik May</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (5), pp.2717 - 2737. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-22-2717-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03367970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early stages of bacterial community adaptation to silicate aging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Wild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46 (6), pp.555-558. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1130/G40283.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical effect of pesticide application on soils: evidence from rare earth elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Semhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Duplay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Boutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Journal of Geosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (19), pp.1 - 13. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12517-018-3925-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Integrative Bacterial Monitoring of Metolachlor Toxicity in Groundwater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Besaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Donadello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2018.02053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dichloromethane biodegradation in multi-contaminated groundwater: Insights from biomolecular and compound-specific isotope analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Hermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Joulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 142, pp.217-226. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2018.05.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02448088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECOTOX, a French initiative in ecotoxicology-toxicology to monitor, understand and mitigate the ecotoxicological impacts of pollutants in socioagroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mougin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Gouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bretagnolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Berthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Andrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (34), </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-018-2716-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01846379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticide degradation and export losses at the catchment scale: Insights from compound-specific isotope analysis (CSIA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Alvarez-Zaldívar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 139, pp.198-207. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2018.03.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon and nitrogen stable isotope fractionation during abiotic hydrolysis of pesticides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Drouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 213, pp.368-376. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2018.09.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03708098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enantiomer-specific stable carbon isotope analysis (ESIA) to evaluate degradation of the chiral fungicide Metalaxyl in soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Masbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 353, pp.99-107. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2018.03.047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04818985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescent tracers to evaluate pesticide dissipation and transformation in agricultural soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Olsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sweeney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Herbstritt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Reich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 619-620, pp.1682-1689. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.10.132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03766282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticide fate on catchment scale: conceptual modelling of stream CSIA data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefanie Lutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ype van Der Velde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omniea Elsayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefrancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (10), pp.5243-5261. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-21-5243-2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation and Transport of the Chiral Herbicide S-Metolachlor at the Catchment Scale: Combining Observation Scales and Analytical Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefrancq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 51 (22), pp.13231-13240. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.7b02297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of rainfall patterns and frequency on the export of pesticides and heavy-metals from agricultural soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Alvarez-Zaldívar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Crochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Wiegert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 616-617, pp.500-509. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.10.297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isotope fractionation of benzene during partitioning – Revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.-D. Kopinke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Georgi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.-H. Richnow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 168, pp.508-513. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2016.11.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04885195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacterial Community Composition and Genes for Herbicide Degradation in a Stormwater Wetland Collecting Herbicide Runoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Mauffrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Baccara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gruffaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water, Air, and Soil Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 228 (12), </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11270-017-3625-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03708100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissipation of hydrological tracers and the herbicide S-metolachlor in batch and continuous-flow wetlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffi Schreiber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Dollinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Herbstritt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 144, pp.2489-2496. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2015.11.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pH-dependent control of feldspar dissolution rate by altered surface layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Wild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Knauss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Pollet-Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 442, pp.148-159. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2016.08.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copper in soil fractions and runoff in a vineyard catchment : insights from copper stable isotopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Izabella Babcsanyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chabaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Granet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Meite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 557-558, pp.154-162. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2016.03.037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01409767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cuivre. De nouvelles réponses à d'anciennes questions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Stef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Anatole-Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissance de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 280, pp.56-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation of chloroacetanilide herbicides and bacterial community composition in lab-scale wetlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omniea Fawzy Elsayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 520, pp.222--231. </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2015.03.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05022675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacterial communities in batch and continuous-flow wetlands treating the herbicide S-metolachlor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O.F. Elsayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 499, pp.327-335. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2014.08.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using compound-specific isotope analysis to assess the degradation of chloroacetanilide herbicides in lab-scale wetlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O.F. Elsayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Nijenhuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.H. Richnow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 99, pp.89-95. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2013.10.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04819070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of diffuse pesticide pollution: combining point source reduction and mitigation in stormwater wetland (Rouffach, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Destandau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Rozan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 60, pp.299-308. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecoleng.2013.07.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring the effects of pesticides on bacterial communities in soil: A critical review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Soil Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 49, pp.22-30. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejsobi.2011.11.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04460936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal Changes of Macroinvertebrate Communities in a Stormwater Wetland Collecting Pesticide Runoff From a Vineyard Catchment (Alsace, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Bertaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Le Ber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Environmental Contamination and Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 62 (1), pp.29-41. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00244-011-9687-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00607741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Removal of pesticide mixtures in a stormwater wetland collecting runoff from a vineyard catchment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Gangloff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 409 (11), pp.2317-2324. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2011.01.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticide risk mitigation by vegetated treatment systems: a meta-analysis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Stehle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Elsaesser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engelbert Niehaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 40 (4), pp.1068-1080. </w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2134/jeq2010.0510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00765318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity of phlD alleles in the rhizosphere of wheat cropped under annual rice–wheat rotation in fields of the Indo-Gangetic plains: influence of cultivation conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noam Shani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Fromin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bhavdish N. Johri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 90 (11), pp.1521-1525</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00128260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROSPECTIVE - Surfaces et interfaces continentales 2024-2028</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucilla Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bouchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Calmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INSU, CNRS. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04936744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective Surfaces et Interfaces Continentales : 2024-2028</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pinay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ferrage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Abcha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ackerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INSU, CNRS; INEE, CNRS. 2024, 147 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05045026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacterial degradation of the toxic halogenated solvent dichloromethane in aquifer microcosms: impact of disturbances in physico-chemical parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Lázaro Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Micro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Milan (Italie), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Sulfamethoxazole Direct Photodegradation through Multi-Element Compound-Specific Isotope Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Köpke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caglar Akay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Kümmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Hermann Richnow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EGU, Apr 2024, Vienna, France. </w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-18104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emissions of the urban biocide terbutryn from facades to soil and stormwater system estimated over three decades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Sereni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junginger Tobias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Payraudeau Sylvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU - Water quality in the soil-groundwater-river continuum: modelling, monitoring and mitigation of micropollutants and pathogens’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienne (Austria), Austria. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-14583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04535513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DOMINO – Faits structurants, points de bascule et leurs influences sur un grand fleuve, le Rhin : approches historiques et prospectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Matthias Wantzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cybill Staentzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Beisel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Berrod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Chabaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de restitution de l’Observatoire Hommes-Milieux Fessenheim</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PESTIPOND: A fate model of pesticides in ponds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Bahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Payraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tournebize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, France. </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-7572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03781667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en évidence d'une dégradation naturelle de la chlordécone avec libération dans l'environnement de produits de transformation chlorés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Della-Negra Oriane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaussonnerie Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Mottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Rangon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GFP 2019 Congrès du Groupe Français des Pesticides 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04409489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dégradation naturelle de la chlordécone aux Antilles avec libération de nombreux produits chlorés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriane Della-Negra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Muselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chaussonnerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Mottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion L. Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Rencontres nationales de la Recherche sur les sites et sols pollués</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADEME, Nov 2019, Montrouge, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04831952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en évidence d'une dégradation naturelle significative de la chlordécone avec libération dans l'environnement de nombreux produits de transformation chlorés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriane Della-Negra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Muselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chaussonnerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Mottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres nationales de la recherche sur les sites et sols pollués</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADEME, Nov 2019, Montrouge, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation couplée de biomarqueurs microbiens moléculaires et isotopiques pour l’évaluation du potentiel de biodégradation de chloroéthènes (PCE, TCE, DCE, CV) dans une nappe polluée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Joulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Hermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXe Colloque de l'Association Francophone d'Ecologie Microbienne - AFEM 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Bussang, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02174261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial molecular and isotopic biomarkers of chloroethene (PCE, TCE, DCE, CV) biodegradation to evaluate natural attenuation contaminated plumes: which added value?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Joulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Hermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSMS/EORTS 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial molecular and isotopic biomarkers of chloroethene (PCE, TCE, DCE, CV) biodegradation to evaluate natural attenuation contaminated plumes: which added value?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denonfoux Jérémie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Hermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquaconsoil </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01478955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial molecular and isotopic biomarkers for evaluating natural attenuation of chlorinated hydrocarbons in multi-contaminated sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Hellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Joulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Hermon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Microbial Ecotoxicology, Ecotoxicomic 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01614645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional restoration of a Rhine anastomosing channel: temporal trajectory, initial state, post-restoration monitoring, modeling (Upper Rhine, France, Rohrschollen island)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eschbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Tremolières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Beisel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IS Rivers 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05467726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration fonctionnelle de l’hydrosystème de la Réserve Naturelle de l’île du Rohrschollen (Rhin supérieur, Bas-Rhin, LIFE08 NAT/F/00471).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eschbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lonchampt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Tremolieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Conférence nationale REVER et Dynamiser Restauration fonctionnelle et durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eurométropole de Strasbourg, Université de Strasbourg, Laboratoire Image Ville Environnement, Mar 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01265701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional restoration of a Rhine anastomosing channel: temporal trajectory, initial state, post-restoration monitoring, modelling (Upper Rhine, France, Rohrschollen island).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eschbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Tremolieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Finaud-Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I.S. Rivers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, LYON, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01265842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi scientifique du projet de restauration de la dynamique des habitats alluviaux de l’île du Rohrschollen : fonctionnement de pré- et post-restauration, perspectives de modélisation interdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eschbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Tremolieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Beisel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Commission scientifique des réserves naturelles de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Nogent sur Vernisson, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01266289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodechlord search for evidence for microbial degradation of chlordecone in French West Indies contaminated soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Martin-Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy M Vogel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersol'2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Lille, France. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration hydromorphologique fonctionnelle d'une anastomose rhénane : trajectoire temporelle, monitoring pré-restauration, modélisation (Réserve Naturelle du Rohrschollen, Bauerngrundwasser)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eschbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Tremolieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Beisel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques de la Zone Atelier Environnementale Urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Image Ville Environnement, Dec 2014, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01266288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional hydromorphological restoration of a Rhine anastomosing channel (Upper Rhine, France): implications of the temporal trajectory and interdisciplinary monitoring for evaluating pre-restoration state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eschbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Tremolières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Beisel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference: EFESE - Évaluation Française des Écosystèmes et des Services Écosystémiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Paris - La défense, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In lab and in situ assessment of pesticide effects on aquatic organisms: key role of groundwater monitoring of Ariège alluvial plain (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laury Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chafik Maazouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 23rd Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Glasgow, United Kingdom. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00816770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainability Unveiled</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2025, 9791034402571</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing the Sources and Fate of Contaminants in Agroecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Adu-Gyamfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grzegorz Skrzypek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, 2024, 978-3-031-47265-7. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-47265-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sciences Ouvertes à Strasbourg : à la découverte des SOLs Urbains Vivants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Glatron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Franck-Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josefa Bleu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de restitution du programme "sciences participatives en situation d'interdisciplinarité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04384595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodégradation du cis-DCE par la communauté naturelle d'un aquifère contaminé et lien avec l'abondance des gènes fonctionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Joulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bourdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Denonfoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIIe Colloque de l'Association Francophone d'Ecologie Microbienne (AFEM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Camaret-sur-Mer, France. , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01565267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacterial tolerance in contaminated soils: potential of the PICT approach in microbial ecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Imfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bringel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tolerance to Environmental Contaminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRC Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.335-364, 2011, Environmental and Ecological Risk Assessment, 978-1-4398-1770-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId464"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="12098671"/>
+    <w:nsid w:val="52F24402"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gimfeld" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7054-4666" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/178114383" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457388v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Messager" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dupuy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Euzen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Imfeld" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266671v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Martin-Laurent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Achaouak" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Chovelon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Devers" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923577v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Masbou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grail" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Payraudeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sekhar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2025.137428" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388619v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.K. Akhiladas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saswati Chakraborty" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.180764" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388617v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Payraudeau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-29-4179-2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388624v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Prieto-Espinoza" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick H&#246;hener" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsestwater.5c00552" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388611v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Liu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy K&#246;pke" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caglar Akay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen K&#252;mmel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c09732" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388630v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sereni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.127373" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04925356v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatice Turan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sebilo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Imfeld" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Masbou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Monperrus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsestwater.4c00498" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05313814v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixin Cao" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baron" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Besenval" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-025-02286-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733856v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Hermann Richnow" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c02666" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733860v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Skrzypek" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip J H Dunn" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2024.102769" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733854v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Gallego" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rungroch Sungthong" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Guyot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Saphy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Devers-Lamrani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.142981" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544636v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junya Zhang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jes.2024.02.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04725712v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237; Vinyes-Nadal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Gehre" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172858" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733853v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Meite" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Ehrhart" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fournier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry J Heger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2024.116994" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733855v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Borreca" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vuilleumier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-67308-y" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733852v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Junginger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.176269" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04416871v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hofstetter" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rani Bakkour" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Buchner" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinrich Eisenmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anko Fischer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44221-023-00176-4" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04472826v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141488" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241958v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sauvage" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Macary" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaumont" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2023.43.7792" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189050v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Di Chiara Roupert" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Muller" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2023.104519" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209210v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.2c08192" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872967v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Guyot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.137341" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349729v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;lise Boyer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blanchon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schmitt" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Badariotti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Bedell" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wat2.1703" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825105v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Belfort" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Weill" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.159170" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140202v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Wiegert" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-023-06352-2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189726v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicia Linke" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omoyemi Edun" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Preusser" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-023-06613-0" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04062745v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Bahi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. S&#225;nchez-P&#233;rez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2022.106820" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176546v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetyana Gilevska" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.165767" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029726v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo&#239;c Saaidi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gr&#252;nberger" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatja Samou&#235;lian" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Roux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Richard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.121283" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825100v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.135329" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872966v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Granet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.153860" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746400v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Baumlin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Chaumet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.156735" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242691v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chaignaud" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gruffaz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fouteau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Kuhn" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10112302" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03760066v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guers" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouassim Boukaroum" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malleret" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-022-01489-8" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872964v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Droz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2022.101880" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209526v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tournebize" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Simeoni-Sauvage" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13091202" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378943v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Wild" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Daval" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G48706.1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378931v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Duplay" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-021-01259-y" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378994v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula P&#233;rez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Desir&#233;e Schmitt" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gangloff" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2020.107257" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378939v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Rodr&#237;guez Mart&#237;n" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely T&#243;th" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panos Panagos" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c02093" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378936v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie E.L. Muller" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2021.117530" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379002v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Duplay" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378992v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Drouin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Fahs" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Younes" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020WR028932" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240130v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Maurer" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villette" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c06283" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508016v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Leresche" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1em00246e" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498086v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03082804v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.129232" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988801v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140437" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988802v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Hellal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Joulian" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Urien" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ferreira" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Denonfoux" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.142950" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988799v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Pereira dos Santos" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia A Gustavsen" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lamy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward A. D. Mitchell" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.139635" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988800v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehssan Torabi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jes.2020.02.009" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309073v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion L. Chevallier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Della-Negra" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chaussonnerie" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barbance" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Muselet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b06305" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380700v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hermon" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Denonfoux" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Vuilleumier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00089" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722348v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen P. Zubrod" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirco Bundschuh" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gertie Arts" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten A. Br&#252;hl" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b04392" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988804v2" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Beaulieu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Pierret" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Viville" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.01.003" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144557v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Durocher" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guinoiseau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.hs.09" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119163v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefrancq" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Millet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b01118" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367970v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eschbach" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Hendrik May" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-22-2717-2018" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119165v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guyot" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G40283.1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323192v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Semhi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Boutin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12517-018-3925-4" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972733v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Besaury" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maucourt" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Donadello" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Baran" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02053" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02448088v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hermon" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Denonfoux" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ferreira" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2018.05.057" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6PX5KG4C-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846379v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mougin" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouy" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Berthou" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Andrieux" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-2716-5" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818921v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Alvarez-Zald&#237;var" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2018.03.061" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708098v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.09.056" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818985v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2018.03.047" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766282v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Lange" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Olsson" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Sweeney" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Herbstritt" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Reich" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.10.132" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706663v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Lutz" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ype van Der Velde" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omniea Elsayed" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-21-5243-2017" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831186v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.7b02297" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706646v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Crochet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.10.297" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708100v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mauffrey" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Baccara" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-017-3625-9" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885195v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-D. Kopinke" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Georgi" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Imfeld" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-H. Richnow" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2016.11.029" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706656v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Guyot" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Knauss" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pollet-Villard" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2016.08.035" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119158v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Maillard" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffi Schreiber" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dollinger" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2015.11.027" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409767v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabella Babcsanyi" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chabaux" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.03.037" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630093v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Stef" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Anatole-Monnier" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022675v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omniea Fawzy Elsayed" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.03.061" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BX0KM1B0-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819018v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.F. Elsayed" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maillard" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vuilleumier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.08.048" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7P7ZVT8G-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819070v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nijenhuis" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.H. Richnow" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2013.10.027" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JXKLW16R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598751v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Destandau" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rozan" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2013.07.030" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52MFNTKW-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460936v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejsobi.2011.11.010" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W5T2MSJ5-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607741v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Martin" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bertaux" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Ber" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-011-9687-6" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1L25M5HD-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783259v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Faivre" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gregoire" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2011.01.057" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KPJXVLHD-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765318v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Stehle" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Elsaesser" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Engelbert Niehaus" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/jeq2010.0510" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128260v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noam Shani" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roesti" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fromin" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhavdish N. Johri" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04936744v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216815v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen L&#225;zaro S&#225;nchez" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734740v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-18104" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535513v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junginger Tobias" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Payraudeau Sylvain" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-14583" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638554v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Matthias Wantzen" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cybill Staentzel" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Beisel" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Berrod" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781667v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7572" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409489v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Della-Negra Oriane" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaussonnerie S&#233;bastien" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mottes" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Rangon" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chevallier" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831952v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176719v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02174261v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01825176v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01478955v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denonfoux J&#233;r&#233;mie" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01614645v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265701v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lonchampt" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tremolieres" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Grac" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265842v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Finaud-Guyot" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266288v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192455v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Merlin" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy M Vogel" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266289v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00816770v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury Gauthier" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafik Maazouzi" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281702v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lambert" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733859v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Adu-Gyamfi" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-47265-7" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384595v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Franck-Neumann" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Auclerc" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bernier" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefa Bleu" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01565267v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourdier" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733327v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bringel" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcpress.com/Tolerance-to-Environmental-Contaminants/Amiard-Triquet-Rainbow-Romeo/p/book/9781439817704" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gimfeld" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7054-4666" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/178114383" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457388v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Messager" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dupuy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Euzen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Imfeld" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266671v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Martin-Laurent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Achaouak" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Chovelon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Devers" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923577v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Masbou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grail" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Payraudeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sekhar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2025.137428" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388619v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.K. Akhiladas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saswati Chakraborty" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.180764" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388617v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Payraudeau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-29-4179-2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388624v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Prieto-Espinoza" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick H&#246;hener" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsestwater.5c00552" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388611v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Liu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy K&#246;pke" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caglar Akay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen K&#252;mmel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c09732" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388630v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sereni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.127373" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05313814v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixin Cao" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baron" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Besenval" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-025-02286-7" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04925356v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatice Turan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sebilo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Imfeld" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Masbou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Monperrus" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsestwater.4c00498" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733856v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Hermann Richnow" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c02666" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733860v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Skrzypek" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip J H Dunn" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2024.102769" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733854v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Gallego" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rungroch Sungthong" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Guyot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Saphy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Devers-Lamrani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.142981" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544636v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junya Zhang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jes.2024.02.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733853v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Meite" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Ehrhart" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fournier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry J Heger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2024.116994" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04725712v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237; Vinyes-Nadal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Gehre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172858" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733852v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Junginger" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.176269" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733855v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Borreca" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vuilleumier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-67308-y" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04416871v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hofstetter" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rani Bakkour" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Buchner" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinrich Eisenmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anko Fischer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44221-023-00176-4" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04472826v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141488" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189050v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Di Chiara Roupert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Muller" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2023.104519" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209210v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.2c08192" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241958v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sauvage" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Macary" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Chaumont" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2023.43.7792" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140202v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Wiegert" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-023-06352-2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825105v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Belfort" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Weill" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.159170" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349729v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;lise Boyer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blanchon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schmitt" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Badariotti" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Bedell" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wat2.1703" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872967v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Guyot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.137341" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04062745v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Bahi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. S&#225;nchez-P&#233;rez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2022.106820" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189726v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicia Linke" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omoyemi Edun" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Preusser" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-023-06613-0" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176546v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetyana Gilevska" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.165767" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029726v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo&#239;c Saaidi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gr&#252;nberger" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatja Samou&#235;lian" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Roux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Richard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.121283" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825100v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.135329" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872966v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Granet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.153860" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746400v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Baumlin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Chaumet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.156735" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242691v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chaignaud" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gruffaz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fouteau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Kuhn" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10112302" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03760066v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guers" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouassim Boukaroum" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malleret" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-022-01489-8" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872964v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Droz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2022.101880" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209526v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tournebize" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Simeoni-Sauvage" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13091202" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378943v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Wild" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Daval" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G48706.1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378931v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Duplay" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-021-01259-y" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378994v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula P&#233;rez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Desir&#233;e Schmitt" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gangloff" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2020.107257" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378992v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Drouin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Fahs" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Younes" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020WR028932" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378936v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie E.L. Muller" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2021.117530" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378939v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Rodr&#237;guez Mart&#237;n" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely T&#243;th" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panos Panagos" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c02093" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379002v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Duplay" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508016v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Leresche" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1em00246e" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240130v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Maurer" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villette" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c06283" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498086v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03082804v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.129232" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988801v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140437" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988802v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Hellal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Joulian" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Urien" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ferreira" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Denonfoux" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.142950" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988800v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehssan Torabi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jes.2020.02.009" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988799v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Pereira dos Santos" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia A Gustavsen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lamy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward A. D. Mitchell" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.139635" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309073v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion L. Chevallier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Della-Negra" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chaussonnerie" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barbance" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Muselet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b06305" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380700v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hermon" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Denonfoux" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Vuilleumier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00089" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988804v2" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Beaulieu" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Pierret" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Viville" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.01.003" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722348v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen P. Zubrod" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirco Bundschuh" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gertie Arts" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten A. Br&#252;hl" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b04392" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144557v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Durocher" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guinoiseau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.hs.09" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119163v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefrancq" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Millet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b01118" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367970v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eschbach" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Hendrik May" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-22-2717-2018" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119165v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guyot" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G40283.1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323192v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Semhi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Boutin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12517-018-3925-4" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972733v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Besaury" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maucourt" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Donadello" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Baran" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02053" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02448088v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hermon" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Denonfoux" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ferreira" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2018.05.057" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6PX5KG4C-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846379v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mougin" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouy" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Berthou" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Andrieux" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-2716-5" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818921v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Alvarez-Zald&#237;var" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2018.03.061" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708098v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.09.056" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818985v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2018.03.047" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766282v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Lange" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Olsson" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Sweeney" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Herbstritt" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Reich" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.10.132" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706663v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Lutz" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ype van Der Velde" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omniea Elsayed" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-21-5243-2017" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831186v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.7b02297" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706646v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Crochet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.10.297" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885195v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-D. Kopinke" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Georgi" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Imfeld" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-H. Richnow" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2016.11.029" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708100v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mauffrey" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Baccara" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-017-3625-9" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119158v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Maillard" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffi Schreiber" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dollinger" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2015.11.027" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706656v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Guyot" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Knauss" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pollet-Villard" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2016.08.035" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409767v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabella Babcsanyi" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chabaux" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.03.037" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630093v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Stef" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Anatole-Monnier" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022675v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omniea Fawzy Elsayed" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.03.061" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BX0KM1B0-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819018v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.F. Elsayed" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maillard" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vuilleumier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.08.048" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7P7ZVT8G-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819070v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nijenhuis" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.H. Richnow" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2013.10.027" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JXKLW16R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598751v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Destandau" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rozan" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2013.07.030" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52MFNTKW-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460936v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejsobi.2011.11.010" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W5T2MSJ5-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607741v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Martin" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bertaux" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Ber" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-011-9687-6" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1L25M5HD-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783259v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Faivre" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gregoire" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2011.01.057" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KPJXVLHD-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765318v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Stehle" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Elsaesser" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Engelbert Niehaus" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/jeq2010.0510" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128260v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noam Shani" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roesti" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fromin" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhavdish N. Johri" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04936744v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216815v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen L&#225;zaro S&#225;nchez" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734740v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-18104" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535513v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junginger Tobias" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Payraudeau Sylvain" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-14583" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638554v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Matthias Wantzen" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cybill Staentzel" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Beisel" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Berrod" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781667v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7572" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409489v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Della-Negra Oriane" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaussonnerie S&#233;bastien" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mottes" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Rangon" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chevallier" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831952v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176719v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02174261v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01825176v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01478955v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denonfoux J&#233;r&#233;mie" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01614645v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467726v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tremoli&#232;res" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Grac" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265701v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lonchampt" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tremolieres" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265842v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Finaud-Guyot" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266289v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192455v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Merlin" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy M Vogel" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266288v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403766v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00816770v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury Gauthier" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafik Maazouzi" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281702v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lambert" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733859v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Adu-Gyamfi" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-47265-7" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384595v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Franck-Neumann" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Auclerc" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bernier" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefa Bleu" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01565267v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bourdier" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733327v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bringel" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcpress.com/Tolerance-to-Environmental-Contaminants/Amiard-Triquet-Rainbow-Romeo/p/book/9781439817704" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>