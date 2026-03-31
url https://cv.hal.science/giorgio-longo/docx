--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1319,1062 +1319,1062 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03541354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Il caso Dreyfus, un affaire siciliano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I linguaggi del potere. Atti del convegno internazionale di studi (Ragusa, 16-18 ottobre 2019), a cura di Felice Rappazzo e Giuseppe Traina, Mimesis, Sesto San Giovanni (MI), 2020, pp. 277-287.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9788857565620</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02538225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Verga a Médan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Longo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">«I suoi begli anni»: Verga tra Milano e Catania (1872-1891), a cura di G. Alfieri, A. Manganaro, S. Morgana, G. Polimeni, Atti del Convegno Internazionale di Studi per il quarantennale della Fondazione Verga (Catania 19-21 aprile 2018 - Milano 28-30 novembre 2018), Vol. I, Biblioteca della Fondazione Verga, Serie convegni n.s. n. 1, Fondazione Verga - Euno Edizioni, Catania, 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 978-88-6859-202-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verga Traduttore, in Rappresentazioni narrative – realismo, verismo, modernismo tra secondo Ottocento e primo Novecento. Sperimentazione italiana e cornice europea, Atti del Convegno Internazionale di Studi (Catania 3-5 ottobre 2019), a cura di Gabriella Alfieri, Rosario Castelli, Sergio Cristaldi, Andrea Manganaro, Fondazione Verga - Euno Edizioni, Catania, 2020, pp. 115-129.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Longo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rappresentazioni narrative – realismo, verismo, modernismo tra secondo Ottocento e primo Novecento. Sperimentazione italiana e cornice europea</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 978-88-6859-195-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03190549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9788857565620</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cavalleria rusticana in Francia fra teatro, musica e cinema (1884-1910)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Traductions, adaptations, réceptions de l'œuvre de Giovanni Verga, Édité par Laura Fournier-Finocchiaro et Giorgio Longo, Transalpina, n. 22, Presses Universitaires de Caen, 2019.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02504590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verga in Francia. Una messa a punto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Verga e « gli altri » – La biblioteca, i presupposti, la ricezione (Atti del Convegno, Catania, 27-29 settembre 2017), a cura di A. Manganaro e F. Rappazzo, «Annali della Fondazione Verga», n. s., no 11, Catania, 2018 p. 187-204.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2038-2243</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 2038-2243</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02557341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lo scrittore nella città</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciascia e Parigi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02500220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Passi a piedi, passi a memoria, Conversazione con Vincenzo Consolo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Longo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciascia e Parigi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Passim, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02500171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La favola del lupo e della volpe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le rire et la raison - Mélanges en hommage à Denis Ferraris, Textes rassemblés et présentés par Elsa Chaarani Lesourd et Valeria Giannetti-Karsenti, « P.R.I.S.M.I. », Revue d’études italiennes, n°14, Automne 2015, pp. 143-169.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico De Roberto e il racconto fotografico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’occhio fotografico: Naturalismo e Verismo, Actes de la Journée d’études : « NATURALISTES ET VERISTES - Écriture et photographie, Université de Lille-3, 20 avril 2012, Nerosubianco, Cuneo, 2014.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico De Roberto: «Randazzo e la Valle dell’Alcantara»</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, in «Forme e modelli. La fotografia come modo di conoscenza», a cura di Francesco Faeta et Giacomo Daniele Fragapane, Atti del Congresso della Società Italiana per lo Studio della Fotografia (SISF), Noto, 7-9 ottobre 2010, Corisco, Roma-Messina, 2013, pp. 279-287.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2013</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'etica della reversibilità: Sciascia e la tradizione letteraria siciliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'etica del potere per Leonardo Sciascia, Actes du colloque, Palermo, 19-20 novembre 2010, in «Todomodo», Rivista internazionale di studi sciasciani, A. I, vol. I, 2011, Leo S. Olschki Ed., Firenze, pp. 29-41.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2011</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capuana e l’agiografia del Risorgimento</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Unità d’Italia nella rappresentazione dei veristi, Atti del Convegno Internazionale di Studi (Catania, 13-16 dicembre 2010), « Annali della Fondazione Verga » n° 3 (nuova serie), Catane, 2010, pp. 155-172.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2010</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Al di là del muro : Verga e il Verismo in Francia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Il punto su Verga e il Verismo, Actes du Colloque, Catane, 12-13 decembre 2008, « Annali della Fondazione Verga » n°2 (nuova serie), Catane, pp. 43-62.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2009</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La littérature pour la jeunesse en Italie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Liitératures pour la jeunesse, suivi de Enfantina, Cinq siècles de lectures d’enfants à Valenciennes, dir. J.-E. Girot, Valenciennes, Presses Universitaires Valenciennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Épistoliers, Traducteurs, Imitateurs : Giovanni Verga, Édouard Rod et Georges Eekhoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Longo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mémoire des textes, textes de mémoire, Actes du colloque, Nanterre 21-22 octobre 2005, Textes réunis par Claude Cazalé Bérard, Cahiers d’Italies, Presses Universitaires Paris 10, Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02501960v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02501957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Per un uso critico dei mezzi audiovisivi nell’insegnamento dell’italiano</w:t>
               </w:r>
@@ -3300,1006 +3300,1006 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03871073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vues et voix de l’étranger dans le Vérisme italien, (en collaboration avec G. Alfieri) in Les mondes naturalistes (actes du colloque : « Naturalismes du Monde : les voix de l’étranger », Collège de France - École normale supérieure, Paris, 23-24 mai 2019) « Cahiers Naturalistes », n° 94, 2020, pp. 369-393.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Naturalistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les grandes journées du verisme en France: Crémieux, Arrighi et Pézard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Longo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annali della Fondazione Verga</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, n. 13 (Nuova serie), pp.195-224</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03259973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustave Le Gray, Alexandre Dumas e Garibaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kalós : arte in Sicilia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Gustave Le Gray, Alexandre Dumas e Garibaldi</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traduttori-imitatori: Rod, Eekhoud, Verga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annali della Fondazione Verga</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Palazzo Salomone a Nicosia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Longo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kalós : arte in Sicilia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010</w:t>
+              <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2008</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Consolo alla Sorbona</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kalós : arte in Sicilia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Giorgio Longo</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I coralli della ‘Wunderkammer’ di Ambras (en collaboration avec Susanna Gambino)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanna Gambino Longo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kalós : arte in Sicilia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008</w:t>
+              <w:t xml:space="preserve">, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Vincenzo Consolo alla Sorbona</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un teatro siciliano a Parigi, in « Kalós », A. 16, n° 1, Genn.-Marzo 2004, pp. 24-32.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Longo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kalós : arte in Sicilia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007</w:t>
+              <w:t xml:space="preserve">, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, 2004</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Cavalleria rusticana» au cinéma. Les «séries d'art»</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chroniques italiennes (Imprimé)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2004</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02500364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Italy’s Southern Question. Orientalism in One Country (compte-rendu), in «L'Homme». Revue française d'anthropologie, 152, oct.-déc. 1999, pp. 257-260.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02500384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verga e Giovanni Grasso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Il castello di Elsinore</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">Il castello di Elsinore</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02500372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vérisme et Naturalisme : Verga et/ou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chroniques italiennes (Imprimé)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">Chroniques italiennes (Imprimé)</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02500362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La traduzione francese dell'«Illusione» di De Roberto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annali della Fondazione Verga </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">Annali della Fondazione Verga </w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02500369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verga versus D'Annunzio. Le choix latin de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transalpina : études italiennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02500368v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02500364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fortune de Verga en France (1880-1910)</w:t>
               </w:r>
@@ -4799,51 +4799,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933947v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Grenaud-Tostain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Longo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613345v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Alfieri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Manganaro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716844v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395591v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fournier-Finocchiaro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500121v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500156v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500151v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Tortonese" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500128v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500143v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500159v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02507202v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Maria Cederna" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05305246v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237041v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613346v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04528498v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613347v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541354v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145818v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190549v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538225v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02504590v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557341v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500171v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500220v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501980v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501979v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501976v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501973v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501975v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501967v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501960v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501957v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501856v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Gambino Longo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500389v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500387v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500336v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500111v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500109v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500102v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500018v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02499989v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02499891v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05028478v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831522v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871073v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259973v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933509v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501969v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501964v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501965v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501961v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501858v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501857v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500384v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500372v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500362v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500369v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500368v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500364v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500051v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500042v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500023v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500011v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02499982v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933947v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Grenaud-Tostain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Longo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613345v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Alfieri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Manganaro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716844v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395591v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fournier-Finocchiaro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500121v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500156v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500151v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Tortonese" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500128v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500143v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500159v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02507202v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Maria Cederna" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05305246v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237041v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613346v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04528498v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613347v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541354v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538225v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145818v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190549v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02504590v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557341v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500220v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500171v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501980v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501979v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501976v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501973v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501975v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501967v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501957v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501960v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501856v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Gambino Longo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500389v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500387v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500336v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500111v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500109v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500102v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500018v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02499989v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02499891v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05028478v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831522v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871073v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933509v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259973v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501969v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501964v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501965v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501961v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501858v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02501857v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500364v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500384v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500372v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500362v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500369v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500368v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500051v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500042v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500023v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02500011v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02499982v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>