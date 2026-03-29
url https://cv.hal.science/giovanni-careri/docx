--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -574,165 +574,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01349328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TIME OF HISTORY AND TIME OUT OF HISTORY: THE SISTINE CHAPEL AS ‘THEORETICAL OBJECT’</w:t>
+                <w:t xml:space="preserve">Time of history and time out of history: the Sistine Chapel as 'theoretical object'.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Careri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Art History</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 30 (3), pp.326--348</w:t>
+              <w:t xml:space="preserve">, 2007, pp.326--348</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01349329v1</w:t>
+                <w:t xml:space="preserve">hal-01349330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time of history and time out of history: the Sistine Chapel as 'theoretical object'.</w:t>
+                <w:t xml:space="preserve">TIME OF HISTORY AND TIME OUT OF HISTORY: THE SISTINE CHAPEL AS ‘THEORETICAL OBJECT’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Careri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Art History</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, pp.326--348</w:t>
+              <w:t xml:space="preserve">, 2007, 30 (3), pp.326--348</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01349330v1</w:t>
+                <w:t xml:space="preserve">hal-01349329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les affects en mouvement - Gestes d'amour et de guerre</w:t>
               </w:r>
@@ -1347,624 +1347,624 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04039464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ebrei e cristiani nella Cappella Sistina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Quodlibet, 2020, 9788822903617</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'invention du geste amoureux. Anthropologie de la séduction dans les arts visuels de l'Antiquité à nos jours (actes du colloque international L'invention du geste amoureux dans la peinture de la Renaissance (1500-1650), résurgences, codifications, transgressions, 8-9 juin 2015, INHA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élinor Myara Kélif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Boudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peter Lang, 328p., 2020, coll. EHNE</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03745098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Caravaggio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Careri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Huazong Univesitity of Science and Technology, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04052237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Élinor Myara Kélif</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caravaggio : stwarzanie widza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jednosc, 2020, 9788381441926</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caravaggio: stwazzanie Widza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jednosc, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04052228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voli d'amore : architettura, pittura e scultura nel &amp;quot;bel composto&amp;quot; di Bernini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mimesis, 101, 2017, 9788857541792</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caravage. La peinture en ses miroirs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Citadelles et Mazenod, 2017, Les phares, 9782850886416</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04052176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caravage hors-champ. &amp;quot;La Flagellation&amp;quot; de Rouen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Peter Lang, 328p., 2020, coll. EHNE</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions 1 : 1, 2017, 9782953859393</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Jednosc, 2020, 9788381441926</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04052194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caravaggio : la fabbrica dello spettatore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jaca Book, 2017, 9788816605466</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...322 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04039714v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-04039712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1976,169 +1976,169 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Die &amp;quot;Autorità quasi immanente” der gesten bei Caravaggio und Annibale Carracci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Barbara Borngasser e Bruno Klein ed. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Das Subversive Bild. Festschrift für Jürgen Müller</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Deutscher Kunstverlag, pp.187-201, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04052148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Die 'Autoritità. Quasi Immanente' des gesten bei Caravaggio und Annibale Carracci.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Careri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Das Subversive Bild</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Deutscher Kunstverlag Berlin Munchen, pp.187--202, 2022, 978-3-422-98769-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028713v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-04052148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le forme intermedie. L’arte e il suo fuori</w:t>
               </w:r>
@@ -2191,324 +2191,324 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04052164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Aspettando Godot nella Cappella Sistina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lucia Corrain (Ed). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anacronie. Leggibilità tra passato e presente nel display e nelle arti</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bononia University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.60-70, 2021, 9788869239649</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04052142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Come Raffaello ha compreso e accolto Michelangelo nella sua Scuola. Il pensieroso e gi Antenati di Cristo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raffaello. Mito e percezione</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bononia University Press, pp.99--109, 2021, 978-88-6923-887-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04028714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armida in-between: the translation of the affetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experiencing music and visual cultures : threshold, intermediality, synchresis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.33--49, 2021, 9780367188047</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Enunciazione visiva il momento moderno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Careri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">T. Lancioni, A. Lorusso (eds.),. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enunciazione e Immagini</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, XIV (29), Mimesis, pp.62--71, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04039678v1</w:t>
-              </w:r>
-[...222 lines deleted...]
-                <w:t xml:space="preserve">hal-04028714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annibale Carracci, lo spettatore all'opera</w:t>
               </w:r>
@@ -2557,384 +2557,384 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04039679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Caravaggio und Bernini. Der Seelenleib</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caravaggio Bernini : Entdeckung der Gefuehle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hannibal / Kunstihistorisches Museum Wien, pp.56--67, 2019, 9789463887106</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernini and Caravaggio : The Body of the Soul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Swoboda et Frits Scholten (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caravaggio Bernini : Early Baroque in Rome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kunst Historisches Museum Wien, pp.56--67, 2019, 9789463887090</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Caravaggio und Bernini. Der Seenleib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Careri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gudrun Swoboda, Frits Scholten, Stefan Weppelmann (Ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Caravaggio | Bernini – Entdeckung der Gefühle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kunsthistorischen Museum Wien; Rijksmuseum Amsterdam, 2019, 978-3-7913-5920-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04052280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestes traduits, gestes trahis, à partir du Tasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Careri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">G. Careri – V. Boudier – E. Kelif (eds.),. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'invention du geste amoureuux : anthropologie de la séduction dans les arts visuels de l'Antiquité à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang, pp.253--265, 2019, 9782807602762</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04039705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estasi del corpo barocco : note sulla Ludovica Albertoni di Bernini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Careri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La materia e il corpo, sconfinamenti visioni</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Quodlibet, pp.121--133, 2019, 9788822903419</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04039680v1</w:t>
-              </w:r>
-[...140 lines deleted...]
-                <w:t xml:space="preserve">hal-04039706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacchus at Bruce's Dinner Party</w:t>
               </w:r>
@@ -3056,173 +3056,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04039711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La force en réserve : la Terribilità du Christ de Michel-Ange</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Careri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Cantillon, P.A. Fabre, B. Rougé (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A force de signes : travailler avec Louis Marin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de l'Ecole des Hautes Etudes en Sciences Sociales, pp.71--81, 2018, 9782713227233</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Questi fantasmi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Careri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Micol Forti, Alessandra Mauro (dir. ). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In piena luce : Nove fotografi interpretano i Musei Vaticani</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Contrasto; Edizioni Musei Vaticani, pp.185--191, 2018, 9788869657511</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04039709v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04039707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marin et les pouvoirs de la représentation</w:t>
               </w:r>
@@ -3500,51 +3500,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7CE7255B"/>
+    <w:nsid w:val="C739F2B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3731,51 +3731,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/giovanni-careri" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034389512" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039674v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Careri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039710v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349325v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349326v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349327v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349328v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349329v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349330v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349331v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349332v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349333v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349334v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349337v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349336v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00767095v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Koering" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cassegrain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039464v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052237v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03745098v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;linor Myara K&#233;lif" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Boudier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039677v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052228v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039703v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052194v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine Fabre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052176v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039714v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039712v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028713v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052148v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052164v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039678v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052142v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibs.it/anacronie-leggibilita-tra-passato-presente-libro-vari/e/9788869239649" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039675v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028714v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039679v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052280v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039705v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039680v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039704v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039706v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039708v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039711v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039709v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039707v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039713v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01345700v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Stockinger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Challulau," TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/giovanni-careri" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034389512" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039674v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Careri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039710v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349325v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349326v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349327v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349328v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349330v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349329v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349331v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349332v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349333v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349334v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349337v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349336v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00767095v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Koering" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cassegrain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039464v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039703v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03745098v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;linor Myara K&#233;lif" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Boudier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052237v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039677v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052228v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039712v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052176v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052194v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine Fabre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039714v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052148v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028713v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052164v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052142v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibs.it/anacronie-leggibilita-tra-passato-presente-libro-vari/e/9788869239649" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028714v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039675v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039678v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039679v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039706v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039704v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04052280v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039705v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039680v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039708v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039711v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039707v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039709v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039713v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01345700v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Stockinger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Challulau," TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>