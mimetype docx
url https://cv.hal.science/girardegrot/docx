--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2620,399 +2620,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00987486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tethered Bilayer lipid membranes (tBLMs) : interest and applications for biological membrane investigations.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The influence of lipids on MGD1 membrane binding highlights novel mechanisms for galactolipid biosynthesis regulation in chloroplasts.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joe Sarkis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ofelia Maniti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebaud Samuel</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Véronique Vie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2014.06.021⟩</w:t>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 28 (7), pp.3114-3123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fj.14-250415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01151316v1</w:t>
+                <w:t xml:space="preserve">hal-00987212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of lipids on MGD1 membrane binding highlights novel mechanisms for galactolipid biosynthesis regulation in chloroplasts.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Juliette Jouhet</w:t>
+                <w:t xml:space="preserve">Design of glycosyltransferase inhibitors targeting human O-GlcNAc transferase (OGT)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuai Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Vie</w:t>
+                <w:t xml:space="preserve">David L. Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Vercoutter-Edouart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Mortuaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1096/fj.14-250415⟩</w:t>
+              <w:t xml:space="preserve">MedChemComm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, pp.1172-1178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C4MD00063C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00987212v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00987243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of glycosyltransferase inhibitors targeting human O-GlcNAc transferase (OGT)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tethered Bilayer lipid membranes (tBLMs) : interest and applications for biological membrane investigations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Vercoutter-Edouart</w:t>
+                <w:t xml:space="preserve">Rebaud Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlène Mortuaire</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maniti Ofélia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès P Girard-Egrot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MedChemComm</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 5, pp.1172-1178. </w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 107 (Part A), pp.135-142. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C4MD00063C⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2014.06.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00987243v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific interaction to PIP2 increase the kinetic rate of membrane binding of VILIPs, a subfamily of Neuronal Calcium sensors (NCS) proteins.</w:t>
               </w:r>
@@ -6323,51 +6323,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733369v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Abawi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Thomann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Petiot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Lollo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2024.07.017" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329859v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Granjon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15122739" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859918v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Filali" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Darragi-Raies" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layth Ben-Trad" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Piednoir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saw-See Hong" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232113201" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451094v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bompard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Maniti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aboukhachfe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ausserre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girard-Egrot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.1c01184" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083631v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bompard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Rosso" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyre Brizuela" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;da Mebarek" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Blum" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c00262" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517538v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mil&#232;ne Nitenberg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga N Makshakova" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Rocha" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Perez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mar&#233;chal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwz106" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02132660v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Plaut" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Strzelecka-Kiliszek" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz Bozycki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slawomir Pikula" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Buchet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abb.2019.04.003" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735596v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Girard-Egrot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00126" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896284v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s B&#233;narouche" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofelia Maniti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Marion" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marsollier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006814" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02132837v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Chadli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Of&#233;lia Maniti" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe A. Marquette" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tillier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Cortes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8AN00260F" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02116118v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Fiore" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Girard-Egrot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Monnard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Strazewski" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201710708" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547144v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Madanamoothoo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Berlioz-Barbier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s P Girard-Egrot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7OB00708F" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-01739046v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zouaoui" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brizuela" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2017.09.003" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01791747v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Benarouche" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Habchi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cagna" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2017.10.010" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272198v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Sarkis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pitou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Radzimanowski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13129" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341737v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meiyu Gaia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Frueh" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Rebaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Doumeche" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5RA08456C" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412197v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gai M." TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frueh J." TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukhorukov G. B." TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebaud S." TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142690v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rebaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sarkis" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Jia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Zhao" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987486v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Redon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pouvreau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelien de Meulenaere" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Clays" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bc500047r" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151316v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebaud Samuel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maniti Of&#233;lia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2014.06.021" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987212v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vie" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.14-250415" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987243v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Wang" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L. Shen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafont" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Vercoutter-Edouart" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Mortuaire" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4MD00063C" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145287v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conan K. Wang" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyndel Mason" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Simon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145062v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917349v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Auger" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Bentata" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rogemond" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;nigoz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.490862" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917351v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lagarde" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2012.11.010" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9G6Z3P9K-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720135v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Boudi&#232;re" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille y Bott&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Saidani" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lajoie" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Marion" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2mb25067e" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600984v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Queneau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dumoulin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cheaib" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chambert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Andraud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2010.03.009" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JX0R7B7C-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600988v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Santafe" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Doumeche" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Blum" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Girard-Egrot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Marquette" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac9026725" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180447v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifeng Jiao" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice D. Leca-Bouvier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boullanger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c J. Blum" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s P. Girard-Egrot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2009.07.034" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z1QTCVXF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590500v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guillemin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopez" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gimenez" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fuertes" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-G. Valero" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009066" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180458v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes P. Girard-Egrot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic J. Blum" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2010.031743" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590373v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A-M. Santaf&#233;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marquette Christophe" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la902652d" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179872v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew R. Battle" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella M. Valenzuela" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Mechler" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan J. Nichols" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavica Praporski" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.200800483" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H616J5J3-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315270v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aouacheria" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vj Garcia" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Locher" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kucharczak" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389334v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jiao" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Leca-Bouvier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boullanger" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281245v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peruchon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Puzenat" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Blumb" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Null Herrmann" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphotochem.2007.12.033" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TSN7R9TP-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389325v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139400v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sauter" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pudda" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Picollet d'Hahan" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631241v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Godoy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c J Blum" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cis.2005.04.006" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S71JW86L-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631238v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Violot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Bouchu" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice D Leca-Bouvier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.200400277" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4PJ34CBP-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314325v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Chauvet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gillet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moradi-Ameli" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401669v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Girard-Egrot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Chauvet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Coulet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401643v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Morelis" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082227v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315855v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bastien" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Botella" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chevalier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse A Block" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.ircmb.2015.12.001" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987505v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Richter" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brisson" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733369v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Abawi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Thomann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Petiot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Lollo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2024.07.017" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329859v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Granjon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15122739" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859918v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Filali" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Darragi-Raies" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layth Ben-Trad" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Piednoir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saw-See Hong" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232113201" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451094v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bompard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Maniti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aboukhachfe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ausserre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girard-Egrot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.1c01184" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083631v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bompard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Rosso" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyre Brizuela" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;da Mebarek" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Blum" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c00262" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517538v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mil&#232;ne Nitenberg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga N Makshakova" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Rocha" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Perez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mar&#233;chal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwz106" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02132660v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Plaut" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Strzelecka-Kiliszek" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukasz Bozycki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slawomir Pikula" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Buchet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abb.2019.04.003" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735596v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Girard-Egrot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00126" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896284v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s B&#233;narouche" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofelia Maniti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Marion" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marsollier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006814" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02132837v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Chadli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Of&#233;lia Maniti" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe A. Marquette" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tillier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Cortes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8AN00260F" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02116118v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Fiore" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Girard-Egrot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Monnard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Strazewski" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201710708" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547144v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Madanamoothoo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Berlioz-Barbier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s P Girard-Egrot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7OB00708F" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-01739046v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zouaoui" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brizuela" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2017.09.003" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01791747v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Benarouche" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Habchi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cagna" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2017.10.010" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272198v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Sarkis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Thomas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pitou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Radzimanowski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13129" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341737v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meiyu Gaia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Frueh" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Rebaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Doumeche" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5RA08456C" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412197v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gai M." TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frueh J." TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukhorukov G. B." TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebaud S." TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142690v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rebaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sarkis" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Jia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Zhao" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987486v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Redon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pouvreau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelien de Meulenaere" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Clays" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bc500047r" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987212v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vie" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.14-250415" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987243v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Wang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L. Shen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafont" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Vercoutter-Edouart" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Mortuaire" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4MD00063C" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151316v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebaud Samuel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maniti Of&#233;lia" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2014.06.021" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145287v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conan K. Wang" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyndel Mason" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Simon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145062v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917349v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Auger" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Bentata" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rogemond" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;nigoz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.490862" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917351v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lagarde" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2012.11.010" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9G6Z3P9K-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720135v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Boudi&#232;re" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille y Bott&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Saidani" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lajoie" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Marion" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2mb25067e" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600984v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Queneau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dumoulin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cheaib" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chambert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Andraud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2010.03.009" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JX0R7B7C-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600988v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Santafe" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Doumeche" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Blum" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Girard-Egrot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Marquette" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac9026725" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180447v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifeng Jiao" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice D. Leca-Bouvier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boullanger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c J. Blum" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s P. Girard-Egrot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2009.07.034" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z1QTCVXF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590500v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guillemin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopez" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gimenez" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fuertes" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-G. Valero" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009066" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180458v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes P. Girard-Egrot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic J. Blum" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2010.031743" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590373v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A-M. Santaf&#233;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marquette Christophe" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la902652d" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179872v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew R. Battle" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella M. Valenzuela" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Mechler" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan J. Nichols" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavica Praporski" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.200800483" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H616J5J3-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315270v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aouacheria" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vj Garcia" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Locher" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kucharczak" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389334v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jiao" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Leca-Bouvier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boullanger" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281245v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peruchon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Puzenat" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Blumb" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Null Herrmann" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphotochem.2007.12.033" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TSN7R9TP-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389325v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00139400v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sauter" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pudda" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Picollet d'Hahan" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631241v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Godoy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c J Blum" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cis.2005.04.006" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S71JW86L-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631238v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Violot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Bouchu" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice D Leca-Bouvier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.200400277" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4PJ34CBP-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314325v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Chauvet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gillet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moradi-Ameli" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401669v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Girard-Egrot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Chauvet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Coulet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401643v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Morelis" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082227v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315855v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bastien" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Botella" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chevalier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse A Block" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.ircmb.2015.12.001" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987505v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Richter" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brisson" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>