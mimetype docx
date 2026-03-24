--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1928,3025 +1928,3025 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04909431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">IP, political and regulatory landscape, trade/economic value</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Joint gene editing for an agroecological transition workshop, France/CGIAR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, France 2030 PEPR SVA, CGIAR System Organization, Feb 2024, Montpellier CGIAR System Organization Agropolis, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Book launch and roundtable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Routledge Handbook of Commodification</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut des sciences juridique et philosophique de la Sorbonne, Feb 2024, Centre Lourcine, Université Panthéon-Sorbonne, Paris,, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04909322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, France 2030 PEPR SVA, CGIAR System Organization, Feb 2024, Montpellier CGIAR System Organization Agropolis, France</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biocultural Heritage and Biodiversity Stewardship. The role of international environmental law in bridging the divide between nature and culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forms of Memory and the Role of Law. Sciences Po Law School Graduate Conference 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sciences Po Paris, Jun 2023, Sciences Po Paris - École de droit, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">To Have and to Owe, To Have and to Be: The Law and Politics of Biodiversity Stewardship</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savoirs et patrimoine bioculturel en Amérique latine : processus de « traduction » entre régimes épistémiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Aberdeen, EHESS, CNRS-CREDA, Université de Montréal, May 2023, Maison Suger, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changement climatique, agrobiodiversité et sécurité alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit et alimentation saine et durable : Regards croisés en droit français, allemand, européen et international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de recherches juridiques de Grenoble (CRJ), Jun 2023, Saint-Martin-d'Hères, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souveraineté semencière et droit aux semences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit et alimentation saine et durable : Regards croisés en droit français, allemand, européen et international</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre de recherches juridiques de Grenoble (CRJ), Jun 2023, Saint-Martin-d'Hères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04909293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droits bioculturels, peuples autochtones et communautés locales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de l'UMR DICE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR DICE, Sep 2023, Aix-en-Provence, Université d'Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04909315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Centre de recherches juridiques de Grenoble (CRJ), Jun 2023, Saint-Martin-d'Hères, France</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souveraineté semencière et souveraineté alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les défis alimentaires dans tous leurs états : regards de juristes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, USIAS, CNRS, SAGE, Université de Strasbourg, Feb 2023, Strasbourg, collège doctoral européen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, University of Aberdeen, EHESS, CNRS-CREDA, Université de Montréal, May 2023, Maison Suger, Paris, France</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intendance de la nature : de l’être au devoir et de l’avoir à l’être</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hommage à Mireille Delmas-Marty. La solidarité du vivant. Vers une communauté de destin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Château de Goutelas, Institut Paul Bouchet, Fonds de dotation Second Souffle et le Barreau de Lyon, Feb 2023, Goutelas, Centre culturel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sciences Po Paris, Jun 2023, Sciences Po Paris - École de droit, France</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La charge de la preuve : de quelques nuances de vérité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études « La preuve en droit du travail »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté de droit de Grenoble, UGA, Feb 2022, Maison de l’avocat, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, USIAS, CNRS, SAGE, Université de Strasbourg, Feb 2023, Strasbourg, collège doctoral européen, France</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biocultural Rights, Indigenous Peoples and Local Communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Frison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">People, Plants and the Law 2022, Online Lecture Series, The University of Queensland, Australia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The University of Queensland, Nov 2022, Brisbane, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Château de Goutelas, Institut Paul Bouchet, Fonds de dotation Second Souffle et le Barreau de Lyon, Feb 2023, Goutelas, Centre culturel, France</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04363374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Protocoles (de consultation, communautaires, bioculturels) et autochtonisations : perspectives comparées »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Hall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Frison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre décolonisation et autochtonisation : comment penser un monde plus juste ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Colloque du CIÉRA 2022, May 2022, Université de Montréal, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Biocultural Rights, Indigenous Peoples and Local Communities</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La question des semences »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La prise en compte par le droit des enjeux de l’alimentation durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 13 Sorbonne Nord, Structure Fédérative des communs, Nov 2022, Académie du Climat, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le renouveau de l’aspiration communautaire : déclinaison autour des Commons »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Propriétaire, de quel droit ? Controverses sur le droit de propriété et transitions sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté de droit de Grenoble, UGA, Nov 2022, Grenoble, UGA, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Frison</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, The University of Queensland, Nov 2022, Brisbane, Australia</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Noiville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contested Markets: Theories and Controversies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 1 Panthéon-Sorbonne, du CNRS, LabeX Dynamite, Social Sciences and Humanities Research Council of Canada, Jun 2022, Centre Panthéon, 12 place du Panthéon, 75007 Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">« Protocoles (de consultation, communautaires, bioculturels) et autochtonisations : perspectives comparées »</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biocultural Community protocols, Indigenous Peoples and Local Communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Hall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Frison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entre décolonisation et autochtonisation : comment penser un monde plus juste ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Colloque du CIÉRA 2022, May 2022, Université de Montréal, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">29èmes Journées Scientifiques de la Société d’Écologie : "Humaine Humanités Environnementales. Sciences, arts et citoyennetés face aux changements globaux"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d’écologie humaine; Unité mixte de recherche SENS (Savoirs, ENvironnement, Sociétés); Maison des Sciences de l’Homme SUD (CNRS, UPVM, UM / IRD, Cirad / UPVD, UN, INRAE, IAMM, Montpellier SupAGRO, ENSAM, IMT Mines-Alès, ENSCM), Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Faculté de droit de Grenoble, UGA, Feb 2022, Maison de l’avocat, Grenoble, France</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Community Protocols: An international legal tool to help the unseen be seen?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reia Farrall-Anquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th International Conference on Public Policy (ICPP5)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Public Policy Association (IPPA); Institut Barcelona d’Estudis Internacionals (IBEI), Jul 2021, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris 13 Sorbonne Nord, Structure Fédérative des communs, Nov 2022, Académie du Climat, Paris, France</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biodiversity, Farmers and the Market</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AFSE Annual Congress 2021 - 69th Annual Meeting of the French Economic Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lille Economie Management (LEM-CNRS), Jun 2021, En distanciel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Fabien Girard</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">(Re)penser les recours altruistes pour une véritable justice écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop "(Re)penser les recours altruistes pour une véritable justice écologique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Strasbourg, Maison universitaire des Sciences de l’Homme, Oct 2021, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les modèles de la protection de la biodiversité à Madagascar au prisme des Protocoles Bioculturels communautaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manohisoa Rakotondrabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international "Dialogues et savoir-faire : construction des connaissances autour des enjeux et défis écologiques à Madagascar et dans l’Océan Indien"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d'Antsiranana-Madagascar, Nov 2020, Antsiranana, Madagascar</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Book Launch ‘Les natures de la ville néolibérale: Une écologie politique du végétal urbain’ (Marion Ernwein, 2019, UGA Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison Française d’Oxford; School of Geography and the Environment / Mansfield College; UGA Editions, Feb 2020, Oxford, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Community Discourses and Narratives Under Biocultural Community Protocols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reia Farrall-Anquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Panel Discussion on Biocultural Rights and Community Protocols. Protecting and Promoting Indigenous Peoples’ and Local Communities’ Ways of Life</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de recherches juridiques de Grenoble (CRJ), Nov 2020, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biocultural Community Protocols, Land Tenure and Biocultural Heritage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manohisoa Rakotondrabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anthropology and Geography: Dialogues Past, Present and Future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Royal Anthropological Institute (RAI); Royal Geographical Society (with IBG); British Academy; Department of Anthropology and Sociology at SOAS; British Museum's Department for Africa, Oceania and the Americas, Sep 2020, En distanciel, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les communs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Webconférence "Les communs : comprendre les enjeux et questions liés aux cadres juridiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cap Rural, Jun 2020, En distanciel, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les communs et le droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innov'Rural 2019: Construire les transitions en COMMUN(S)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cap Rural, Sep 2019, Monistrol-sur-Loire, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biens communs et droits fondamentaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit des libertés en question(s) – Colloque n°2 de la RDLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISJPS UMR 8103 Université Paris 1; CRJ EA 1965 Université Grenoble-Alpes; IDEDH Université de Montpellier, Mar 2019, Paris, France. pp.chron. n°28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02299271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diversity Begets Diversity’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Frison</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3Cs workshop Governance and the interaction of competition, cooperation and coercion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Käte Hamburger Kolleg for Global Cooperation Research, Mar 2019, Duisburg-Essen, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intendance de la biodiversité et transferts de la gestion des ressources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communs : droit, histoire et historiographies. 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École des hautes études en sciences sociales (EHESS), May 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semences et agrobiodiversité : pour une lecture ontologique des bio-communs locaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire EnCommuns, MSH Paris Nord: Réinventer les droits collectifs sur les semences paysannes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propriété et changement climatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de lancement du GDR 2032 : Changement climatique &amp; dialogue interdisciplinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR CLIMALEX, Nov 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Composing the Common World of the Bio-Commons in the Age of the Anthropocene: Some Preliminary Observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The commons, plant breeding and agricultural research. How to face the challenges of an increasing world population and the preservation of agrobiodiversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison française d'Oxford (MFO); Centre de recherches juridiques de Grenoble (CRJ), Sep 2016, Oxford, United Kingdom. pp.117-144</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Communautés autochtones et locales: gardiennes de la biodiversité et sujets de droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intensive Doctoral Week, Sciences Po Law School and the Law and Political Science Doctoral School of Paris Ouest Nanterre La Défense University</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sciences Po Paris, Jun 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthropocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres Philosophiques d'Uriage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Uriage, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semences, agrobiodiversité et droits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Local, circuits courts et semence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UNIL-Geopolis, Lausanne, Mar 2018, Lausanne, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Communs et bien communs : un changement de paradigme?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminaire : “Commun/Communs”, Les rencontres du CRJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRJ, UGA, Mar 2018, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commoning the Seeds: From Global to Local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris 1 Panthéon-Sorbonne, du CNRS, LabeX Dynamite, Social Sciences and Humanities Research Council of Canada, Jun 2022, Centre Panthéon, 12 place du Panthéon, 75007 Paris, France</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Frison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IASC Workshop ‘Conceptualizing the New Commons’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IASC, Jun 2018, Oldenburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Faculté de droit de Grenoble, UGA, Nov 2022, Grenoble, UGA, France</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'herméneutique juridique de Ricoeur. Interpréter, argumenter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2e conférence de méthode du Centre Michel de l’Hospital</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Michel de l’Hospital, Université Clermont Auvergne, May 2017, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Lille Economie Management (LEM-CNRS), Jun 2021, En distanciel, France</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">‘Inclusive’ Ownership for the Sake of Environmental Goods. Reconsidering Ownership from the ‘Bundle of Rights’ metaphor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Policy Laboratory for Institutional Regimes for Sustainable Resource Development (“Polirsurd”) Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DHEAP, IEPI, IUKB, UNIGE &amp; UNIBE, Apr 2016, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, International Public Policy Association (IPPA); Institut Barcelona d’Estudis Internacionals (IBEI), Jul 2021, Barcelone, Spain</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricœur’s Legal Hermeneutics: Between Critique and Argumentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Law’s Hermeneutics: Other Investigations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MFO, Kent Law Shool, Jun 2015, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, Société d’écologie humaine; Unité mixte de recherche SENS (Savoirs, ENvironnement, Sociétés); Maison des Sciences de l’Homme SUD (CNRS, UPVM, UM / IRD, Cirad / UPVD, UN, INRAE, IAMM, Montpellier SupAGRO, ENSAM, IMT Mines-Alès, ENSCM), Oct 2021, Montpellier, France</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La propriété comme faisceau de droits et la question des communs environnementaux globaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire : Gouverner le vivant. Cultures et politiques de la biodiversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Action Thématique Muséum (ATM) “Savoirs naturalistes, Expertises et Politiques de la Biodiversité”, UMR “Patrimoines Locaux et Gouvernance” (PALOC, IRD-MNHN) &amp; Institut des sciences de la communication, Jan 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Strasbourg, Maison universitaire des Sciences de l’Homme, Oct 2021, Strasbourg, France</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricœur’s Legal Hermeneutics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Hermeneutics of Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Scottish Centre for Continental Philosophy, School of Humanities, University of Dundee, May 2015, Dundee, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...1513 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03501776v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03501772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discussion de V. Boisvert, F. Thomas (ed.) (2015) Le pouvoir de la biodiversité, Néolibéralisation de la nature dans les pays émergents, Paris: Quae/IRD</w:t>
               </w:r>
@@ -5769,138 +5769,246 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Concluding Thoughts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Frison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Hall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabien Girard; Ingrid Hall; Christine Frison. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biocultural Rights, Indigenous Peoples And Local Communities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Routledge, pp.314-334, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003172642-15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04364183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Biocultural Community Protocols and Boundary Work in Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manohisoa Rakotondrabe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabien Girard; Ingrid Hall; Christine Frison. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biocultural rights, indigenous peoples and local communities : protecting culture and the environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Routledge, Taylor &amp; Francis Group, pp.241-267, 2022, 978-1-032-00081-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4324/9781003172642-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04364176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biocultural Community Protocols and the Ethic of Stewardship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reia Farrall-Anquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5910,1366 +6018,1258 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabien Girard; Ingrid Hall; Christine Frison. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biocultural rights, indigenous peoples and local communities : protecting culture and the environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, Taylor &amp; Francis Group, pp.271-313, 2022, Routledge explorations in environmental studies, 978-1-032-00081-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4324/9781003172642-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03792479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Concluding Thoughts</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Community Protocols and Biocultural Rights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Hall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Frison</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabien Girard; Ingrid Hall; Christine Frison. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biocultural Rights, Indigenous Peoples And Local Communities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Routledge, pp.1-52, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003172642-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04364181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si la modernité nous était contée. Les modèles de la conservation de la biodiversité à Madagascar au prisme des Protocoles bioculturels communautaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manohisoa Rakotondrabe</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...34 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Josie V. Dominique; Cynthia V. Parfait; Ianjatiana Randrianandrasana. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dialogues autour des défis de l’environnement à Madagascar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tsipika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.171-210, 2021, 978-2-36076-053-4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Community Protocols and Biocultural Rights</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La terrestrialité des communs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-François Joye. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les "communaux" au XXIe siècle : une propriété collective entre histoire et modernité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires Savoie Mont Blanc, pp.415-447, 2021, 978-2-37741-071-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Licence de savoir-faire et protection du secret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contrats sur la recherche et l'innovation : techniques contractuelles, valorisation de la recherche, transferts de technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.618-634, 2018, 978-2-247-16124-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02134911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Composing the common world of the local bio-commons in the age of the Anthropocene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabien Girard; Christine Frison. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The commons, plant breeding and agricultural research : challenges for food security and agrobiodiversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge; Taylor &amp; Francis Group; earthscan from Routledge, pp.117-144, 2018, Earthscan food and agriculture, 978-1-138-08758-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01949463v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Confidentialité en droit anglo-américain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contrats sur la recherche et l'innovation : techniques contractuelles, valorisation de la recherche, transferts de technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.120-148, 2018, 978-2-247-16124-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02134916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Term sheet et letter of intent en droit anglo-américain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contrats sur la recherche et l'innovation : techniques contractuelles, valorisation de la recherche, transferts de technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.148-166, 2018, 978-2-247-16124-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02134919v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Copropriété en droit anglo-américain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contrats sur la recherche et l'innovation : techniques contractuelles, valorisation de la recherche, transferts de technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.571-575, 2018, 978-2-247-16124-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02134914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cession de droits de propriété intellectuelle en droit anglo-américain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contrats sur la recherche et l'innovation : techniques contractuelles, valorisation de la recherche, transferts de technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.575-590, 2018, 978-2-247-16124-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02134908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Frison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Fabien Girard; Ingrid Hall; Christine Frison. </w:t>
-[...20 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fabien Girard; Christine Frison. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The commons, plant breeding and agricultural research : challenges for food security and agrobiodiversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge; Taylor &amp; Francis Group; earthscan from Routledge, pp.1-20, 2018, Earthscan food and agriculture, 978-1-138-08758-3</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">Dialogues autour des défis de l’environnement à Madagascar</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01869746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Licence dans les systèmes de Common Law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contrats sur la recherche et l'innovation : techniques contractuelles, valorisation de la recherche, transferts de technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.590-618, 2018, 978-2-247-16124-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02134913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricoeur’s Legal Hermeneutics. Between Interpretation and Argumentation: Mapping the Non-Place of Critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Simone Glanert, Fabien Girard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Law’s Hermeneutics: Other Investigations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.171-210, 2021, 978-2-36076-053-4</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.83-99, 2017, 9781138333567 pub: 2018-07-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires Savoie Mont Blanc, pp.415-447, 2021, 978-2-37741-071-2</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02136120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermeneuticizing the law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Simone Glanert; Fabien Girard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Law’s Hermeneutics: Other Investigations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.1-17, 2017, 9781138333567 pub: 2018-07-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Routledge; Taylor &amp; Francis Group; earthscan from Routledge, pp.117-144, 2018, Earthscan food and agriculture, 978-1-138-08758-3</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marine Lamare. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit à la ville. Justifications, apports, manifestations et portées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.7-14, 2015, 978-2-343-05548-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, pp.120-148, 2018, 978-2-247-16124-9</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02136116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sens et possibilités d'un &amp;quot;droit à l'oubli&amp;quot; aux États-Unis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">David Dechenaud. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit à l'oubli numérique : données nominatives - approche comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Larcier, pp.185-280, 2015, Création information communication, 978-2-8044-7772-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...682 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01893176v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-02136116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La preuve judiciaire : entre logique et culture</w:t>
               </w:r>
@@ -7436,165 +7436,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02104199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Honoré (Anthony [Tony] Maurice)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire des biens communs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.629-632</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02104233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hohfeld (Wesley Newcomb)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des biens communs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, pp.624-629</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02104200v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02104233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId133"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -7749,51 +7749,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892200v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Girard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15718115-bja10175" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04165554v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Coudurier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Hall" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/droitcultures.8747" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911575v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manohisoa Rakotondrabe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501558v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Frison" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-021-00163-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911578v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miezaka Razafindralamabo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1088201ar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03350394v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su131810255" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911580v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134876v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.13339" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962725v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02249847v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962718v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08109028.2015.1061258" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02136110v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911583v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1040016ar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01924656v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Noiville" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962714v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ride.281.0059" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03549710v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549651v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909430v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ellison" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Foyer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909426v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909424v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909425v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909431v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909322v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909331v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909293v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909315v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909304v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902397v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902401v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902393v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902394v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363374v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902215v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902209v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902388v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902221v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902385v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501601v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501593v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reia Farrall-Anquet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501589v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501563v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501845v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501609v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501617v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329017v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501625v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501622v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02299271v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501630v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501619v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501642v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501635v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501761v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02304724v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501656v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501652v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501662v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501649v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501665v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501767v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501790v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501776v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501772v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501768v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501823v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501796v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501814v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909334v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315110387" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892191v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21960" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909338v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003172642" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962738v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Glanert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962731v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909423v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364176v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003172642-12" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792479v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003172642-14" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364183v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003172642-15" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364181v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003172642-1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501556v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aedim.mg/livre/dialogues-autour-des-defis-de-lenvironnement-a-madagascar/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501832v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01949463v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134916v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134911v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134919v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134908v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134914v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01869746v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134913v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02136120v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Laws-Hermeneutics-Other-Investigations-1st-Edition/Glanert-Girard/p/book/9781138123724" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02135364v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01893176v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02136116v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565636v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02104199v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02104200v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02104233v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892200v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Girard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15718115-bja10175" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04165554v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Coudurier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Hall" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/droitcultures.8747" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911575v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manohisoa Rakotondrabe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501558v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Frison" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-021-00163-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911578v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miezaka Razafindralamabo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1088201ar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03350394v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su131810255" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911580v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134876v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.13339" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962725v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02249847v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962718v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08109028.2015.1061258" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02136110v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911583v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1040016ar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01924656v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Noiville" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962714v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ride.281.0059" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03549710v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549651v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909430v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ellison" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Foyer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909426v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909424v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909425v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909431v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909331v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909322v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902401v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902397v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909304v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909293v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909315v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902393v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902394v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902209v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363374v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902215v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902388v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902385v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902221v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501589v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501593v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reia Farrall-Anquet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501601v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501563v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501609v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501845v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329017v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501617v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501625v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501622v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02299271v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501630v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501619v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501656v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02304724v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501761v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501642v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501635v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501652v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501662v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501649v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501665v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501767v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501772v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501790v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501776v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501768v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501823v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501796v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501814v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909334v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315110387" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892191v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21960" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909338v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003172642" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962738v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Glanert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962731v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909423v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364183v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003172642-15" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364176v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003172642-12" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792479v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003172642-14" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364181v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003172642-1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501556v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aedim.mg/livre/dialogues-autour-des-defis-de-lenvironnement-a-madagascar/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501832v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134911v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01949463v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134916v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134919v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134914v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134908v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01869746v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02134913v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02136120v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Laws-Hermeneutics-Other-Investigations-1st-Edition/Glanert-Girard/p/book/9781138123724" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02135364v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02136116v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01893176v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565636v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02104199v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02104233v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02104200v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>