--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -1829,177 +1829,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01114446v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chimeric viruses blur the borders between the major groups of eukaryotic single-stranded DNA viruses.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Geographic distance and ecosystem size determine the distribution of smallest protists in lacustrine ecosystems.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Lepère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Domaizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najwa Taïb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Roux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Enault</w:t>
+                <w:t xml:space="preserve">Jean-François Mangot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Bronner</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Forterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms3700⟩</w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 85 (1), epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1574-6941.12100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00881062v1</w:t>
+                <w:t xml:space="preserve">hal-00806709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure of the rare archaeal biosphere and seasonal dynamics of active ecotypes in surface coastal waters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Hugoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2021,237 +2021,237 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Debroas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Domaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jouan-Dufournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 110 (15), pp.6004-6009. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.1216863110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01354640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geographic distance and ecosystem size determine the distribution of smallest protists in lacustrine ecosystems.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Najwa Taïb</w:t>
+                <w:t xml:space="preserve">Chimeric viruses blur the borders between the major groups of eukaryotic single-stranded DNA viruses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Enault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisèle Bronner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vaulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Mangot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gisèle Bronner</w:t>
+                <w:t xml:space="preserve">Patrick Forterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 85 (1), epub ahead of print. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 4, pp.2700. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1574-6941.12100⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ncomms3700⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00806709v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00881062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Positional cloning of a candidate gene for resistance to the sunflower downy mildew, Plasmopara halstedii race 300.</w:t>
               </w:r>
@@ -2518,51 +2518,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenetic Affiliation of SSU rRNA Genes Generated by Massively Parallel Sequencing: New Insights into the Freshwater Protist Diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najwa Taib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mangot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Domaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2769,51 +2769,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-term dynamics of diversity patterns: evidence of continual reassembly within lacustrine small eukaryotes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mangot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Domaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2915,64 +2915,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of 16S rRNA and protein-coding genes as molecular markers for assessing microbial diversity (Bacteria and Archaea) in ecosystems.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Enault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4929,51 +4929,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Biderre-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jouan-Dufournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Bronner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5037,51 +5037,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Biderre-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jouan-Dufournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Bronner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5328,51 +5328,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Enault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Hugoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jouan-Dufournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lake Pavin: History, biogeochemistry and sedimentology of a deep meromictic crater lake</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
@@ -5427,51 +5427,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Debroas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Enault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jouan-Dufournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5910,51 +5910,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477144v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Courtine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lep&#232;re" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Wawrzyniak" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mon&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Billard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-026-06573-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05251545v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Venisse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Bronner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouadh Saadaoui" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Roeckel-Drevet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Faize" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof11070543" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936443v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fuster" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;lesphore Sime-Ngando" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Colombet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-022-01974-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273967v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Monjot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne da Silva" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16531" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768857v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Biderre-Petit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Charvy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Chauvet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13692" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428622v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gardon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Biderre&#8208;petit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouan&#8208;dufournel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15628" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015768v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kabilan Mani" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Ta&#239;b" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Hugoni" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Bragan&#231;a" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01891" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997226v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jobard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Wawrzyniak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bronner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Marie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vellet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plankt/fbz068" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779754v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Ben Amira" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Mom" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lopez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Chaar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khouaja" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0193760" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867890v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengnan Li" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanxiang Kong" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoli Shi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13724" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354835v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Taib" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-015-0601-z" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01826039v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sabart" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Misson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne M. Jobard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Donnadieu-Bernard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12555" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZBKTV3DC-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114446v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Tocquard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lafon-Placette" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Auguin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Muries Bosch" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11295-014-0748-7" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881062v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Enault" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaulot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Forterre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms3700" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354640v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouan-Dufournel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1216863110" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806709v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mangot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6941.12100" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822169v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Franchel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Fouad M. Bouzidi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicity Vear" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nicolas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-012-1984-6" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813624v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Etien" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bourges" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2013.01.004" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840867v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0058950" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777008v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourgerie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/err404" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821927v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nemr Marouni" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Duffaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12065" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D7S0DXCP-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840983v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2011.01190.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841014v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bushra Parveen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Reveilliez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mary" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Ravet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2011.01130.x" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842840v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gourcilleau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lenne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Armenise" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Moulia" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Julien" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/dnares/dsr001" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00452835v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Debroas" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Humbert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Enault" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bronner" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faubladier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2009.01969.x" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CXSLQ5S4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174515v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gilbert" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O?brien Pc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hassanin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferguson-Smith Ma" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427250v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Spataro" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gautier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427216v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Page" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rechenmann" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427215v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134808v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Da Silva" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05380128v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Arque" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795139v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793990v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vellet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795083v2" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660147v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung-Tung Doan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Quang Nguyen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Charvy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795229v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795322v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910343v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910364v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063763v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel-Michac" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourgerie" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623825v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Enault" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00640523v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Humbert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806048v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Jouan-Dufournel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Humbert" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03653030v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477144v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Courtine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lep&#232;re" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Wawrzyniak" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mon&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Billard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-026-06573-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05251545v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Venisse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Bronner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouadh Saadaoui" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Roeckel-Drevet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Faize" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof11070543" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936443v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fuster" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;lesphore Sime-Ngando" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Colombet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-022-01974-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273967v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Monjot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne da Silva" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16531" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768857v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Biderre-Petit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Charvy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Chauvet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13692" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428622v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gardon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Biderre&#8208;petit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouan&#8208;dufournel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15628" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015768v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kabilan Mani" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Ta&#239;b" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Hugoni" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Bragan&#231;a" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01891" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997226v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jobard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Wawrzyniak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bronner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Marie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vellet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plankt/fbz068" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779754v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Ben Amira" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Mom" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lopez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Chaar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khouaja" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0193760" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867890v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengnan Li" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanxiang Kong" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoli Shi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13724" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354835v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Taib" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-015-0601-z" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01826039v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sabart" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Misson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne M. Jobard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Donnadieu-Bernard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12555" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZBKTV3DC-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114446v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Tocquard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lafon-Placette" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Auguin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Muries Bosch" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11295-014-0748-7" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806709v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mangot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6941.12100" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354640v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouan-Dufournel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1216863110" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881062v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Enault" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaulot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Forterre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms3700" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822169v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Franchel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Fouad M. Bouzidi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicity Vear" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nicolas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-012-1984-6" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813624v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Etien" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bourges" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2013.01.004" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840867v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0058950" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777008v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourgerie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/err404" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821927v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nemr Marouni" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Duffaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12065" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D7S0DXCP-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840983v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2011.01190.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841014v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bushra Parveen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Reveilliez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mary" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Ravet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2011.01130.x" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842840v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gourcilleau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lenne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Armenise" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Moulia" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Julien" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/dnares/dsr001" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00452835v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Debroas" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Humbert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Enault" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bronner" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faubladier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2009.01969.x" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CXSLQ5S4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174515v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gilbert" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O?brien Pc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hassanin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferguson-Smith Ma" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427250v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Spataro" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gautier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427216v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Page" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rechenmann" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427215v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134808v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Da Silva" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05380128v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Arque" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795139v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793990v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vellet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795083v2" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660147v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung-Tung Doan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Quang Nguyen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Charvy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795229v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795322v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910343v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910364v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063763v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel-Michac" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourgerie" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623825v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Enault" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00640523v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Humbert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806048v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Jouan-Dufournel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Humbert" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03653030v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>