--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:124.27184466019px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gisèle Séginger </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professeur de littérature française - Université Gustave Eiffel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Membre senior de l'Institut Universitaire de France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programmes financés</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">URBANATURE.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Savoirs et cultures de la biodiversité urbaine (XIXe siècle-XXIe siècle), Agence nationale de la Recherche et ISITE FUTURE (2020-2023) : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.future-isite.fr/accueil/les-appels-a-projets-future/appels-a-projets-future/?no_cache=1&L=0&tx_ttnews[backPid]=30363&tx_ttnews[tt_news]=50755</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">MÉTAMORPHOSES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> entre notion et fiction. Littérature et science du XVIe au XXe siècle (2017-2018) : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://metamorphose.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANIMALHUMANITÉ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Expérimentation et fiction : l’animalité au cœur du vivant (2015-2017), programme PEPS, soutenu par la COMUE Paris-Est et le CNRS : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://anihumain.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOLOGRAPHES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Littérature française et savoirs biologiques au XIXe siècle (2014-2017) – programme franco-allemand soutenu par l’ANR et la DFG (co-dir. T. Klinkert, université de Zurich) : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://biolog.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIVANLIT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Penser le vivant (co-dir. C. Maillard), réseau basé à la Fondation Maison des Sciences de l’Homme de Paris, sélectionné et labellisé par le Réseau national des Maisons des Sciences de l’Homme (2013-2016) – </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.fmsh.fr/fr/c/4343</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.fmsh.fr/fr/24309</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">POLONIUM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Les sciences du vivant. Imaginaire et discours scientifique (co-dir. M. Loba, université Adam Mickiewicz), Partenariat Hubert Curien (ministères des Affaires étrangères de la France et de la Pologne) et Académie polonaise des sciences à Paris (2015-2016) : </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://imascience.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">TEMPS BIOLOGIQUE, TEMPS HISTORIQUE,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> programme franco-allemand soutenu par les universités Paris-Est Marne-la-Vallée et de Tubingen (co-dir. N. Bender, 2013-2015): </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://tbth.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">POLONIUM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, partenariat Hubert Curien (ministères des Affaires étrangères de la France et de la Pologne) et Académie polonaise des sciences à Paris) – Fiction et Histoire (co-dir. Z. Pryzchodniak, 2010-2012).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISSIONS DIVERSES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mission Egide</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Ministère des Affaires étrangères) à l'Université de Californie du Sud (Los Angeles) du 6 au 12 décembre 2007. Conférence et négocation d'une convention.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur invité à l'Université de Rikkyo (avril-mai 2010).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.3108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert : des savoirs du vivant à la pensée en style</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.3111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert: from living knowledge to thinking in style</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.3111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la ﬁction au modèle de pensée. Épistémocritique des métamorphoses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la fiction au modèle de pensée. Epistémocritique des métamorphoses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 183 (1), pp.101. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rom.183.0101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 183, pp.5-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Création de Quinet et la logique du vivant : une épistémologie imaginaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studia Romanica Posnaniensia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 44, pp.141 - 157. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14746/strop.2017.444.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Littérature et savoirs du vivant. Morphologies et temporalités, 7, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire chanter les sciences. Les Fossiles de Louis Bouilhet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Flaubert Maupassant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelet. De la biologie à l’écologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléments pour une biocritique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert. Revue critique et génétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Flaubert, les sciences de la nature et de la vie, 13, pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Bouilhet et Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, La Poésie scientifique, de la gloire au déclin, pp.361-378</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert, Spencer et le paradigme évolutionniste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Herbert Spencer en France, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô – une mythologie du vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modern Language Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Salammbô, 150 years, 128 (4), pp.694-712 </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/mln.2013.0052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réécriture de Cuvier : la création du monde entre savoir et féerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et Pécuchet : le monde comme représentation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et Pécuchet : croyances et savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corps mystiques, esprits malades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Mécaniques du vivant : Savoir médical et représentations du corps humain (XVIIe–XIXe siècle)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation. Penser et rêver le vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 154 (4), pp.3-20. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rom.154.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bois et clairières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société archéologique, scientifique et littéraire du Vendômois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zola et la machine vivante. Les apories d’un modèle mixte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert et la peinture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Lettres Modernes. Gustave Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les métamorphoses du serpent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert et le philosophique : éthique et esthétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiction et histoire. La Sorcière de Jules Michelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanic Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Flaubert de Claude Simon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Œuvres et critiques. Revue internationale d'étude et de réception critique des œuvres littéraires de langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation et les savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert. Revue critique et génétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'empire du sensible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Lettres Modernes. Gustave Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le discours politique de l’avant-texte au roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Flaubert-Maupassant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narratologie et épistémologie : Gautier et l’invention du roman archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Narratologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écriture du politique dans Hérodias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Roman de la Momie et Salammbô. Deux romans archéologiques contre l'Histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'association Guillaume Budé </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1 (2), pp.135-151. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bude.2005.3651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forme romanesque et savoir. Bouvard et Pécuchet et les sciences naturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profanation et révélation dans Un Prêtre marié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des lettres modernes. Barbey d'Aurevilly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert : de la religion à l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'histoire et de philosophie religieuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 78 (3), pp.299-312. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rhpr.1998.5509⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poétique du mystère : Balzac et Barbey d’Aurevilly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et nation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiction et transgression épistémologique : le mythe de l’origine dans La Tentation de saint Antoine de Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanic Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chorégraphies scripturales de Flaubert. De l'inspiration à l'aspiration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genesis. Manuscrits - Recherche - Invention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 11 (1), pp.81-105. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/item.1997.1082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poétique du mystère : Balzac et Barbey d’Aurevilly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et nation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renan à la recherche d'un Surdieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 26 (91), pp.67-77. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/roman.1996.3073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génétique ou métaphysique littéraire ? La génétique à l’épreuve des manuscrits du Lys dans la vallée de Balzac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RENAN ET L'EXIGENCE DU FRAGMENTAIRE: LES SOUVENIRS D'ENFANCE ET DE JEUNESSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Seginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, L (4), pp.413-424. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/fs/l.4.413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert : le contre-discours des objets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vives Lettres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RENAN ET L'EXIGENCE DU FRAGMENTAIRE: LES SOUVENIRS D'ENFANCE ET DE JEUNESSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Seginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, L (4), pp.413-424. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/fs/l.4.413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À Rebours : la lévitation du sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nineteenth-Century French Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souvenirs d'enfance et de jeunesse d'Ernest Renan: De la spiritualité à l'idéalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Lettres romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 49 (1-2), pp.57-67. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/j.llr.4.00911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’effet-personnage et la lisibilité du récit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Narratologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une version apocryphe de La Tentation de saint Antoine de Gustave Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Lettres Modernes. Gustave Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poétique de l’invention et poétique de l’œuvre : les scénarios des Tentations de saint Antoine de Gustave Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vellini, la chimère espagnole » (sur Une vieille maîtresse de Barbey d’Aurevilly)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Investigación franco-española</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Rebours, le roman de l'écriture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littératures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 25 (1), pp.69-80. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/litts.1991.1562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations du poète chez Mallarmé et Pierre Louÿs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et nation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ontologie flaubertienne, une naturalisation du sentiment religieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Lettres Modernes. Gustave Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'artiste, le saint : les tentations de Saint-Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 17 (55), pp.79-90. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/roman.1987.4863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches de la nature en ville (XIXe siècle) : enjeux scientifiques, idéologiques et économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Percheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Husti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Azoulai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe Congrès de la Société française d'histoire des sciences et des techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française d'histoire des sciences et des techniques, Apr 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04267706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La passion de la couleur. Flaubert et l’ethos romantique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le romantisme et la littérature du Second Empire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Norioki Sugaya, Keiko Tsujikawa, Atsushi Yamazaki, Keiji Suzuki, Mar 2023, Tokyo et Nagoya, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04507035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Paris de Maxime Du Camp : le savoir au service de l’idéologie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe Congrès de la Société française d'histoire des sciences et des techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pascal Duris, Apr 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Des mots pour le dire : le miracle et les crises mystiques dans les textes d’Alfred Maury et de Gustave Flaubert »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magie. Enchantement et désenchantement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society of Dix-neuviémistes (Royaume-Uni), Mar 2023, Oxford - Christ Church, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panel : &amp;quot;L’imitation de la nature en ville au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Percheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Roucan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seeing Double/Voir Double</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society of Dix-Neuviémistes, Apr 2022, Belfast (Northern Ireland), Irlande</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04267698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Michelet : les scientifiques, nouvelles figures de l’autorité républicaine »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Nov 2022, New York, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert. Dualisme et dualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dualisme et dualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society of Dix-neuviémistes (Royaume-Uni), Apr 2022, Belfast (Northern Ireland), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Flaubert et le monde arabe : un regard ethnologique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international "Gustave Flaubert et le monde arabe"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arselène BEN FARHAT et Mustapha Trabelsi (université de Sfax), Dec 2021, Sfax, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04507791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les races dans la pensée de l’histoire : Flaubert, Augustin Thierry et Michelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ’Université Rikkyo, Mar 2019, Tokyo, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert et les merveilles de la science: l’avenir d’une illusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45th Annual Nineteenth-Century French Studies Colloquium - Enchantment/disenchantment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2019, Sarasota, Floride, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellules et monères: de la science à la féérie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes du vivant, formes de littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Miroslaw Loba, Jun 2018, Poznan (PL), Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô et la logique du vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st Annual Nineteenth-Century French Studies Colloquium: Contamination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Princeton, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature et sciences au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence plénière du congrès de l’association japonaise de langue et littérature françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Kyoto, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamarck et la question de l’imagination en science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Vitoria, Apr 2015, Vitoria, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’histoire à la nature : La Mer de Michelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuite et Évasion: 40th Annual Nineteenth-Century French Studies Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Porto Rico, Porto Rico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature et savoirs biologiques au 19e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Adam Mickiewicz, May 2014, Poznan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditer Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Adam Mickiewicz, May 2014, Poznan, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réécriture de Cuvier : la création du monde entre savoir et féerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque: "Bouvard et Pécuchet : les " seconds volumes " possibles - Documentation, circulations, édition", ENS de Lyon, dir. Stéphanie Dord-Crouslé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00678891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’étude de mœurs : Balzac et Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Osaka, Nov 2011, Osaka, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation de saint Antoine : mythes et religions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Ewha, Oct 2011, Séoul, Corée du Sud</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset et la poésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Debrecen, Apr 2011, Debrecen, Hongrie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert et les femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Chonbuk, Oct 2011, Jeonju, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset, Nerval, le sentiment religieux romantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Interuniversitaire d’Études françaises de Budapest, Apr 2011, Budapest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La topographie dans le roman balzacien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Gwangju, Oct 2011, Gwangju, Corée du Sud</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô : une figure de femme fatale entre érotisme et mysticisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Kanto Gakuin, Nov 2011, Odawara, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La médecine au service du rêve : le docteur Moreau de Tours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès canadien des études francophones du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Canadienne des Études Francophones du XIXe siècle, Jun 2010, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset et l’éthique de la finitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Kwansei Gakuin, Apr 2010, Osaka, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Bouilhet et Flaubert. L’invention d’une nouvelle poésie scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La poésie scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montréal et Paris 3, Bibliothèque nationale de Montréal, Sep 2010, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset : un lyrisme de la finitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theories and methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2010, Yale, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sentiment religieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Nagoya, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert. L’invention d’un art du sensible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Rikkyo, Apr 2010, Tokyo, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Sorcière de Jules Michelet. Faire parler les silences de l’histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire et fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Adam Mickiewicz de Poznan., May 2008, Poznan, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset et la beauté du mal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High and Low</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2007, Mobile, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La genèse de l’œuvre et la question de l’interprétation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balzac, Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Nagoya, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dépassement du dolorisme romantique : Musset et la souffrance dionysiaque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pleasure and pain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society of Dix-neuviémistes, Apr 2006, Edimbourg, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03004541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert et l’imaginaire des sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discoveries, inventions and rediscoveries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2006, Bloomington, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelet et la fiction de l’histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Representations of History, Histories of Representation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2005, Austin, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelet et Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French legacies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2004, Saint-Louis, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et Pécuchet – Le savoir du romanesque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire de Michel Pierssens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montréal, Nov 2004, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balzac – Théoricien de l’étude de mœurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à l’Université Mc Gill de Montréal organisée par Isabelle Daunais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô et la question des races</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Change in nineteenth-century French culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2003, Tucson, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement de l’histoire dans Salammbô de Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mission Erasmus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Poznan, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Polonais dans l’œuvre de Balzac : un type ou un stéréotype ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les stéréotypes nationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Poznan, Oct 2002, Poznan, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Allemagne nervalienne, terre de feu et terre des Lumières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Image du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Örebro, Suède</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03004551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poétique du roman balzacien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mission Erasmus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Poznan, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô et l’orientalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Osaka, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1830 à l’œuvre : une poétique de l’événement absent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balzac et son temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Dokkyo, Dec 2001, Tokyo, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert et la théorie littéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théorie et critique : Balzac et la poétique flaubertienne du roman.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2000, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03004470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustave Flaubert. Histoire et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier, 2024, 978-2-406-16697-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert en images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Azoulai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann. 2024, 9791037038593</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05302992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Férat d’Émile Zola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le livre de poche, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nature à Paris au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Séginger. Quae, 2023, 9782759237203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04497220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert dans son siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann, 2023, 9791037029768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Férat (Zola), édition critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana de Rosnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Séginger. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGF</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Le Livre de poche, 978-2-253-10453-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berlioz, Flaubert et l’Orient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Reynaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LEPASSAGE, 2022, 978-2-84742-490-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoires de deux jeunes mariées de Balzac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Séginger. Le livre de Poche, 2022, 978-2253104285</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04497223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Życie i nauki o życiu w literaturze francuskiej i polskiej XIX wieku</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Luczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miroslaw Loba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wydawnictwo Naukowe Uniwersytetu Adama Mickiewicza, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface aux Dernières chansons de Louis Bouilhet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, coll. « Bibliothèque de la Pléiade », IV, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lettre à la municipalité de Rouen, Œuvres complètes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, coll. « Bibliothèque de la Pléiade », IV, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vie et travaux du R. P. Cruchard par l’abbé Pruneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, coll. « Bibliothèque de la Pléiade », IV, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04499981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Queue de la poire de la boule de Monseigneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard "Bibliothèque de la Pléiade", IV, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04499966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Orient de Flaubert en images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Citadelles et Mazenod. , 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03182067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Éducation sentimentale de Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard "Bibliothèque de la Pléiade", IV, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04499754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation de saint Antoine, avec un dossier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard. , 2021, 9782081515147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03182047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation de saint Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, 2021, 9782081515147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04499718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Œuvres complètes de Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard coll. « Bibliothèque de la Pléiade, IV, 2021, 9782072856747</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04499748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, 2021, 978-2-08-020529-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, collection "GF". , 2021, 9782080205292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustave Flaubert, Oeuvres complètes, tome IV : 1863-1874</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustave Flaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Seginger; Philippe Dufour; Roxane Martin. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gallimard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 4, pp.XXI-1341, 2021, Bibliothèque de la Pléiade, 978-2-07-285674-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03229731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature française et savoirs biologiques au XIXe siècle. Traduction, transmission, transposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Klinkert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">de Gruyter. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les métamorphoses, entre fiction et notion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Azoulai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azélie Fayolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LISAA éditeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 3, 2019, Savoirs en texte, 978-2-9566480-5-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02194017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biolographes - mythes et savoirs biologiques dans la littérature française du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Klinkert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann. , 2019, 9791037000668</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert, Histoire et étude de moeurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Azoulai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Strasbourg, 2019, 978-2-86820-548-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02378264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animalhumanité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LISAA éditeur. , pp.322, 2018, 978-2-9566480-1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard de Nerval, histoire et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Labouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Illouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Scepi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. , 2018, 978-2-406-06510-4. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06512-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04516208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biological Time, Historical Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niklas Bender</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brill. , 2018, 978-90-04-38516-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madame Bovary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, coll. "GF". , pp.640, 2018, 9782081422568</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Talairach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Dahan-Gaida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris, Editions Maison des Sciences de L’Homme. pp.404, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Dahan-Gaida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions de la Maison des sciences de l'homme. , 2017, 2735123839</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô dans les arts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. , 2017, 978-2-406-06257-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dictionnaire Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. , 1 et 2, 2017, 9782745348203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert, les sciences de la nature et de la vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">13, 2015, Flaubert, revue critique et génétique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01245849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un lyrisme de la finitude: Musset et la poésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann. 2015, 9782705690915 2705690913</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une vieille maîtresse. Barbey d'Aurevilly. Oeuvres romanesque complètes sous la direction de Pascale Auraix-Jonchière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. , 2014, 9782745322418</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scénarios de La Tentation de saint Antoine. Le temps de l'oeuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rouen et du Havre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Collection Flaubert, 978-2-87775-520-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation de saint Antoine (version de 1856), Salammbô</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, bibliothèque de la Pléiade. , 2013, 9782070116515</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation de saint Antoine (version de 1849), conte oriental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, bibliothèque de La Pléiade. , 2013, Gustave Flaubert Œuvres complètes, tome II, 9782070116157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poétique de Musset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ledda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Lestringant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rouen et du Havre. 2013, 978-2877755849</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset. Poésie et vérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. , 2012, 9782745323699</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiction et histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zbigniew Przychodniak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2011, 9782868204721 2868204724</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert, une éthique de l'art pur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lettres modernes Minard. 2010, 9782852100671 2852100673</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en texte des savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2010, 9782868204578 2868204570</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiction et documentation. Les manuscrits de Flaubert à la fondation Martin Bodmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fondation Bodmer de Genève. Schwabe, 158 p., 2010, Bibliotheca Bodmeriana, ISBN 978-3-7965-2657-2 (br.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00743499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madame Bovary et les savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Sorbonnes Nouvelles. 2009, 9782878544466 2878544463</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Formes du temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paule Petitier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2008, 9782868203519 2868203515</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dix ans de critique : notes inédites de Flaubert sur l'Esthétique de Hegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lettres modernes Minard. 2005, 2256910970 9782256910975</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écriture(s) de l'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2005, 2868202829 9782868202826</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerval au miroir du temps : Les filles du feu, les chimères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ellipses. 2004, 2-7298-1745-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zola à l'oeuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2003, 2868202071</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, coll. "GF". , 2001, 9782080711120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert, une éthique de l'art pur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lettres modernes Minard. 2000, 9782852100671 2852100673</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert, une poétique de l'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. pp.256, 2000, 2868201008 9782868201003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique et littérature : XIXe-XXe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonore Reverzy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2000, 2868201040 9782868201041</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spiritualités d'un monde désenchanté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. pp.217, 1998, 2868200001 9782868200006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La bête humaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Librairie générale française. 1997, 2-253-00557-6 (br.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'objet à l'oeuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. pp.211, 1997, 2868206859 9782868206855</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissance et métamorphoses d'un écrivain. Flaubert et Les Tentations de saint Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. pp.442, 1997, 2852035774</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le lys dans la vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Librairie générale française. 1995, 2-253-00444-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mysticisme dans La Tentation de saint Antoine, la relation sujet-objet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lettres modernes. 1984</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02961552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mysticisme dans La tentation de saint Antoine de Flaubert : la relation sujet - objet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lettres modernes. pp.79, 1984, 2256904075 9782256904073</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (64)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poétique de l’étrangeté et exposition critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert dans son siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.239-255, 2023, 9791037029768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos. Bicentenaire Flaubert 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert et le théâtre, série Gustave Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04501060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polypes ou coraux : images et savoirs biologiques chez Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Percheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert et les sortilèges de l'image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, 2020, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110658965⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02490254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission ou trahison ? La circulation triangulaire des savoirs du vivant (Michelet, Flaubert, Zola)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature française et savoirs biologiques au XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.79-94, 2019, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110665833-006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’infiniment petit : un nouveau merveilleux scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Percheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">éditions Hermann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biolographes – mythes et savoirs biologiques dans la littérature française du XIXe siècle, dir. Th. Klinkert et G. Séginger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019, 9791037000668</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infusoires, monères et cellules : la science à l’épreuve de la littérature. De Michelet à Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes du vivant, formes de littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 72, , pp.31-48, 2019, série Filologia Romanska, 978-83-232-3498-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les notes d’histoire naturelle de Michelet. Émergence et transformations de la notion de métamorphose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les métamorphoses, entre fiction et notion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LISAA éditeur "Savoirs en texte", 2019, 978-2-9585407-4-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04501044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les notes d’histoire naturelle de Michelet. Émergence et transformations de la notion de métamorphose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire LISAA. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les métamorphoses entre fiction et notion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission ou trahison ? La circulation triangulaire des savoirs du vivant (Michelet, Flaubert, Zola)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Klinkert; Gisèle Séginger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature française et savoirs biologiques au XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.79-94, 2019, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110665833-006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04516260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pan et le scalpel. Entre panthéisme et positivisme : Clemenceau et la cause animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire LISAA. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animalhumanité. Expérimentation et fiction : l’animalité au cœur du vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelet and La Mer: Biology and the Philosophy of History</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Time, Historical Time</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brill | Rodopi, pp.343-358, 2018, </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004385160_023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02966868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la politique à la métaphysique de l'histoire (Gérard de Nerval)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérard de Nerval, histoire et politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.211-230, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04516238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écriture historiographique et fiction romanesque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures de L’Éducation sentimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.279-294, 2017, 2753559147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire des sentiments et des émotions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Garnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relire L’Éducation sentimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires du Septentrion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide des humanités environnementales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2016, 2757411500 9782757418413 2757418416 9782757411506</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sciences et lettres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dictionnaire du littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2016, 9782130566281 2130566286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et Pécuchet. La déconstruction de l'histoire par la fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comment la fiction fait histoire : emprunts, échanges, croisements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2015, 9782745328946 2745328948</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;마담 보바리&amp;gt; : 역사의 간접적 글쓰기</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ki Jeon Song. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écritures de l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’université d’Ewha, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfred Maury : la genèse des symboles religieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voir, croire, savoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DE GRUYTER, 2015, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110294927.279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfred Maury, la genèse des symboles religieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre-Marc de Biasi; Anne Herschberg Pierrot; Barbara Vinken. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voir, croire, savoir: Les épistémologies de la création chez Gustave Flaubert </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.279-297, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désymbolisation et resymbolisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre-Marc de Biasi; Anne Herschberg-Pierrot; Barbara Wincken. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert et les pouvoirs du mythe </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions des Archives contemporaines, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renan et la science, une religion de l’avenir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Wieviorcka. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La science en questions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions des Sciences Humaines, pp.117-128, 2014, Les entretiens d'Auxerre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologies de la création du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Herschberg-Pierrot; Jacques Neefs. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bouvard et Pécuchet. Archives et interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cécile Defaut, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Du Camp, Souvenirs de l’année 1848</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caroline Trotot; Michael Soubbotnik. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Strasbourg, pp.97-112, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zola et La Bête humaine : de l’impressionnisme à l’expressionnisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impressionnisme et littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.169-178, 2013, </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.purh.899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Martyrs et Salammbô, la réinvention de l’épique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabienne Bercegol; Pierre Glaudes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chateaubriand et le récit de fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Garnier, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une poétique du disparate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Ledda; Frank Lestringant; Gisèle Séginger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poétique de Musset</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rouen et du Havre, pp.231-246, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poétique et finalité de la prise de notes Balzac et Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut des textes et manuscrits modernes (ITEM). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balzac et alii, génétiques croisées. Histoires d’éditions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poésie et le vrai. Musset entre Platon et Héraclite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Séginger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poésie et vérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Champion, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbey d'Aurevilly: l'histoire de l'Histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hartmann, Pierre et Reverzy, Eléonore. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les formes du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Michelet : un imaginaire romantique de la rupture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiction de l'histoire : formes et imaginaires de la rupture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9788376541754 8376541757</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbey d’Aurevilly lecteur de Balzac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Franche-Comté. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Barbey d'Aurevilly et l'esthétique : les paradoxes de l'écriture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9782848673196 2848673192</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfred Maury: religion et médecine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guermès, Sophie et Marchal, Bertrand </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les religions du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La modernité du sacré nervalien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérard de Nerval et l'esthétique de la modernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 9782705669935 2705669930</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire l’histoire antique. Le défi esthétique de Salammbô</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Vincennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoirs en récits : tom I. Flaubert : la politique, l’art, l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.180, 2010, 978-2842922429</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset : frères et doubles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kimé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adelphiques : soeurs et frères dans la littérature française du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2841745279 9782841745272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’Inde à la Révolution. Les rythmes et les lieux de l’histoire des religions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Septentrion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Michelet, rythme de la prose, rythme de l'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.226, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert lecteur de Balzac. L’Éducation sentimentale ou la réinvention du roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Nagoya. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balzac, Flaubert. La genèse de l’œuvre et la question de l’interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madame Bovary et le savoir historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Sorbonnes Nouvelles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Madame Bovary et les savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.332, 2009, 9782878544466 2878544463</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô: de la civilisation à l’abject</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabienne Boissiéras; Laurence Richer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intégrité et corruption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jacques André éditeur, 2009, Intégrité et corruption, 978-2-911981-21-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Ensorcelée ou le temps retourné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les formes du temps : rythme, histoire, temporalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 9782868203519 2868203515</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géographie et idéologie : Michelet et les Légendes démocratiques du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Örebro University. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'image du Nord chez Stendhal et les romantiques : études comparées. 4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 9789176685518 9176685519</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô et la question des races</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Sorbonne Nouvelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Miroir et le chemin : l’univers romanesque de Gobineau, Stendhal, Flaubert, Proust…</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 978-2-87854-358-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerval : une révolution à retardement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Valenciennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les révolutions littéraires : idée et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2905725893 9782905725899</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Polonais dans l’œuvre de Balzac : un type ou un stéréotype ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut Historii UAM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amis et ennemis héréditaires : Les stéréotypes nationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.203, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’étude de mœurs ou l’histoire indirecte d’une révolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écriture(s) de l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 2-86820-282-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert contre Flaubert : L’Éducation sentimentale et le système Bourdieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Minard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix ans de critique : notes inédites de Flaubert sur l'Esthétique de Hegel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 2-256-91097-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie et critique : Balzac et la poétique flaubertienne du roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert et la théorie littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’Université Saint-Louis, pp.83-95, 2005, </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pusl.21799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huysmans et Zola : les métamorphoses du roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ littéraire, fin de siècle autour de Zola</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.141-152, 2004, </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pub.6185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quadrige (Presses universitaires de France). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dictionnaire du littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 9782130566281 2130566286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symbole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dictionnaire du littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 9782130566281 2130566286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En haine de la politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écritures du pouvoir et pouvoirs de la littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.37-49, 2001, </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pulm.199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception esthétique de La Vie de Jésus de Renan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">G. Narr Verlag. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vies de Jésus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 3823399748 9783823399742</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naturalisme et mythe : Nana et Mélusine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'âge d'homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélusine : moderne et contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 2825115355 9782825115350</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Révolte et création : Nerval et l’éthique de Caïn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amoralité de la littérature, morales de l'écrivain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.271, 2000, 2745302019 9782745302014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ineffaçable après la fin. Le sentiment religieux hors de la religion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Klincksieck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Invention du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 978-2252032466</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbo de Flaubert : histoire, fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salammbo de Flaubert : histoire, fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.242, 1999, 274530058X 9782745300584</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspiration et malaise romantiques dans la correspondance du jeune Flaubert (1831-1849)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nizet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Difficulté d’être et mal du siècle dans les Correspondances et Journaux intimes de la première moitié du XIXe siècle, Cahiers d’études sur les correspondances du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 2910875075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volonté d'aimer, volonté de pouvoir : enjeux éthiques du Lys dans la vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adirel, volume IX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IX, , 1996, 978-2-950-73414-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Par-delà le majeur et le mineur : Huysmans et À rebours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature majeure, littérature mineure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 2868206565</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique et religion dans les Premières Poésies et les Poésies nouvelles de Musset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SEDES. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme. Alfred de Musset : poésies : "faire une perle d'une larme"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, ISBN 2-7181-9414-6 (br.) : 95 F</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écriture et ascèse chez Flaubert : de l’aspiration à l’inspiration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Klincksieck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éthique et écriture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 2252029749 9782252029749</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion et écriture dans La Femme de trente ans et Le Lys dans la vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SEDES. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balzac : La femme de trente ans : "une vivante énigme"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 2718116188 9782718116181</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’Europe des romantismes à la Normandie de Barbey d’Aurevilly : de l’espace spirituel à l’espace du roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voix d'Ouest en Europe, souffles d'Europe en Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 9782903075552 2903075557</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier &amp;quot;Sources et méthode&amp;quot; (Salammbô de Flaubert, manuscrit BnF, N.a.fr 23662), transcriptions et notes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezzine Walid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04507777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le polype. Formes et savoirs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Percheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Lechevrel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, https://biolog.hypotheses.org/2201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01546536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation de Saint Antoine de Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Percheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01549930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId311"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:124.27184466019px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gisèle Séginger </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professeur de littérature française - Université Gustave Eiffel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Membre senior de l'Institut Universitaire de France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programmes financés</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">URBANATURE.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Savoirs et cultures de la biodiversité urbaine (XIXe siècle-XXIe siècle), Agence nationale de la Recherche et ISITE FUTURE (2020-2023) : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.future-isite.fr/accueil/les-appels-a-projets-future/appels-a-projets-future/?no_cache=1&L=0&tx_ttnews[backPid]=30363&tx_ttnews[tt_news]=50755</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">MÉTAMORPHOSES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> entre notion et fiction. Littérature et science du XVIe au XXe siècle (2017-2018) : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://metamorphose.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANIMALHUMANITÉ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Expérimentation et fiction : l’animalité au cœur du vivant (2015-2017), programme PEPS, soutenu par la COMUE Paris-Est et le CNRS : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://anihumain.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOLOGRAPHES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Littérature française et savoirs biologiques au XIXe siècle (2014-2017) – programme franco-allemand soutenu par l’ANR et la DFG (co-dir. T. Klinkert, université de Zurich) : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://biolog.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIVANLIT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Penser le vivant (co-dir. C. Maillard), réseau basé à la Fondation Maison des Sciences de l’Homme de Paris, sélectionné et labellisé par le Réseau national des Maisons des Sciences de l’Homme (2013-2016) – </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.fmsh.fr/fr/c/4343</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.fmsh.fr/fr/24309</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">POLONIUM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> – Les sciences du vivant. Imaginaire et discours scientifique (co-dir. M. Loba, université Adam Mickiewicz), Partenariat Hubert Curien (ministères des Affaires étrangères de la France et de la Pologne) et Académie polonaise des sciences à Paris (2015-2016) : </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://imascience.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">TEMPS BIOLOGIQUE, TEMPS HISTORIQUE,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> programme franco-allemand soutenu par les universités Paris-Est Marne-la-Vallée et de Tubingen (co-dir. N. Bender, 2013-2015): </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://tbth.hypotheses.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">POLONIUM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, partenariat Hubert Curien (ministères des Affaires étrangères de la France et de la Pologne) et Académie polonaise des sciences à Paris) – Fiction et Histoire (co-dir. Z. Pryzchodniak, 2010-2012).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">MISSIONS DIVERSES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mission Egide</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Ministère des Affaires étrangères) à l'Université de Californie du Sud (Los Angeles) du 6 au 12 décembre 2007. Conférence et négocation d'une convention.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur invité à l'Université de Rikkyo (avril-mai 2010).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.3108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert : des savoirs du vivant à la pensée en style</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.3111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert: from living knowledge to thinking in style</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.3111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la ﬁction au modèle de pensée. Épistémocritique des métamorphoses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la fiction au modèle de pensée. Epistémocritique des métamorphoses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 183 (1), pp.101. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rom.183.0101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 183, pp.5-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Création de Quinet et la logique du vivant : une épistémologie imaginaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studia Romanica Posnaniensia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 44, pp.141 - 157. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14746/strop.2017.444.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Littérature et savoirs du vivant. Morphologies et temporalités, 7, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelet. De la biologie à l’écologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire chanter les sciences. Les Fossiles de Louis Bouilhet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Flaubert Maupassant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléments pour une biocritique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert. Revue critique et génétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Flaubert, les sciences de la nature et de la vie, 13, pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Bouilhet et Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, La Poésie scientifique, de la gloire au déclin, pp.361-378</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert, Spencer et le paradigme évolutionniste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Herbert Spencer en France, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô – une mythologie du vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modern Language Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Salammbô, 150 years, 128 (4), pp.694-712 </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/mln.2013.0052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réécriture de Cuvier : la création du monde entre savoir et féerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et Pécuchet : le monde comme représentation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et Pécuchet : croyances et savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corps mystiques, esprits malades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Mécaniques du vivant : Savoir médical et représentations du corps humain (XVIIe–XIXe siècle)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation. Penser et rêver le vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 154 (4), pp.3-20. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rom.154.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bois et clairières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société archéologique, scientifique et littéraire du Vendômois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zola et la machine vivante. Les apories d’un modèle mixte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert et la peinture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Lettres Modernes. Gustave Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les métamorphoses du serpent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiction et histoire. La Sorcière de Jules Michelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanic Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert et le philosophique : éthique et esthétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Flaubert de Claude Simon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Œuvres et critiques. Revue internationale d'étude et de réception critique des œuvres littéraires de langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation et les savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert. Revue critique et génétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'empire du sensible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Lettres Modernes. Gustave Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le discours politique de l’avant-texte au roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Flaubert-Maupassant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narratologie et épistémologie : Gautier et l’invention du roman archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Narratologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écriture du politique dans Hérodias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Roman de la Momie et Salammbô. Deux romans archéologiques contre l'Histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'association Guillaume Budé </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1 (2), pp.135-151. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bude.2005.3651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forme romanesque et savoir. Bouvard et Pécuchet et les sciences naturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profanation et révélation dans Un Prêtre marié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des lettres modernes. Barbey d'Aurevilly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert : de la religion à l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'histoire et de philosophie religieuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 78 (3), pp.299-312. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rhpr.1998.5509⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poétique du mystère : Balzac et Barbey d’Aurevilly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et nation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chorégraphies scripturales de Flaubert. De l'inspiration à l'aspiration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genesis. Manuscrits - Recherche - Invention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 11 (1), pp.81-105. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/item.1997.1082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poétique du mystère : Balzac et Barbey d’Aurevilly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et nation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiction et transgression épistémologique : le mythe de l’origine dans La Tentation de saint Antoine de Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanic Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renan à la recherche d'un Surdieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 26 (91), pp.67-77. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/roman.1996.3073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génétique ou métaphysique littéraire ? La génétique à l’épreuve des manuscrits du Lys dans la vallée de Balzac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RENAN ET L'EXIGENCE DU FRAGMENTAIRE: LES SOUVENIRS D'ENFANCE ET DE JEUNESSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Seginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, L (4), pp.413-424. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/fs/l.4.413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert : le contre-discours des objets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vives Lettres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RENAN ET L'EXIGENCE DU FRAGMENTAIRE: LES SOUVENIRS D'ENFANCE ET DE JEUNESSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Seginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, L (4), pp.413-424. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/fs/l.4.413⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À Rebours : la lévitation du sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nineteenth-Century French Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souvenirs d'enfance et de jeunesse d'Ernest Renan: De la spiritualité à l'idéalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Lettres romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 49 (1-2), pp.57-67. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/j.llr.4.00911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’effet-personnage et la lisibilité du récit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Narratologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une version apocryphe de La Tentation de saint Antoine de Gustave Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Lettres Modernes. Gustave Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poétique de l’invention et poétique de l’œuvre : les scénarios des Tentations de saint Antoine de Gustave Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vellini, la chimère espagnole » (sur Une vieille maîtresse de Barbey d’Aurevilly)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Investigación franco-española</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Rebours, le roman de l'écriture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littératures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 25 (1), pp.69-80. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/litts.1991.1562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations du poète chez Mallarmé et Pierre Louÿs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et nation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ontologie flaubertienne, une naturalisation du sentiment religieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Lettres Modernes. Gustave Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'artiste, le saint : les tentations de Saint-Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 17 (55), pp.79-90. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/roman.1987.4863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches de la nature en ville (XIXe siècle) : enjeux scientifiques, idéologiques et économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Percheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Husti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Azoulai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe Congrès de la Société française d'histoire des sciences et des techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française d'histoire des sciences et des techniques, Apr 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04267706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Paris de Maxime Du Camp : le savoir au service de l’idéologie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe Congrès de la Société française d'histoire des sciences et des techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pascal Duris, Apr 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La passion de la couleur. Flaubert et l’ethos romantique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le romantisme et la littérature du Second Empire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Norioki Sugaya, Keiko Tsujikawa, Atsushi Yamazaki, Keiji Suzuki, Mar 2023, Tokyo et Nagoya, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04507035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Des mots pour le dire : le miracle et les crises mystiques dans les textes d’Alfred Maury et de Gustave Flaubert »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magie. Enchantement et désenchantement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society of Dix-neuviémistes (Royaume-Uni), Mar 2023, Oxford - Christ Church, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panel : &amp;quot;L’imitation de la nature en ville au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Percheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Roucan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seeing Double/Voir Double</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society of Dix-Neuviémistes, Apr 2022, Belfast (Northern Ireland), Irlande</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04267698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Michelet : les scientifiques, nouvelles figures de l’autorité républicaine »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Nov 2022, New York, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert. Dualisme et dualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dualisme et dualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society of Dix-neuviémistes (Royaume-Uni), Apr 2022, Belfast (Northern Ireland), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Flaubert et le monde arabe : un regard ethnologique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international "Gustave Flaubert et le monde arabe"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arselène BEN FARHAT et Mustapha Trabelsi (université de Sfax), Dec 2021, Sfax, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04507791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les races dans la pensée de l’histoire : Flaubert, Augustin Thierry et Michelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ’Université Rikkyo, Mar 2019, Tokyo, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert et les merveilles de la science: l’avenir d’une illusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45th Annual Nineteenth-Century French Studies Colloquium - Enchantment/disenchantment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2019, Sarasota, Floride, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellules et monères: de la science à la féérie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes du vivant, formes de littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Miroslaw Loba, Jun 2018, Poznan (PL), Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04506712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô et la logique du vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st Annual Nineteenth-Century French Studies Colloquium: Contamination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Princeton, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature et sciences au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence plénière du congrès de l’association japonaise de langue et littérature françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Kyoto, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamarck et la question de l’imagination en science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Vitoria, Apr 2015, Vitoria, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’histoire à la nature : La Mer de Michelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuite et Évasion: 40th Annual Nineteenth-Century French Studies Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Porto Rico, Porto Rico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature et savoirs biologiques au 19e siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Adam Mickiewicz, May 2014, Poznan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditer Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Adam Mickiewicz, May 2014, Poznan, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réécriture de Cuvier : la création du monde entre savoir et féerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque: "Bouvard et Pécuchet : les " seconds volumes " possibles - Documentation, circulations, édition", ENS de Lyon, dir. Stéphanie Dord-Crouslé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00678891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’étude de mœurs : Balzac et Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Osaka, Nov 2011, Osaka, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation de saint Antoine : mythes et religions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Ewha, Oct 2011, Séoul, Corée du Sud</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset et la poésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Debrecen, Apr 2011, Debrecen, Hongrie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert et les femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Chonbuk, Oct 2011, Jeonju, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset, Nerval, le sentiment religieux romantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Interuniversitaire d’Études françaises de Budapest, Apr 2011, Budapest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La topographie dans le roman balzacien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Gwangju, Oct 2011, Gwangju, Corée du Sud</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô : une figure de femme fatale entre érotisme et mysticisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Kanto Gakuin, Nov 2011, Odawara, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La médecine au service du rêve : le docteur Moreau de Tours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès canadien des études francophones du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Canadienne des Études Francophones du XIXe siècle, Jun 2010, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Bouilhet et Flaubert. L’invention d’une nouvelle poésie scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La poésie scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montréal et Paris 3, Bibliothèque nationale de Montréal, Sep 2010, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset : un lyrisme de la finitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theories and methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2010, Yale, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset et l’éthique de la finitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Kwansei Gakuin, Apr 2010, Osaka, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sentiment religieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Nagoya, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert. L’invention d’un art du sensible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Rikkyo, Apr 2010, Tokyo, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Sorcière de Jules Michelet. Faire parler les silences de l’histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire et fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Adam Mickiewicz de Poznan., May 2008, Poznan, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset et la beauté du mal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High and Low</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2007, Mobile, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La genèse de l’œuvre et la question de l’interprétation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balzac, Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Nagoya, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert et l’imaginaire des sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discoveries, inventions and rediscoveries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2006, Bloomington, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dépassement du dolorisme romantique : Musset et la souffrance dionysiaque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pleasure and pain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society of Dix-neuviémistes, Apr 2006, Edimbourg, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03004541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelet et la fiction de l’histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Representations of History, Histories of Representation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2005, Austin, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et Pécuchet – Le savoir du romanesque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire de Michel Pierssens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montréal, Nov 2004, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelet et Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French legacies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2004, Saint-Louis, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balzac – Théoricien de l’étude de mœurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à l’Université Mc Gill de Montréal organisée par Isabelle Daunais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô et la question des races</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Change in nineteenth-century French culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nineteenth-Century French Studies, Oct 2003, Tucson, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement de l’histoire dans Salammbô de Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mission Erasmus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Poznan, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Polonais dans l’œuvre de Balzac : un type ou un stéréotype ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les stéréotypes nationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Poznan, Oct 2002, Poznan, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Allemagne nervalienne, terre de feu et terre des Lumières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Image du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Örebro, Suède</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03004551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poétique du roman balzacien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mission Erasmus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Poznan, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô et l’orientalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Osaka, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1830 à l’œuvre : une poétique de l’événement absent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balzac et son temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Dokkyo, Dec 2001, Tokyo, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert et la théorie littéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théorie et critique : Balzac et la poétique flaubertienne du roman.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2000, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03004470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustave Flaubert. Histoire et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier, 2024, 978-2-406-16697-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert en images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Azoulai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann. 2024, 9791037038593</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05302992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nature à Paris au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Séginger. Quae, 2023, 9782759237203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04497220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Férat d’Émile Zola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le livre de poche, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert dans son siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann, 2023, 9791037029768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Férat (Zola), édition critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana de Rosnay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Séginger. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGF</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Le Livre de poche, 978-2-253-10453-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berlioz, Flaubert et l’Orient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Reynaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LEPASSAGE, 2022, 978-2-84742-490-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoires de deux jeunes mariées de Balzac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Séginger. Le livre de Poche, 2022, 978-2253104285</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04497223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation de saint Antoine, avec un dossier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard. , 2021, 9782081515147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03182047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Éducation sentimentale de Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard "Bibliothèque de la Pléiade", IV, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04499754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation de saint Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, 2021, 9782081515147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04499718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Orient de Flaubert en images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Citadelles et Mazenod. , 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03182067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Queue de la poire de la boule de Monseigneur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard "Bibliothèque de la Pléiade", IV, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04499966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface aux Dernières chansons de Louis Bouilhet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, coll. « Bibliothèque de la Pléiade », IV, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lettre à la municipalité de Rouen, Œuvres complètes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, coll. « Bibliothèque de la Pléiade », IV, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vie et travaux du R. P. Cruchard par l’abbé Pruneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, coll. « Bibliothèque de la Pléiade », IV, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04499981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Życie i nauki o życiu w literaturze francuskiej i polskiej XIX wieku</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Luczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miroslaw Loba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wydawnictwo Naukowe Uniwersytetu Adama Mickiewicza, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Œuvres complètes de Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard coll. « Bibliothèque de la Pléiade, IV, 2021, 9782072856747</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04499748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, 2021, 978-2-08-020529-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, collection "GF". , 2021, 9782080205292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustave Flaubert, Oeuvres complètes, tome IV : 1863-1874</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustave Flaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Seginger; Philippe Dufour; Roxane Martin. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gallimard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 4, pp.XXI-1341, 2021, Bibliothèque de la Pléiade, 978-2-07-285674-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03229731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature française et savoirs biologiques au XIXe siècle. Traduction, transmission, transposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Klinkert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">de Gruyter. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les métamorphoses, entre fiction et notion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Azoulai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azélie Fayolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LISAA éditeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 3, 2019, Savoirs en texte, 978-2-9566480-5-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02194017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biolographes - mythes et savoirs biologiques dans la littérature française du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Klinkert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann. , 2019, 9791037000668</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert, Histoire et étude de moeurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Azoulai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Strasbourg, 2019, 978-2-86820-548-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02378264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animalhumanité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LISAA éditeur. , pp.322, 2018, 978-2-9566480-1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard de Nerval, histoire et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Labouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Illouz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Scepi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. , 2018, 978-2-406-06510-4. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06512-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04516208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biological Time, Historical Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niklas Bender</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brill. , 2018, 978-90-04-38516-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madame Bovary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, coll. "GF". , pp.640, 2018, 9782081422568</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Dahan-Gaida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions de la Maison des sciences de l'homme. , 2017, 2735123839</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Talairach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Dahan-Gaida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris, Editions Maison des Sciences de L’Homme. pp.404, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03905802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô dans les arts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. , 2017, 978-2-406-06257-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dictionnaire Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. , 1 et 2, 2017, 9782745348203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert, les sciences de la nature et de la vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">13, 2015, Flaubert, revue critique et génétique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01245849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un lyrisme de la finitude: Musset et la poésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann. 2015, 9782705690915 2705690913</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une vieille maîtresse. Barbey d'Aurevilly. Oeuvres romanesque complètes sous la direction de Pascale Auraix-Jonchière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. , 2014, 9782745322418</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scénarios de La Tentation de saint Antoine. Le temps de l'oeuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rouen et du Havre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Collection Flaubert, 978-2-87775-520-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation de saint Antoine (version de 1856), Salammbô</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, bibliothèque de la Pléiade. , 2013, 9782070116515</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poétique de Musset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Ledda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Lestringant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rouen et du Havre. 2013, 978-2877755849</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation de saint Antoine (version de 1849), conte oriental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard, bibliothèque de La Pléiade. , 2013, Gustave Flaubert Œuvres complètes, tome II, 9782070116157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset. Poésie et vérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. , 2012, 9782745323699</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiction et histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zbigniew Przychodniak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2011, 9782868204721 2868204724</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert, une éthique de l'art pur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lettres modernes Minard. 2010, 9782852100671 2852100673</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en texte des savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2010, 9782868204578 2868204570</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiction et documentation. Les manuscrits de Flaubert à la fondation Martin Bodmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fondation Bodmer de Genève. Schwabe, 158 p., 2010, Bibliotheca Bodmeriana, ISBN 978-3-7965-2657-2 (br.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00743499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madame Bovary et les savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Sorbonnes Nouvelles. 2009, 9782878544466 2878544463</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Formes du temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paule Petitier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2008, 9782868203519 2868203515</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écriture(s) de l'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2005, 2868202829 9782868202826</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dix ans de critique : notes inédites de Flaubert sur l'Esthétique de Hegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lettres modernes Minard. 2005, 2256910970 9782256910975</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerval au miroir du temps : Les filles du feu, les chimères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ellipses. 2004, 2-7298-1745-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zola à l'oeuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2003, 2868202071</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Flammarion, coll. "GF". , 2001, 9782080711120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert, une éthique de l'art pur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lettres modernes Minard. 2000, 9782852100671 2852100673</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert, une poétique de l'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. pp.256, 2000, 2868201008 9782868201003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique et littérature : XIXe-XXe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonore Reverzy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. 2000, 2868201040 9782868201041</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spiritualités d'un monde désenchanté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. pp.217, 1998, 2868200001 9782868200006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La bête humaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Librairie générale française. 1997, 2-253-00557-6 (br.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'objet à l'oeuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. pp.211, 1997, 2868206859 9782868206855</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissance et métamorphoses d'un écrivain. Flaubert et Les Tentations de saint Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. pp.442, 1997, 2852035774</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le lys dans la vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Librairie générale française. 1995, 2-253-00444-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mysticisme dans La Tentation de saint Antoine, la relation sujet-objet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lettres modernes. 1984</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02961552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mysticisme dans La tentation de saint Antoine de Flaubert : la relation sujet - objet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lettres modernes. pp.79, 1984, 2256904075 9782256904073</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (64)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poétique de l’étrangeté et exposition critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert dans son siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.239-255, 2023, 9791037029768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos. Bicentenaire Flaubert 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert et le théâtre, série Gustave Flaubert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04501060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polypes ou coraux : images et savoirs biologiques chez Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Percheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert et les sortilèges de l'image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, 2020, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110658965⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02490254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission ou trahison ? La circulation triangulaire des savoirs du vivant (Michelet, Flaubert, Zola)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature française et savoirs biologiques au XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.79-94, 2019, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110665833-006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’infiniment petit : un nouveau merveilleux scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Percheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">éditions Hermann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biolographes – mythes et savoirs biologiques dans la littérature française du XIXe siècle, dir. Th. Klinkert et G. Séginger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019, 9791037000668</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infusoires, monères et cellules : la science à l’épreuve de la littérature. De Michelet à Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes du vivant, formes de littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 72, , pp.31-48, 2019, série Filologia Romanska, 978-83-232-3498-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les notes d’histoire naturelle de Michelet. Émergence et transformations de la notion de métamorphose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les métamorphoses, entre fiction et notion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LISAA éditeur "Savoirs en texte", 2019, 978-2-9585407-4-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04501044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les notes d’histoire naturelle de Michelet. Émergence et transformations de la notion de métamorphose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire LISAA. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les métamorphoses entre fiction et notion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission ou trahison ? La circulation triangulaire des savoirs du vivant (Michelet, Flaubert, Zola)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Klinkert; Gisèle Séginger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature française et savoirs biologiques au XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.79-94, 2019, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110665833-006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04516260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pan et le scalpel. Entre panthéisme et positivisme : Clemenceau et la cause animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire LISAA. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animalhumanité. Expérimentation et fiction : l’animalité au cœur du vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelet and La Mer: Biology and the Philosophy of History</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Time, Historical Time</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brill | Rodopi, pp.343-358, 2018, </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004385160_023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02966868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la politique à la métaphysique de l'histoire (Gérard de Nerval)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérard de Nerval, histoire et politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.211-230, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04516238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écriture historiographique et fiction romanesque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures de L’Éducation sentimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.279-294, 2017, 2753559147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire des sentiments et des émotions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Garnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relire L’Éducation sentimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vivant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires du Septentrion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide des humanités environnementales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2016, 2757411500 9782757418413 2757418416 9782757411506</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sciences et lettres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dictionnaire du littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2016, 9782130566281 2130566286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;마담 보바리&amp;gt; : 역사의 간접적 글쓰기</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ki Jeon Song. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écritures de l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’université d’Ewha, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfred Maury : la genèse des symboles religieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voir, croire, savoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DE GRUYTER, 2015, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110294927.279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et Pécuchet. La déconstruction de l'histoire par la fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comment la fiction fait histoire : emprunts, échanges, croisements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2015, 9782745328946 2745328948</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfred Maury, la genèse des symboles religieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre-Marc de Biasi; Anne Herschberg Pierrot; Barbara Vinken. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voir, croire, savoir: Les épistémologies de la création chez Gustave Flaubert </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.279-297, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désymbolisation et resymbolisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre-Marc de Biasi; Anne Herschberg-Pierrot; Barbara Wincken. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert et les pouvoirs du mythe </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions des Archives contemporaines, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologies de la création du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Herschberg-Pierrot; Jacques Neefs. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bouvard et Pécuchet. Archives et interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cécile Defaut, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renan et la science, une religion de l’avenir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Wieviorcka. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La science en questions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions des Sciences Humaines, pp.117-128, 2014, Les entretiens d'Auxerre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Du Camp, Souvenirs de l’année 1848</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caroline Trotot; Michael Soubbotnik. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Strasbourg, pp.97-112, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zola et La Bête humaine : de l’impressionnisme à l’expressionnisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Impressionnisme et littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.169-178, 2013, </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.purh.899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Martyrs et Salammbô, la réinvention de l’épique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabienne Bercegol; Pierre Glaudes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chateaubriand et le récit de fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Garnier, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une poétique du disparate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Ledda; Frank Lestringant; Gisèle Séginger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poétique de Musset</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rouen et du Havre, pp.231-246, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poétique et finalité de la prise de notes Balzac et Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut des textes et manuscrits modernes (ITEM). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balzac et alii, génétiques croisées. Histoires d’éditions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Michelet : un imaginaire romantique de la rupture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiction de l'histoire : formes et imaginaires de la rupture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9788376541754 8376541757</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbey d'Aurevilly: l'histoire de l'Histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hartmann, Pierre et Reverzy, Eléonore. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les formes du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poésie et le vrai. Musset entre Platon et Héraclite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Séginger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poésie et vérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Champion, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbey d’Aurevilly lecteur de Balzac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Franche-Comté. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Barbey d'Aurevilly et l'esthétique : les paradoxes de l'écriture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9782848673196 2848673192</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfred Maury: religion et médecine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guermès, Sophie et Marchal, Bertrand </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les religions du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire l’histoire antique. Le défi esthétique de Salammbô</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Vincennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoirs en récits : tom I. Flaubert : la politique, l’art, l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.180, 2010, 978-2842922429</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musset : frères et doubles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kimé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adelphiques : soeurs et frères dans la littérature française du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2841745279 9782841745272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La modernité du sacré nervalien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gérard de Nerval et l'esthétique de la modernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 9782705669935 2705669930</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’Inde à la Révolution. Les rythmes et les lieux de l’histoire des religions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Septentrion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Michelet, rythme de la prose, rythme de l'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.226, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert lecteur de Balzac. L’Éducation sentimentale ou la réinvention du roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Nagoya. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balzac, Flaubert. La genèse de l’œuvre et la question de l’interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madame Bovary et le savoir historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Sorbonnes Nouvelles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Madame Bovary et les savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.332, 2009, 9782878544466 2878544463</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô: de la civilisation à l’abject</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabienne Boissiéras; Laurence Richer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intégrité et corruption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jacques André éditeur, 2009, Intégrité et corruption, 978-2-911981-21-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01305165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géographie et idéologie : Michelet et les Légendes démocratiques du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Örebro University. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'image du Nord chez Stendhal et les romantiques : études comparées. 4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 9789176685518 9176685519</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Ensorcelée ou le temps retourné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les formes du temps : rythme, histoire, temporalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 9782868203519 2868203515</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbô et la question des races</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Sorbonne Nouvelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Miroir et le chemin : l’univers romanesque de Gobineau, Stendhal, Flaubert, Proust…</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 978-2-87854-358-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerval : une révolution à retardement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Valenciennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les révolutions littéraires : idée et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2905725893 9782905725899</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Polonais dans l’œuvre de Balzac : un type ou un stéréotype ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut Historii UAM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amis et ennemis héréditaires : Les stéréotypes nationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.203, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’étude de mœurs ou l’histoire indirecte d’une révolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écriture(s) de l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 2-86820-282-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie et critique : Balzac et la poétique flaubertienne du roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flaubert et la théorie littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’Université Saint-Louis, pp.83-95, 2005, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pusl.21799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaubert contre Flaubert : L’Éducation sentimentale et le système Bourdieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Minard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix ans de critique : notes inédites de Flaubert sur l'Esthétique de Hegel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 2-256-91097-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huysmans et Zola : les métamorphoses du roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ littéraire, fin de siècle autour de Zola</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.141-152, 2004, </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pub.6185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quadrige (Presses universitaires de France). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dictionnaire du littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 9782130566281 2130566286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symbole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le dictionnaire du littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 9782130566281 2130566286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception esthétique de La Vie de Jésus de Renan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">G. Narr Verlag. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vies de Jésus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 3823399748 9783823399742</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naturalisme et mythe : Nana et Mélusine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'âge d'homme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélusine : moderne et contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 2825115355 9782825115350</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En haine de la politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écritures du pouvoir et pouvoirs de la littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.37-49, 2001, </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pulm.199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Révolte et création : Nerval et l’éthique de Caïn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amoralité de la littérature, morales de l'écrivain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.271, 2000, 2745302019 9782745302014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salammbo de Flaubert : histoire, fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salammbo de Flaubert : histoire, fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.242, 1999, 274530058X 9782745300584</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ineffaçable après la fin. Le sentiment religieux hors de la religion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Klincksieck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Invention du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 978-2252032466</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspiration et malaise romantiques dans la correspondance du jeune Flaubert (1831-1849)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nizet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Difficulté d’être et mal du siècle dans les Correspondances et Journaux intimes de la première moitié du XIXe siècle, Cahiers d’études sur les correspondances du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 2910875075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volonté d'aimer, volonté de pouvoir : enjeux éthiques du Lys dans la vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adirel, volume IX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IX, , 1996, 978-2-950-73414-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Par-delà le majeur et le mineur : Huysmans et À rebours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Strasbourg. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature majeure, littérature mineure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 2868206565</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique et religion dans les Premières Poésies et les Poésies nouvelles de Musset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SEDES. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme. Alfred de Musset : poésies : "faire une perle d'une larme"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, ISBN 2-7181-9414-6 (br.) : 95 F</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écriture et ascèse chez Flaubert : de l’aspiration à l’inspiration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Klincksieck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éthique et écriture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 2252029749 9782252029749</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’Europe des romantismes à la Normandie de Barbey d’Aurevilly : de l’espace spirituel à l’espace du roman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voix d'Ouest en Europe, souffles d'Europe en Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 9782903075552 2903075557</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion et écriture dans La Femme de trente ans et Le Lys dans la vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SEDES. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balzac : La femme de trente ans : "une vivante énigme"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 2718116188 9782718116181</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier &amp;quot;Sources et méthode&amp;quot; (Salammbô de Flaubert, manuscrit BnF, N.a.fr 23662), transcriptions et notes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezzine Walid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04507777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le polype. Formes et savoirs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Percheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Lechevrel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, https://biolog.hypotheses.org/2201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01546536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Tentation de Saint Antoine de Flaubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Percheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Séginger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01549930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId311"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.future-isite.fr/accueil/les-appels-a-projets-future/appels-a-projets-future/?no_cache=1&amp;L=0&amp;tx_ttnews%5BbackPid%5D=30363&amp;tx_ttnews%5Btt_news%5D=50755" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://metamorphose.hypotheses.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://anihumain.hypotheses.org/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biolog.hypotheses.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fmsh.fr/fr/c/4343" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fmsh.fr/fr/24309" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://imascience.hypotheses.org/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tbth.hypotheses.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154518v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le S&#233;ginger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.3108" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154517v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.3111" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498653v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498648v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155241v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.183.0101" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498640v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966679v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/strop.2017.444.010" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967666v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.866" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967709v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967823v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.918" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304717v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305084v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304790v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305051v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/mln.2013.0052" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304903v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968349v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968336v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.549" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968369v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246823v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.154.0003" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968458v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968810v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968832v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968879v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968923v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968908v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968978v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968915v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969199v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969243v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969162v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969518v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969479v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bude.2005.3651" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969562v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970835v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971089v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rhpr.1998.5509" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971165v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971112v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971114v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/item.1997.1082" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971139v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971731v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/roman.1996.3073" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971184v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971150v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Seginger" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/fs/l.4.413" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-28FBRJ10-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971178v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971168v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971798v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971773v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/j.llr.4.00911" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NDQ-5W0B7RZ4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971783v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971801v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971820v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971827v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971828v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/litts.1991.1562" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971829v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971835v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971836v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/roman.1987.4863" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267706v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Percheron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Husti" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Azoulai" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507035v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506817v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506785v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267698v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Roucan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506856v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506896v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507791v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043808v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506881v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506712v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304784v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043801v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043788v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304952v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043774v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043745v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678891v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043730v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043461v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043410v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043529v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043444v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043514v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007762v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007068v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043397v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007100v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006933v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043338v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007724v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006769v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006909v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007602v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004541v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006878v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006860v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006828v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006983v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007029v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006792v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006671v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006717v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004551v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006665v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007587v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007569v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004470v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525638v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302992v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufour" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498599v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497220v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04500914v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440432v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana de Rosnay" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livredepoche.com/livre/madeleine-ferat-9782253104537" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495436v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Reynaud" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497223v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04505268v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Luczak" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslaw Loba" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04500098v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04500101v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04499981v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04499966v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182067v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499754v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182047v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499718v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499748v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498667v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155775v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229731v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Flaubert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Martin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gallimard.fr/Catalogue/GALLIMARD/Bibliotheque-de-la-Pleiade/OEuvres-completes136" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982162v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Klinkert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02194017v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Az&#233;lie Fayolle" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lisaa.u-pem.fr/le-lisaa-editeur/ouvrages-parus-dans-la-collection-savoirs-en-texte/f3f30a825f2c641e7ecbb8c0ad69eff5/?tx_sfbooks_book%5Bbook%5D=253&amp;amp;tx_sfbooks_book%5BsinglePageId%5D=1049&amp;amp;tx_sfbooks_book%5Baction%5D=show&amp;amp;tx_sfbooks_book%5Bcontroller%5D=Book" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154510v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02378264v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967527v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516208v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Labouret" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Illouz" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Marchal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Scepi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06512-8" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967535v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Bender" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967542v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905802v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Talairach" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dahan-Gaida" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Maillard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967598v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967853v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967550v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245849v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968056v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968068v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246536v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://purh.univ-rouen.fr/node/804" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968120v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968125v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982296v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ledda" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Lestringant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982528v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968808v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Przychodniak" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968844v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968850v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743499v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969150v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Rey" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982581v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Petitier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969379v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969404v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982625v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982675v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970850v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971032v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971038v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970935v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Reverzy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971096v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971128v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971160v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971146v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971777v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961552v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971841v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04500923v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04501060v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490254v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110658965" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155236v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110665833-006" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700813v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155266v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04501044v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155285v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516260v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155321v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966868v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004385160_023" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516238v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155341v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155335v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967814v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971848v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968043v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304890v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971846v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110294927.279" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B21-QWMH9S3P-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304761v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304727v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304781v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304798v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304978v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968431v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.899" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304957v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305102v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968137v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305124v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315202v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968403v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968453v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315179v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968861v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968903v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968886v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968820v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968955v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968987v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305165v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967580v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969174v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969268v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969320v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969255v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969530v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969445v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969546v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pusl.21799" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969577v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.6185" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970827v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970842v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970890v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pulm.199" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970901v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970908v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971057v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971081v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971086v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971070v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971760v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971728v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971771v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971809v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971826v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971813v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507777v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezzine Walid" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546536v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Lechevrel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549930v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.future-isite.fr/accueil/les-appels-a-projets-future/appels-a-projets-future/?no_cache=1&amp;L=0&amp;tx_ttnews%5BbackPid%5D=30363&amp;tx_ttnews%5Btt_news%5D=50755" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://metamorphose.hypotheses.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://anihumain.hypotheses.org/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biolog.hypotheses.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fmsh.fr/fr/c/4343" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fmsh.fr/fr/24309" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://imascience.hypotheses.org/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tbth.hypotheses.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154518v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le S&#233;ginger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.3108" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154517v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.3111" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498653v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498648v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155241v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.183.0101" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498640v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966679v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/strop.2017.444.010" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967666v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.866" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967823v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.918" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967709v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304717v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305084v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304790v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305051v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/mln.2013.0052" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304903v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968349v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968336v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.549" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968369v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246823v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.154.0003" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968458v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968810v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968832v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968879v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968908v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968923v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968978v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968915v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969199v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969243v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969162v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969518v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969479v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bude.2005.3651" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969562v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970835v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971089v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rhpr.1998.5509" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971165v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971114v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/item.1997.1082" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971139v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971112v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971731v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/roman.1996.3073" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971184v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971150v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Seginger" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/fs/l.4.413" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-28FBRJ10-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971178v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971168v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971798v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971773v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/j.llr.4.00911" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NDQ-5W0B7RZ4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971783v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971801v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971820v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971827v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971828v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/litts.1991.1562" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971829v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971835v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971836v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/roman.1987.4863" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267706v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Percheron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Husti" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Azoulai" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506817v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507035v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506785v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267698v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Roucan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506856v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506896v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507791v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043808v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506881v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506712v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304784v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043801v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043788v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304952v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043774v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043745v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678891v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043730v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043461v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043410v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043529v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043444v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043514v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007762v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007068v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007100v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006933v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043397v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043338v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007724v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006769v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006909v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007602v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006878v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004541v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006860v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006983v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006828v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007029v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006792v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006671v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006717v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004551v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006665v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007587v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007569v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004470v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525638v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302992v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufour" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497220v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498599v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04500914v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440432v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana de Rosnay" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livredepoche.com/livre/madeleine-ferat-9782253104537" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495436v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Reynaud" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497223v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182047v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499754v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499718v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182067v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04499966v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04500098v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04500101v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04499981v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04505268v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Luczak" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslaw Loba" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499748v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498667v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155775v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229731v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Flaubert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Martin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gallimard.fr/Catalogue/GALLIMARD/Bibliotheque-de-la-Pleiade/OEuvres-completes136" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982162v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Klinkert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02194017v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Az&#233;lie Fayolle" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lisaa.u-pem.fr/le-lisaa-editeur/ouvrages-parus-dans-la-collection-savoirs-en-texte/f3f30a825f2c641e7ecbb8c0ad69eff5/?tx_sfbooks_book%5Bbook%5D=253&amp;amp;tx_sfbooks_book%5BsinglePageId%5D=1049&amp;amp;tx_sfbooks_book%5Baction%5D=show&amp;amp;tx_sfbooks_book%5Bcontroller%5D=Book" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154510v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02378264v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967527v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516208v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Labouret" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Illouz" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Marchal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Scepi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06512-8" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967535v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Bender" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967542v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967598v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dahan-Gaida" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Maillard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905802v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Talairach" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967853v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967550v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245849v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968056v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968068v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246536v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://purh.univ-rouen.fr/node/804" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968120v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982296v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ledda" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Lestringant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968125v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982528v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968808v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Przychodniak" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968844v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968850v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743499v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969150v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Rey" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982581v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Petitier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969404v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969379v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982625v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982675v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970850v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971032v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971038v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970935v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Reverzy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971096v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971128v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971160v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971146v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971777v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961552v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971841v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04500923v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04501060v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490254v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110658965" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155236v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110665833-006" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700813v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155266v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04501044v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155285v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516260v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155321v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966868v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004385160_023" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516238v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155341v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155335v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967814v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971848v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304890v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971846v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110294927.279" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B21-QWMH9S3P-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968043v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304761v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304727v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304798v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304781v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304978v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968431v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.899" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304957v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305102v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968137v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968403v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315202v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305124v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968453v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315179v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968903v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968886v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968861v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968820v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968955v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968987v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305165v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969174v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967580v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969268v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969320v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969255v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969530v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969546v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pusl.21799" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969445v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969577v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.6185" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970827v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970842v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970901v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970908v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970890v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pulm.199" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971057v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971086v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971081v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971070v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971760v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971728v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971771v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971809v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971813v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971826v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507777v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezzine Walid" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546536v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Lechevrel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549930v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>