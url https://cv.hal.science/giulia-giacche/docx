--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Giulia Giacche </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déploiement de projets d’agriculture urbaine dans les quartiers prioritaires sous l’impulsion de l’action publique : une diversité inattendue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacchè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Sias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34, pp.15. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cagri/2025013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05030256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers la définition d’outils et méthodes pour le développement de l’agriculture en ville : l’itinéraire METH-EXPAU et ses modes de transfert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, Dossier "Co-construire des démarches participatives pour accompagner les transitions territoriales"</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier « Coconstruire des démarches participatives pour accompagner les transitions territoriales » - Vers la définition d’outils et méthodes pour le développement de l’agriculture en ville : l’itinéraire METH-EXPAU et ses modes de transfert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacchè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33 (1), pp.23-35. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2025034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Granchamp, Sandrine Glatron (dir.), 2021, Militantismes et potagers, Villeneuve d’Ascq, Presses universitaires du Septentrion, 317 pages.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 191 (1), pp.251-254. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/esp.191.0251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une vision plus holistique des liens entre agricultures et villes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Salomon Cavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 61-62, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/122m4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Dr Awa Ba, Enseignante-Chercheure au Sénégal, spécialiste de l’agriculture urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Awa Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Salomon Cavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024, pp.61-62. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/122m5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards defining agricultural projects in towns: METH-EXPAU®, a multi-phase method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Durrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Collé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 52, pp.9809. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tem.9809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des services écosystémiques fournis par les sols de micro-fermes urbaines : Méthodologie et retours d'expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Joimel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vieublé-Gonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28 (1), pp.31-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03665514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A vida cotidiana das hortas comunitárias: casos de Rennes (França) e São Paulo (Brasil)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Nagib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Avançados</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35 (101), pp.241-256. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/s0103-4014.2021.35101.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an evaluation of cultural ecosystem services delivered by urban micro-Farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste J-P. Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Cécile Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (4), pp.1716. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su13041716⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03280119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of COVID-19 on Urban Agriculture in São Paulo, Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Ruoppolo Biazoti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélica Campos Nakamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Nagib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitória Oliveira Pereira de Souza Leão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (11), </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su13116185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscapes and Services in Peri-Urban Areas and Choice of Housing Location: An Application of Discrete Choice Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziano Tempesta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Land</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (10), 21 p. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/land9100393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il ruolo dei consumatori per una maggiore sostenibilità dei sistemi alimentari : dai supermercati cooperativi al design collettivo dei prodotti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giampiero Mazzocchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RRNmagazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12, pp.35-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a metabolic rift analysis: The case of urban agriculture and organic waste management in Rennes (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bahers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoforum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoforum.2018.10.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture urbaine : jardiner hors de chez soi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Le Caro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Nahmias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palimpseste. Sciences, humanités, sociétés </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1, pp.7-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The “promise of difference” of cooperative supermarkets: making quality products accessible through democratic sustainable food chains?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Retière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES - Revista do Desenvolvimento Regional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (3), pp.35-48. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17058/redes.v24i3.14002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégique agriculture urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pouvesle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Collé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techni.Cités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Incredible Edible Movement: People power, adaptation, and challenges in Rennes(France) and Montreal (Canada)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lya Porto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature and Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (1), pp.93-112. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3167/nc.2018.130105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04400686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricoltura urbana come strumento di sviluppo sostenibile. Uno studio di caso: gli orti urbani a São Paulo (Brasile)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wania Rezende Silva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rivista di Studi Urbani e Regionali</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 122 (122), pp.125-145. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3280/asur2018-122007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04400916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Echelles territoriales et politiques du métabolisme urbain : la structuration des filières de biodéchets et l’intégration de l’agriculture urbaine à Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bahers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Hors-série 31, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.21609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02025992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jardins partagés : une contribution habitante au système agri-alimentaire territorialisé rennais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Le Caro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Les agricultures urbaines durables : un vecteur pour la transition écologique, Hors-série 31, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.21982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02046928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une construction collaborative de l’agriculture en ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine El Moualy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographie et cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 103, pp.39-61. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/gc.5661⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business models in urban farming: A comparative analysis of case studies from Spain, Italy and Germany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Pölling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María-José Prados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bianca Maria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Recasens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Moravian Geographical Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (3), pp.166-180. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/mgr-2017-0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultivating changes: Urban Agriculture as a tool for socio-spatial transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Paffarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future of Food: Journal on Food, Agriculture and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (1), pp.8-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la ville qui mange à la ville qui produit: l'exemple des Horteloes Urbanos de Sao Paulo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESO Travaux et Documents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01483364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progetti di orticoltura urbana nella città di Perugia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Paffarini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriregionieuropa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricoltura urbana in Italia: primi esiti di un lavoro di confronto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Branduini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaella Laviscio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriregionieuropa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizing the Co-Production of Health and Environmental Values in Food Production: The Constitutional Processes in the Relationships between Italian Solidarity Purchasing Groups and Farmers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano A Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrica A Rossetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8, pp.316 - 316. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su8040316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01483360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic analysis of the traditional cultural vineyard landscapes in Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Venanzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 39, pp.122-132. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jrurstud.2015.03.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas Públicas de Agricultura Urbana e Periurbana: uma comparação entre os casos de São Paulo e Campinas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lya Porto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Informações Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45 (6)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Agriculture Urbaine révélatrice de formes de résistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESO Travaux et Documents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 37, pp.17-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expérience des parcs agricoles en Italie et en Espagne : vers un outil de projet et de gouvernance de l’agriculture en zone périurbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 89 (1-2), pp.21-30. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geocarrefour.9372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the role of consumers as drivers of agri-food networks: contexts, beliefs, and governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano A Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rossella Pampanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Brazilian Geographical Journal: Geosciences and Humanities research medium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Durabilité de l’agriculture dans les territoires périurbains méditerranéens : enjeux et projets agriurbains dans la région de Pise (Toscane, Italie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Marraccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Bonari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (6), pp.517-525. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/agr.2013.0658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pacte agriurbain de la vallée ombrienne et les districts agricoles et culturels de Milan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionella Scazzosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Branduini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paysage.16423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gli strumenti di pianificazione territoriale in relazione alla funzionalità dell’agricoltura periurbana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Mazzocchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paysage.18090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapporto città-campagna e sviluppo rurale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriregionieuropa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricoltura periurbana tra adattamento aziendale e funzioni percepite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musotti Francesco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Taglioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rivista di Economia Agraria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3-4, pp.401-441</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les espaces verts de la ville d’Assise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paysage.30278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles préconisations pour aménager une agriculture urbaine favorable à la santé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">webinaire « Cultiver les QPV : réduire les inégalités sociales de santé par les agricultures urbaines »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ekopolis, Jun 2025, Paris (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet MARMITE – typologie des pratiques maraîchères vis-à-vis du travail du sol et des apports de matières organiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Rapiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Barrier-Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées d'Etude des Sols JES 2025 "Sols, fonctions et transition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFES, Association Française pour l'Etude du Sol, Jul 2025, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of current integration of urban agriculture and domestic garden into urban planning: the case of Île-De-France Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Melot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Game changer? Planning for just and sustainable urban regions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aesop; SciencesPo, Jul 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultural practices in French prisons: towards better agro-ecological environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Sias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Building movement and achieving transformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AESOP; Universiteit Gent; HafenCity Universitat Hamburg; Institue for Agricultural and Fisheries Research; Vrije Universiteit Brussel, Jun 2024, Brussels and Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community kitchen a lever to build agri-cultural community and food sovereignty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Provent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Chapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Feeding the melting pot: agroecological urbanism for inclusive and sustainable food practices, AESOP Sustainable Food Planning Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AESOP - Sustainable Food Planning, Jul 2023, Lodz, Poland. pp.27-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METH-EXPAU et Urbanaa : deux outils pour accompagner la fabrique de l’agriculture dans les villes françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Clerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Fargue-Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24èmes rencontres internationales en urbanisme de l'APERAU. Pour un Urbanisme du Vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aperau, Jun 2023, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers la définition d’outils et méthodes pour le développement de l’agriculture en ville : l’itinéraire METHEXPAU® et ses modes de transfert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58ème Colloque de l'ASRDLF Transitions, gouvernance territoriale et solidarités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASRDLF - Association de Science Régionale de Langue Française, Jun 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiche urbane e politiche agricole verso una territorialità integrata. Quali politiche adottare? Quali strumenti? Quali campi di azione?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariavaleria Mininni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Giarè</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geografia e cibo: ricerche, riflessioni e discipline a confronto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Società di Studi Geografici, Jun 2021, Florence, Italy. pp.623-628</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les services écosystémiques culturels et paysagers rendus par les microfermes urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cécile Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Transitions 2020 - Les transitions écologiques en transactions et actions"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key elements and organisational models of urban agriculture: a literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serenella Venanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Branduini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaella Laviscio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55th SIDEA Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Perugia, Italy. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/978-90-8686-898-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuove geografie urbane del cibo e cultura alimentare. Matera capitale contadina del XXI secolo?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariavaleria Mininni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bisciglia Sergio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santarsiero Vittoria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confini, movimenti, luoghi. Politiche e progetti per città e territori in transizione</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Società italiana degli Urbanisti, Jun 2018, Firenze, Italy. pp.1397-1403</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MATERA MENO UNO. Sistema urbano del cibo tra storie locali e nuovi modelli di consumo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariavaleria Mininni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bisciglia Sergio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santarsiero Vittoria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confini, movimenti, luoghi. Politiche e progetti per città e territori in transizione</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Società italiana degli Urbanisti, Jun 2018, Firenze, Italy. pp.1404-1409</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An evaluation of cultural ecosystem services delivered by urban micro-farms : the research project SEMOIRs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cécile Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lagneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Association of Landscape Ecology-IALE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les jardins partagés. La contribution habitante aux évolutions du système agri-alimentaire rennais : une perspective de développement auto-soutenable.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Le Caro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultures urbaines durables : vecteur de transition écologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, laboratoire CERTOP, Université Toulouse Jean-Jaurès; UMR CNRS 5193 LISST (Laboratoire Interdisciplinaire Solidarités, Sociétés, Territoires) – Dynamiques rurales, Jun 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective action & agri-urban dynamics: The case of the olive oil «Route» of the Monti Pisani (Tuscany, Italy)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scarborough Fare ASFS/AFHVS/CAFS Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing participatory territorial projects through a research-education-action platform: four experiences on periurban agriculture and local food production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Marraccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Debolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ESEE 22</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Wageningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action collective et dynamiques agriurbaines : le cas de la route de l'huile du Monte Pisano (Toscane)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international « les campagnes : espaces d’innovation dans un monde urbain »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02438958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action collective et dynamiques agriurbaines : le cas de la route de l'huile du Monte Pisano (Toscane).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « les campagnes : espaces d’innovation dans un monde urbain »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action collective et dynamiques agri‐urbaines : le cas de la route de l’huile du Monte Pisano (Toscane)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international de géographie rurale 2014 : "Les campagnes : espaces d'innovation dans un monde urbain"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Croiser les regards d’agronomes et d’urbanistes pour penser l’agriculture périurbaine. Le cas du parc agricole de Florence (Italie).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Poli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fanfani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agostino Magnaghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5emes Rencontres du réseau d’Enseignement et de Recherche Espace Rural &amp; Projet Spatial « Explorer le territoire par le projet. L’ingénierie territoriale à l’épreuve des pratiques de conception »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01541863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">City and agriculture: urban-rural links, farmers’ representations and rationales in Pisa plain (Tuscany)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Marraccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariassunta Galli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd International Geographical Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculturas urbanas na produção de novos imaginários e materialidades em diferentes contextos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Nagib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colóquio Internacional – Imaginário: Construir e Habitar a Terra – ICHT2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Sao Paulo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An evaluation of ecosystem services delivered by urban micro-farms: the research project SEMOIRS [2018-2020]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Joimel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vieublé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Cécile Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes du colloque international et interdisciplinaire de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dumat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Busca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Sobanska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Research Congress T2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03478540v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultures urbaines au Sud et au Nord : conformer les agricultures, fabriquer la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Salomon Cavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires en Mouvement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04516731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossiê “As (re) configurações rurais e urbanas na alimentação e a perspectiva territorial”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analise Graciele Rambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ademir Antonio Cazella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgínia de Lima Palhares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES - Revista do Desenvolvimento Regional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 24 (3), pp.6-11, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développer des projets d'agriculture urbaine avec la méthode Meth-Expau®</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 82 p., 2022, 978-2-7592-3511-7. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35690/978-2-7592-3512-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France - Comprendre les dynamiques, accompagner les acteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Maxime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe-Toussaint Soulard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QUAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782759235636</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels outils pour mettre en place une agriculture urbaine participant à la résilience des villes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Clerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Fargue-Lelièvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Taoufik Souami. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’agriculture urbaine en aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Moniteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 978-2-281-13706-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05278129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dal periurbano all’agri-urbano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariavaleria Mininni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Annese M.; Chiapperino L.; Martinelli N. (Dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territori interni. Dilatazioni e interferenze nel periurbano. Siracusa (Italie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LetteraVentidue Edizioni, 2023, 978- 88-6242-808-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les services écosystémiques rendus par les agricultures urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Stella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Fargue-Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Clerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Redlingshofer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Savoir faire, 9782759235636</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des interfaces à consolider entre la recherche et l'action [Conclusion]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Maxime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry, Christine; Giacchè, Giulia; Maxime, Françoise; Soulard, Christophe-Toussaint. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France : comprendre les dynamiques, accompagner les acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.217-220, 2022, Savoir-faire, 978-2-7592-3563-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soutiens aux projets, à l'action publique et à la formation : contribution de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Maxime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry, Christine; Giacchè, Giulia; Maxime, Françoise; Soulard, Christophe-Toussaint. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France : comprendre les dynamiques, accompagner les acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.141-147, 2022, Savoir-faire, 978-2-7592-3563-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meth-Expau : un itinéraire méthodologique pour la définition des projets d'agriculture urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry, Christine; Giacchè, Giulia; Maxime, Françoise; Soulard, Christophe-Toussaint. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France : comprendre les dynamiques, accompagner les acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.173-175, 2022, Savoir-faire, 978-2-7592-3563-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former à l'agriculture urbaine : un premier état des lieux en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Jarrige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cécile Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry, Christine; Giacchè, Giulia; Maxime, Françoise; Soulard, Christophe-Toussaint. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France : comprendre les dynamiques, accompagner les acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.203-215, 2022, Savoir-faire, 978-2-7592-3563-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sfida dell’atlante del cibo Matera per promuovere una governance trans-locale del cibo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariavaleria Mininni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santasiero Vittoria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Dansero E.; Marino D.; Mazzocchi G.; Nicolarea Y. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lo spazio delle politiche locali del cibo: temi, esperienze e prospettive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Celid, pp.85-92, 2021, 9788867890781</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typological Diversity of Agriculture in a Densely Urbanised Region of São Paulo, Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lya Porto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Nagib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelica Campos Nakamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilherme Reis Ranieri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban Food Democracy and Governance in North and South</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.273-289, 2020, International Political Economy Series, 978-3-030-17186-5. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-17187-2_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic Analysis of the Traditional Cultural Terraced Olive-Growing Landscape and Participatory Planning Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Cecchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Venanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Terraced Landscapes: History, Environment, Quality of Life</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.251-271, 2019, Environmental History, 978-3-319-96814-8. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-96815-5_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Croiser les regards d’agronomes et d’urbanistes pour penser l’agriculture périurbaine. Le cas du parc agricole de Florence (Italie).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Poli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fanfani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agostino Magnaghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explorer le territoire par le projet. L’ingénierie territoriale à l’épreuve des pratiques de conception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, Université de Saint-Etienne, 2015, Espace rural &amp; projet spatial</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01542414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the diversity of Actors in Urban Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ejderyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Salomon Cavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Mumenthaler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban Agriculture Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jovis, 2015, 978-3-86859-371-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Croiser les regards d’agronomes et d’urbanistes pour penser l’agriculture périurbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Poli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Fanfani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Magnaghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvie Lardon; Alexis Pernet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explorer le territoire par le projet. L’ingénierie territoriale à l’épreuve des pratiques de conception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Saint Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.219-231, 2015, Espace rural &amp; projet spatial (ERPS), 978-2-86272-677-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the diversity of actors in Urban Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Ejderyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Salomon-Cavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mumenthaler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban Agriculture Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.60-64, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01545057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le foncier en agriculture urbaine : quelle gouvernance et quels enjeux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BD : Pourquoi mettre des fermes dans les villes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ughetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Sophie Haudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Houot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultures Urbaines de leur connaissance à leur mise en œuvre dans les territoires : une proposition méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Collé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Durrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">For a more holistic vision of the links between agriculture and cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Salomon Cavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12q5b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04842014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrer les flux de matières organiques urbaines: Une réflexion à partir du cas de la Ville de Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Bognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Lehec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04617331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels territoires agricoles et ruraux pour demain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gaïqui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménagement et développement intégré des territoires périurbains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Poli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fanfani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agostino Magnaghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01543247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COST Training School « Farming near the city / farming with the city: studying and enhancing the links between places, activities and policies »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Fortin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01543233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jardiner et cuisiner collectivement pour favoriser l'accès à une alimentation choisie et durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Provent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chaire Agricultures Urbaines; LAB3S. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des services écosystémiques rendus par les micro-fermes urbaines et leurs sols - Bilan du projet de recherche semoirs [2018-2021]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Boulanger-Joimel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vieublé Gonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Sophie Haudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE; Agroparistech; Université de lorraine; Aix-Marseille Université; Institut d'aménagement et d'urbanisme de la région d'Ile-de-France (IAURIF). 2022, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03624235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet de Recherche “Jardins partagés dans le Système Alimentaire Territorial rennais” (JardiSAT). Rapport Final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Le Caro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Rennes 2; UMR 6590 : ESO. 2018, 166 p. dont 114 pour le volume principal et 52 pour les annexes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01979167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu Séminaire des administrateurs du Groupe D'Aucy, 2 et 3 février 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gaïqui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Document AgroParisTech. 2016, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05131573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu Séminaire des administrateurs D’Aucy, 2 et 3 février 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gaïqui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Document AgroParisTech, PeopletoPeople. 2016, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId253"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Giulia Giacche </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déploiement de projets d’agriculture urbaine dans les quartiers prioritaires sous l’impulsion de l’action publique : une diversité inattendue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacchè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Sias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34, pp.15. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cagri/2025013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05030256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers la définition d’outils et méthodes pour le développement de l’agriculture en ville : l’itinéraire METH-EXPAU et ses modes de transfert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, Dossier "Co-construire des démarches participatives pour accompagner les transitions territoriales"</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier « Coconstruire des démarches participatives pour accompagner les transitions territoriales » - Vers la définition d’outils et méthodes pour le développement de l’agriculture en ville : l’itinéraire METH-EXPAU et ses modes de transfert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacchè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33 (1), pp.23-35. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2025034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05190850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Dr Awa Ba, Enseignante-Chercheure au Sénégal, spécialiste de l’agriculture urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Awa Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Salomon Cavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024, pp.61-62. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/122m5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Granchamp, Sandrine Glatron (dir.), 2021, Militantismes et potagers, Villeneuve d’Ascq, Presses universitaires du Septentrion, 317 pages.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 191 (1), pp.251-254. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/esp.191.0251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une vision plus holistique des liens entre agricultures et villes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Salomon Cavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 61-62, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/122m4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards defining agricultural projects in towns: METH-EXPAU®, a multi-phase method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Durrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Collé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 52, pp.9809. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tem.9809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an evaluation of cultural ecosystem services delivered by urban micro-Farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste J-P. Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Cécile Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (4), pp.1716. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su13041716⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03280119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des services écosystémiques fournis par les sols de micro-fermes urbaines : Méthodologie et retours d'expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Joimel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vieublé-Gonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28 (1), pp.31-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03665514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A vida cotidiana das hortas comunitárias: casos de Rennes (França) e São Paulo (Brasil)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Nagib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos Avançados</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35 (101), pp.241-256. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/s0103-4014.2021.35101.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of COVID-19 on Urban Agriculture in São Paulo, Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Ruoppolo Biazoti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélica Campos Nakamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Nagib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitória Oliveira Pereira de Souza Leão</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (11), </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su13116185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il ruolo dei consumatori per una maggiore sostenibilità dei sistemi alimentari : dai supermercati cooperativi al design collettivo dei prodotti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giampiero Mazzocchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RRNmagazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12, pp.35-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscapes and Services in Peri-Urban Areas and Choice of Housing Location: An Application of Discrete Choice Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziano Tempesta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Land</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (10), 21 p. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/land9100393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a metabolic rift analysis: The case of urban agriculture and organic waste management in Rennes (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bahers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoforum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoforum.2018.10.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01961672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture urbaine : jardiner hors de chez soi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Le Caro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Nahmias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palimpseste. Sciences, humanités, sociétés </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1, pp.7-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The “promise of difference” of cooperative supermarkets: making quality products accessible through democratic sustainable food chains?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Retière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES - Revista do Desenvolvimento Regional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (3), pp.35-48. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17058/redes.v24i3.14002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégique agriculture urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pouvesle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Collé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techni.Cités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Incredible Edible Movement: People power, adaptation, and challenges in Rennes(France) and Montreal (Canada)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lya Porto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature and Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (1), pp.93-112. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3167/nc.2018.130105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04400686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricoltura urbana come strumento di sviluppo sostenibile. Uno studio di caso: gli orti urbani a São Paulo (Brasile)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wania Rezende Silva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rivista di Studi Urbani e Regionali</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 122 (122), pp.125-145. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3280/asur2018-122007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04400916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Echelles territoriales et politiques du métabolisme urbain : la structuration des filières de biodéchets et l’intégration de l’agriculture urbaine à Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bahers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Hors-série 31, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.21609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02025992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jardins partagés : une contribution habitante au système agri-alimentaire territorialisé rennais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Le Caro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Les agricultures urbaines durables : un vecteur pour la transition écologique, Hors-série 31, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.21982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02046928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une construction collaborative de l’agriculture en ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine El Moualy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographie et cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 103, pp.39-61. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/gc.5661⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business models in urban farming: A comparative analysis of case studies from Spain, Italy and Germany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernd Pölling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María-José Prados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bianca Maria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Recasens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Moravian Geographical Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (3), pp.166-180. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/mgr-2017-0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultivating changes: Urban Agriculture as a tool for socio-spatial transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Paffarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future of Food: Journal on Food, Agriculture and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (1), pp.8-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizing the Co-Production of Health and Environmental Values in Food Production: The Constitutional Processes in the Relationships between Italian Solidarity Purchasing Groups and Farmers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano A Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrica A Rossetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8, pp.316 - 316. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su8040316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01483360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la ville qui mange à la ville qui produit: l'exemple des Horteloes Urbanos de Sao Paulo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESO Travaux et Documents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01483364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricoltura urbana in Italia: primi esiti di un lavoro di confronto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Branduini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaella Laviscio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriregionieuropa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progetti di orticoltura urbana nella città di Perugia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Paffarini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriregionieuropa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic analysis of the traditional cultural vineyard landscapes in Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Venanzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 39, pp.122-132. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jrurstud.2015.03.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Políticas Públicas de Agricultura Urbana e Periurbana: uma comparação entre os casos de São Paulo e Campinas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lya Porto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Informações Econômicas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45 (6)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expérience des parcs agricoles en Italie et en Espagne : vers un outil de projet et de gouvernance de l’agriculture en zone périurbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 89 (1-2), pp.21-30. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geocarrefour.9372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Agriculture Urbaine révélatrice de formes de résistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESO Travaux et Documents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 37, pp.17-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Durabilité de l’agriculture dans les territoires périurbains méditerranéens : enjeux et projets agriurbains dans la région de Pise (Toscane, Italie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Marraccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Bonari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (6), pp.517-525. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/agr.2013.0658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the role of consumers as drivers of agri-food networks: contexts, beliefs, and governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano A Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rossella Pampanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Brazilian Geographical Journal: Geosciences and Humanities research medium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pacte agriurbain de la vallée ombrienne et les districts agricoles et culturels de Milan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionella Scazzosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Branduini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paysage.16423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gli strumenti di pianificazione territoriale in relazione alla funzionalità dell’agricoltura periurbana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Mazzocchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paysage.18090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapporto città-campagna e sviluppo rurale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriregionieuropa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricoltura periurbana tra adattamento aziendale e funzioni percepite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musotti Francesco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Taglioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rivista di Economia Agraria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3-4, pp.401-441</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les espaces verts de la ville d’Assise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paysage.30278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet MARMITE – typologie des pratiques maraîchères vis-à-vis du travail du sol et des apports de matières organiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Rapiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Barrier-Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées d'Etude des Sols JES 2025 "Sols, fonctions et transition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFES, Association Française pour l'Etude du Sol, Jul 2025, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles préconisations pour aménager une agriculture urbaine favorable à la santé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">webinaire « Cultiver les QPV : réduire les inégalités sociales de santé par les agricultures urbaines »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ekopolis, Jun 2025, Paris (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of current integration of urban agriculture and domestic garden into urban planning: the case of Île-De-France Region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Melot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Game changer? Planning for just and sustainable urban regions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aesop; SciencesPo, Jul 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultural practices in French prisons: towards better agro-ecological environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Sias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Building movement and achieving transformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AESOP; Universiteit Gent; HafenCity Universitat Hamburg; Institue for Agricultural and Fisheries Research; Vrije Universiteit Brussel, Jun 2024, Brussels and Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community kitchen a lever to build agri-cultural community and food sovereignty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Provent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Chapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Feeding the melting pot: agroecological urbanism for inclusive and sustainable food practices, AESOP Sustainable Food Planning Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AESOP - Sustainable Food Planning, Jul 2023, Lodz, Poland. pp.27-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METH-EXPAU et Urbanaa : deux outils pour accompagner la fabrique de l’agriculture dans les villes françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Clerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Fargue-Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24èmes rencontres internationales en urbanisme de l'APERAU. Pour un Urbanisme du Vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aperau, Jun 2023, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers la définition d’outils et méthodes pour le développement de l’agriculture en ville : l’itinéraire METHEXPAU® et ses modes de transfert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58ème Colloque de l'ASRDLF Transitions, gouvernance territoriale et solidarités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASRDLF - Association de Science Régionale de Langue Française, Jun 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiche urbane e politiche agricole verso una territorialità integrata. Quali politiche adottare? Quali strumenti? Quali campi di azione?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariavaleria Mininni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Giarè</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geografia e cibo: ricerche, riflessioni e discipline a confronto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Società di Studi Geografici, Jun 2021, Florence, Italy. pp.623-628</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les services écosystémiques culturels et paysagers rendus par les microfermes urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cécile Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Transitions 2020 - Les transitions écologiques en transactions et actions"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key elements and organisational models of urban agriculture: a literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serenella Venanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Branduini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaella Laviscio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55th SIDEA Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Perugia, Italy. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/978-90-8686-898-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuove geografie urbane del cibo e cultura alimentare. Matera capitale contadina del XXI secolo?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariavaleria Mininni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bisciglia Sergio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santarsiero Vittoria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confini, movimenti, luoghi. Politiche e progetti per città e territori in transizione</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Società italiana degli Urbanisti, Jun 2018, Firenze, Italy. pp.1397-1403</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An evaluation of cultural ecosystem services delivered by urban micro-farms : the research project SEMOIRs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cécile Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lagneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Association of Landscape Ecology-IALE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MATERA MENO UNO. Sistema urbano del cibo tra storie locali e nuovi modelli di consumo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariavaleria Mininni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bisciglia Sergio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santarsiero Vittoria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confini, movimenti, luoghi. Politiche e progetti per città e territori in transizione</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Società italiana degli Urbanisti, Jun 2018, Firenze, Italy. pp.1404-1409</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les jardins partagés. La contribution habitante aux évolutions du système agri-alimentaire rennais : une perspective de développement auto-soutenable.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Le Caro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultures urbaines durables : vecteur de transition écologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, laboratoire CERTOP, Université Toulouse Jean-Jaurès; UMR CNRS 5193 LISST (Laboratoire Interdisciplinaire Solidarités, Sociétés, Territoires) – Dynamiques rurales, Jun 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective action & agri-urban dynamics: The case of the olive oil «Route» of the Monti Pisani (Tuscany, Italy)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scarborough Fare ASFS/AFHVS/CAFS Annual Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing participatory territorial projects through a research-education-action platform: four experiences on periurban agriculture and local food production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Marraccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Debolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ESEE 22</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Wageningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action collective et dynamiques agriurbaines : le cas de la route de l'huile du Monte Pisano (Toscane).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « les campagnes : espaces d’innovation dans un monde urbain »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action collective et dynamiques agriurbaines : le cas de la route de l'huile du Monte Pisano (Toscane)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international « les campagnes : espaces d’innovation dans un monde urbain »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02438958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action collective et dynamiques agri‐urbaines : le cas de la route de l’huile du Monte Pisano (Toscane)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international de géographie rurale 2014 : "Les campagnes : espaces d'innovation dans un monde urbain"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Croiser les regards d’agronomes et d’urbanistes pour penser l’agriculture périurbaine. Le cas du parc agricole de Florence (Italie).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Poli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fanfani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agostino Magnaghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5emes Rencontres du réseau d’Enseignement et de Recherche Espace Rural &amp; Projet Spatial « Explorer le territoire par le projet. L’ingénierie territoriale à l’épreuve des pratiques de conception »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01541863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">City and agriculture: urban-rural links, farmers’ representations and rationales in Pisa plain (Tuscany)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Marraccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariassunta Galli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd International Geographical Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculturas urbanas na produção de novos imaginários e materialidades em diferentes contextos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Nagib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colóquio Internacional – Imaginário: Construir e Habitar a Terra – ICHT2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Sao Paulo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An evaluation of ecosystem services delivered by urban micro-farms: the research project SEMOIRS [2018-2020]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Joimel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vieublé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Cécile Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes du colloque international et interdisciplinaire de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dumat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Busca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Sobanska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Research Congress T2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03478540v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultures urbaines au Sud et au Nord : conformer les agricultures, fabriquer la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Salomon Cavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires en Mouvement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04516731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossiê “As (re) configurações rurais e urbanas na alimentação e a perspectiva territorial”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analise Graciele Rambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ademir Antonio Cazella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgínia de Lima Palhares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REDES - Revista do Desenvolvimento Regional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 24 (3), pp.6-11, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France - Comprendre les dynamiques, accompagner les acteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Maxime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe-Toussaint Soulard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QUAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782759235636</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développer des projets d'agriculture urbaine avec la méthode Meth-Expau®</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 82 p., 2022, 978-2-7592-3511-7. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35690/978-2-7592-3512-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels outils pour mettre en place une agriculture urbaine participant à la résilience des villes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Clerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Fargue-Lelièvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Taoufik Souami. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’agriculture urbaine en aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Moniteur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 978-2-281-13706-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05278129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dal periurbano all’agri-urbano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariavaleria Mininni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Annese M.; Chiapperino L.; Martinelli N. (Dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territori interni. Dilatazioni e interferenze nel periurbano. Siracusa (Italie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LetteraVentidue Edizioni, 2023, 978- 88-6242-808-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former à l'agriculture urbaine : un premier état des lieux en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Jarrige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cécile Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry, Christine; Giacchè, Giulia; Maxime, Françoise; Soulard, Christophe-Toussaint. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France : comprendre les dynamiques, accompagner les acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.203-215, 2022, Savoir-faire, 978-2-7592-3563-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les services écosystémiques rendus par les agricultures urbaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Stella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Fargue-Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Clerino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Redlingshofer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Savoir faire, 9782759235636</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des interfaces à consolider entre la recherche et l'action [Conclusion]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Maxime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry, Christine; Giacchè, Giulia; Maxime, Françoise; Soulard, Christophe-Toussaint. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France : comprendre les dynamiques, accompagner les acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.217-220, 2022, Savoir-faire, 978-2-7592-3563-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soutiens aux projets, à l'action publique et à la formation : contribution de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Maxime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry, Christine; Giacchè, Giulia; Maxime, Françoise; Soulard, Christophe-Toussaint. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France : comprendre les dynamiques, accompagner les acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.141-147, 2022, Savoir-faire, 978-2-7592-3563-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meth-Expau : un itinéraire méthodologique pour la définition des projets d'agriculture urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry, Christine; Giacchè, Giulia; Maxime, Françoise; Soulard, Christophe-Toussaint. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France : comprendre les dynamiques, accompagner les acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.173-175, 2022, Savoir-faire, 978-2-7592-3563-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sfida dell’atlante del cibo Matera per promuovere una governance trans-locale del cibo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariavaleria Mininni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santasiero Vittoria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Dansero E.; Marino D.; Mazzocchi G.; Nicolarea Y. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lo spazio delle politiche locali del cibo: temi, esperienze e prospettive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Celid, pp.85-92, 2021, 9788867890781</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typological Diversity of Agriculture in a Densely Urbanised Region of São Paulo, Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lya Porto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Nagib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelica Campos Nakamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilherme Reis Ranieri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban Food Democracy and Governance in North and South</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.273-289, 2020, International Political Economy Series, 978-3-030-17186-5. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-17187-2_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic Analysis of the Traditional Cultural Terraced Olive-Growing Landscape and Participatory Planning Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biancamaria Torquati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Cecchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Venanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Terraced Landscapes: History, Environment, Quality of Life</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.251-271, 2019, Environmental History, 978-3-319-96814-8. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-96815-5_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the diversity of actors in Urban Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Ejderyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Salomon-Cavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mumenthaler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban Agriculture Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.60-64, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01545057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Croiser les regards d’agronomes et d’urbanistes pour penser l’agriculture périurbaine. Le cas du parc agricole de Florence (Italie).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Poli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fanfani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agostino Magnaghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explorer le territoire par le projet. L’ingénierie territoriale à l’épreuve des pratiques de conception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, Université de Saint-Etienne, 2015, Espace rural &amp; projet spatial</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01542414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the diversity of Actors in Urban Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ejderyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Salomon Cavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Mumenthaler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban Agriculture Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jovis, 2015, 978-3-86859-371-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Croiser les regards d’agronomes et d’urbanistes pour penser l’agriculture périurbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Poli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Fanfani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Magnaghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvie Lardon; Alexis Pernet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explorer le territoire par le projet. L’ingénierie territoriale à l’épreuve des pratiques de conception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Saint Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.219-231, 2015, Espace rural &amp; projet spatial (ERPS), 978-2-86272-677-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le foncier en agriculture urbaine : quelle gouvernance et quels enjeux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BD : Pourquoi mettre des fermes dans les villes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ughetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Sophie Haudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Houot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultures Urbaines de leur connaissance à leur mise en œuvre dans les territoires : une proposition méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Collé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Durrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">For a more holistic vision of the links between agriculture and cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Salomon Cavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12q5b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04842014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrer les flux de matières organiques urbaines: Une réflexion à partir du cas de la Ville de Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Barot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Bognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Lehec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04617331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels territoires agricoles et ruraux pour demain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gaïqui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01603574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménagement et développement intégré des territoires périurbains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Poli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Fanfani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agostino Magnaghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01543247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COST Training School « Farming near the city / farming with the city: studying and enhancing the links between places, activities and policies »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Duvernoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Fortin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01543233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jardiner et cuisiner collectivement pour favoriser l'accès à une alimentation choisie et durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Provent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chaire Agricultures Urbaines; LAB3S. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des services écosystémiques rendus par les micro-fermes urbaines et leurs sols - Bilan du projet de recherche semoirs [2018-2021]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Boulanger-Joimel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vieublé Gonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Sophie Haudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE; Agroparistech; Université de lorraine; Aix-Marseille Université; Institut d'aménagement et d'urbanisme de la région d'Ile-de-France (IAURIF). 2022, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03624235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet de Recherche “Jardins partagés dans le Système Alimentaire Territorial rennais” (JardiSAT). Rapport Final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Le Caro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Rennes 2; UMR 6590 : ESO. 2018, 166 p. dont 114 pour le volume principal et 52 pour les annexes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01979167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu Séminaire des administrateurs D’Aucy, 2 et 3 février 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gaïqui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Document AgroParisTech, PeopletoPeople. 2016, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu Séminaire des administrateurs du Groupe D'Aucy, 2 et 3 février 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gaïqui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Lardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Document AgroParisTech. 2016, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05131573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId253"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030256v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bertrand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacch&#232;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Sias" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Aubry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2025013" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04869375v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacche" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190850v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025034" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659210v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.191.0251" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662621v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouget" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Salomon Cavin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/122m4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659205v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Ba" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/122m5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829112v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Saint-Ges" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Durrieu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Coll&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.9809" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665514v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Grard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Joimel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vieubl&#233;-Gonod" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512940v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Nagib" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0103-4014.2021.35101.015" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280119v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste J-P. Grard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Daniel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13041716" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512927v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ruoppolo Biazoti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lica Campos Nakamura" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vit&#243;ria Oliveira Pereira de Souza Le&#227;o" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13116185" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512787v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biancamaria Torquati" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziano Tempesta" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land9100393" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406038v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Mazzocchi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961672v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bahers" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoforum.2018.10.017" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04405986v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Le Caro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Nahmias" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512817v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Reti&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17058/redes.v24i3.14002" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04401949v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pouvesle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04400686v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lya Porto" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/nc.2018.130105" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04400916v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wania Rezende Silva" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/asur2018-122007" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025992v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.21609" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02046928v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.21982" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759714v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine El Moualy" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.5661" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759724v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd P&#246;lling" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Jos&#233; Prados" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Maria Torquati" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Recasens" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mgr-2017-0015" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759742v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Paffarini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483364v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759769v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759764v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Branduini" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Laviscio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483360v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano A Martino" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica A Rossetti" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su8040316" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759798v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Venanzi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2015.03.013" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759787v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759843v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759806v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.9372" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-9QSV1XW0-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759822v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Pampanini" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190518v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Marraccini" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Loudiyi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Bonari" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2013.0658" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759850v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionella Scazzosi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.16423" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759856v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Mazzocchi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.18090" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759867v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759885v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Musotti Francesco" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Taglioni" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759888v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.30278" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240404v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Faure" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288815v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rapiau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barrier-Guillot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659243v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Mohamed" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Melot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659232v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406204v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Provent" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Chapin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486338v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Clerino" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fargue-Leli&#232;vre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486345v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406237v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariavaleria Mininni" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Giar&#232;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486358v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C&#233;cile Daniel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512884v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serenella Venanzi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-898-8" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406485v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bisciglia Sergio" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santarsiero Vittoria" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406509v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486351v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lagneau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01580841v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604752v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Houdart" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01544882v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Debolini" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rizzo" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02438958v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02125616v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600728v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01541863v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Poli" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fanfani" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agostino Magnaghi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01544986v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariassunta Galli" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406522v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03030675v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieubl&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478540v3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dumat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Busca" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sobanska" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Aubry" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516731v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486329v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Analise Graciele Rambo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ademir Antonio Cazella" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virg&#237;nia de Lima Palhares" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771028v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1744/9782759235124/developper-des-projets-d-agriculture-urbaine-avec-la-methode-meth-expau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3512-4" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829916v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Maxime" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe-Toussaint Soulard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1752/9782759235643/les-agricultures-urbaines-en-france" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05278129v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lemoniteur.fr/l-agriculture-urbaine-en-amenagement.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04401951v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855568v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Stella" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Redlingshofer" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174122v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174086v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173251v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173115v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Jarrige" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fiers" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406117v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santasiero Vittoria" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512806v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelica Campos Nakamura" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Reis Ranieri" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-17187-2_16" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-17187-2_16" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512846v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Cecchini" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-319-96815-5_16" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96815-5_16" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01542414v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798743v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ejderyan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mumenthaler" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796311v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Poli" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fanfani" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Magnaghi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-st-etienne.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545057v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ejderyan" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Salomon-Cavin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mumenthaler" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406518v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03575321v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ughetti" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Sophie Haudin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791628v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04842014v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12q5b" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617331v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bognon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lehec" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603574v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ga&#239;qui" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01543247v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01543233v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Duvernoy" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Fortin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659257v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Vigouroux" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624235v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boulanger-Joimel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieubl&#233; Gonod" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01979167v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05131573v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05156149v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030256v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bertrand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacch&#232;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Sias" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Aubry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2025013" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04869375v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacche" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190850v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025034" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659205v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Ba" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Salomon Cavin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/122m5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659210v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.191.0251" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662621v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouget" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/122m4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829112v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Saint-Ges" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Durrieu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Coll&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.9809" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280119v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste J-P. Grard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Daniel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13041716" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665514v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Grard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Joimel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vieubl&#233;-Gonod" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512940v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Nagib" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0103-4014.2021.35101.015" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512927v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ruoppolo Biazoti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lica Campos Nakamura" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vit&#243;ria Oliveira Pereira de Souza Le&#227;o" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13116185" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406038v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Mazzocchi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512787v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biancamaria Torquati" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziano Tempesta" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land9100393" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961672v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bahers" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoforum.2018.10.017" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04405986v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Le Caro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Nahmias" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512817v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Reti&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17058/redes.v24i3.14002" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04401949v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pouvesle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04400686v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lya Porto" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/nc.2018.130105" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04400916v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wania Rezende Silva" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/asur2018-122007" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025992v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.21609" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02046928v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.21982" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759714v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine El Moualy" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.5661" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759724v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd P&#246;lling" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Jos&#233; Prados" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Maria Torquati" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Recasens" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mgr-2017-0015" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759742v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Paffarini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483360v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano A Martino" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica A Rossetti" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su8040316" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483364v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759764v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Branduini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Laviscio" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759769v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759798v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Venanzi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2015.03.013" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759787v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759806v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.9372" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-9QSV1XW0-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759843v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190518v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Marraccini" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Loudiyi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Bonari" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2013.0658" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759822v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Pampanini" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759850v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionella Scazzosi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.16423" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759856v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Mazzocchi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.18090" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759867v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759885v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Musotti Francesco" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Taglioni" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759888v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.30278" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288815v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rapiau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barrier-Guillot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240404v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Faure" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659243v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Mohamed" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Melot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659232v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406204v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Provent" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Chapin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486338v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Clerino" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fargue-Leli&#232;vre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486345v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406237v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariavaleria Mininni" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Giar&#232;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486358v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C&#233;cile Daniel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512884v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serenella Venanzi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-898-8" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406485v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bisciglia Sergio" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santarsiero Vittoria" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486351v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lagneau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406509v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01580841v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604752v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Houdart" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01544882v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Debolini" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rizzo" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02125616v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02438958v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600728v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01541863v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Poli" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fanfani" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agostino Magnaghi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01544986v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariassunta Galli" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406522v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03030675v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieubl&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478540v3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dumat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Busca" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sobanska" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Aubry" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516731v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486329v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Analise Graciele Rambo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ademir Antonio Cazella" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virg&#237;nia de Lima Palhares" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829916v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Maxime" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe-Toussaint Soulard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1752/9782759235643/les-agricultures-urbaines-en-france" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771028v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1744/9782759235124/developper-des-projets-d-agriculture-urbaine-avec-la-methode-meth-expau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3512-4" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05278129v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lemoniteur.fr/l-agriculture-urbaine-en-amenagement.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04401951v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173115v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Jarrige" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fiers" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855568v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Stella" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Redlingshofer" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174122v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174086v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173251v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406117v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santasiero Vittoria" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512806v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelica Campos Nakamura" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Reis Ranieri" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-17187-2_16" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-17187-2_16" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03512846v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Cecchini" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-319-96815-5_16" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96815-5_16" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545057v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ejderyan" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Salomon-Cavin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mumenthaler" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01542414v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798743v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ejderyan" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mumenthaler" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796311v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Poli" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fanfani" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Magnaghi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-st-etienne.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406518v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03575321v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ughetti" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Sophie Haudin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791628v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04842014v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12q5b" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617331v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bognon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lehec" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603574v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ga&#239;qui" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01543247v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01543233v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Duvernoy" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Fortin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659257v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Vigouroux" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624235v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boulanger-Joimel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieubl&#233; Gonod" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01979167v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05156149v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05131573v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>