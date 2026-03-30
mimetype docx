--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -423,51 +423,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04552070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -899,995 +899,1077 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05481448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are Frequent Phrases Directly Retrieved like Idioms? An Investigation with Self-paced Reading and Language Models</w:t>
+                <w:t xml:space="preserve">The Contextual Variability of English Nouns: The Impact of Categorical Specificity beyond Conceptual Concreteness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Rambelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Lenci</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Bolognesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Multiword Expressions (MWE 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">Proceedings of the 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Turin, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04098473v1</w:t>
+                <w:t xml:space="preserve">hal-05481478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Did the Cat Drink the Coffee? Challenging Transformers with Generalized Event Knowledge</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Are Frequent Phrases Directly Retrieved like Idioms? An Investigation with Self-paced Reading and Language Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Rambelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuele Chersoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Enrico Santus</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Senaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Lenci</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEM 2021: The Tenth Joint Conference on Lexical and Computational Semantics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Workshop on Multiword Expressions (MWE 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Dubrovnik, Croatia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03312774v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04098473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing Probabilistic, Distributional and Transformer-Based Models on Logical Metonymy Interpretation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Did the Cat Drink the Coffee? Challenging Transformers with Generalized Event Knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Pedinotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Rambelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuele Chersoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Santus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Lenci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 1st Conference of the Asia-Pacific Chapter of the Association for Computational Linguistics and the 10th International Joint Conference on Natural Language Processing (AACL-IJCNLP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SEM 2021: The Tenth Joint Conference on Lexical and Computational Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Online, France. pp.1-11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/2021.starsem-1.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03042410v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03312774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ATE ABSITA @ EVALITA2020: Overview of the Aspect Term Extraction and Aspect-based Sentiment Analysis Task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo de Mattei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo de Mattei</w:t>
+                <w:t xml:space="preserve">Graziella de Martino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graziella de Martino</w:t>
+                <w:t xml:space="preserve">Andrea Iovine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Iovine</w:t>
+                <w:t xml:space="preserve">Alessio Miaschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Polignano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th evaluation campaign of Natural Language Processing and Speech tools for Italian (EVALITA 2020),</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, online, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03552476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributional Semantics Meets Construction Grammar. Towards a Unified Usage-Based Model of Grammar and Meaning</w:t>
+                <w:t xml:space="preserve">Comparing Probabilistic, Distributional and Transformer-Based Models on Logical Metonymy Interpretation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Rambelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuele Chersoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Lenci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chu-Ren Huang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Lenci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">First International Workshop on Designing Meaning Representations (DMR 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Florence, Italy</w:t>
+              <w:t xml:space="preserve">Proceedings of the 1st Conference of the Asia-Pacific Chapter of the Association for Computational Linguistics and the 10th International Joint Conference on Natural Language Processing (AACL-IJCNLP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Suzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02146537v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03042410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UDLex: Towards Cross-language Subcategorization Lexicons</w:t>
+                <w:t xml:space="preserve">Distributional Semantics Meets Construction Grammar. Towards a Unified Usage-Based Model of Grammar and Meaning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Rambelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuele Chersoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chu-Ren Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Lenci</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Poibeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourth International Conference on Dependency Linguistics (Depling 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Pisa, Sep 2017, Pise, Italy</w:t>
+              <w:t xml:space="preserve">First International Workshop on Designing Meaning Representations (DMR 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01856180v1</w:t>
+                <w:t xml:space="preserve">hal-02146537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LexFr: Adapting the LexIt Framework to Build a Corpus-Based French Subcategorization Lexicon</w:t>
+                <w:t xml:space="preserve">UDLex: Towards Cross-language Subcategorization Lexicons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Rambelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Lenci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Poibeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Tenth International Conference on Language Resources and Evaluation (LREC'16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Portorož, Slovenia. pp.930-937</w:t>
+              <w:t xml:space="preserve">Fourth International Conference on Dependency Linguistics (Depling 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Pisa, Sep 2017, Pise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03312844v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01856180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CogALex-V Shared Task: ROOT18</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuele Chersoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Rambelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Santus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COLING Workshop on Cognitive Aspects of the Lexicon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Osaka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01448958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LexFr: Adapting the LexIt Framework to Build a Corpus-Based French Subcategorization Lexicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Rambelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01448958v1</w:t>
+                <w:t xml:space="preserve">Gianluca E Lebani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Prevot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Lenci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the Tenth International Conference on Language Resources and Evaluation (LREC'16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Portorož, Slovenia. pp.930-937</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03312844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Self-Paced Reading Study on Processing Constructions with Different Degrees of Compositionality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Rambelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1916,65 +1998,65 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 35th Annual Conference on Human Sentence Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, UC Santa Cruz, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03620795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId54"/>
+      <w:footerReference w:type="default" r:id="rId55"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2042,51 +2124,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8081460E"/>
+    <w:nsid w:val="9C410C17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2273,51 +2355,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/giulia-rambelli" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3379-6941" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491170v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blache" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Rambelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuele Chersoni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Lenci" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/cf.25004.bla" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552070v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Testa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tops.12733" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481419v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pedrotti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Villani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Bolognesi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.acl-long.224" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481403v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Sommerauer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Caselli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.findings-emnlp.1080" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481433v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Collacciani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.acl-long.636" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481448v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.acl-long.637" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098473v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Senaldi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312774v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pedinotti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Santus" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2021.starsem-1.1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042410v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chu-Ren Huang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552476v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo de Mattei" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella de Martino" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Iovine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Miaschi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Polignano" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146537v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856180v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poibeau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312844v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca E Lebani" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prevot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448958v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620795v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/giulia-rambelli" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3379-6941" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491170v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blache" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Rambelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuele Chersoni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Lenci" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/cf.25004.bla" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552070v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Testa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tops.12733" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481419v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pedrotti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Villani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Bolognesi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.acl-long.224" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481403v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Sommerauer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Caselli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.findings-emnlp.1080" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481433v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Collacciani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.acl-long.636" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481448v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.acl-long.637" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481478v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098473v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Senaldi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312774v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pedinotti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Santus" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2021.starsem-1.1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552476v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo de Mattei" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella de Martino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Iovine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Miaschi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Polignano" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042410v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chu-Ren Huang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146537v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856180v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poibeau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448958v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312844v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca E Lebani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prevot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620795v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>