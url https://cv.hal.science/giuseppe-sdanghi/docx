--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -269,4733 +269,4733 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boosting hydrogen storage and release in MOF-5 / graphite hybrids via in situ synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Jimenez Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Morales-Ospino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimena Castro-Gutiérrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haroon Osman Sumbhaniya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 173, pp.151272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2025.151272⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05246631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trade-off between surface area and tap density when selecting carbon adsorbents for hydrogen compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Morales-Ospino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Mozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 502, pp.157742. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cej.2024.157742⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04826849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An innovative water management system for the electrochemical compression of hydrogen up to 10 MPa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Dillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moritz Branco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Prouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 87, pp.117-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.09.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A practical method for the in-situ estimation of the effective thermal resistance of gas diffusion layers in PEMFC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bligny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Didierjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 505, pp.145001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2024.145001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reaction Mechanisms of La2NiO4+δ Oxygen Electrodes Operated in Electrolysis and Fuel Cell Mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Yefsah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mauvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Djurado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 169 (3), 034518 (15 p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/1945-7111/ac58c3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03619737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High hydrogen release by cryo-adsorption and compression on porous materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Ramirez-Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Celzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Fierro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 47 (14), pp.8892-8915. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2021.12.235⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03842532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical simulation of a thermally driven hydrogen compressor as a performance optimization tool</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Mozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Schaefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2022.119628⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03849414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Step Forward in Understanding the Hydrogen Adsorption and Compression on Activated Carbons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Ramirez-Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael L S Canevesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Schaefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (10), pp.12562-12574. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.0c22192⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03161863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A 70 MPa hydrogen thermally driven compressor based on cyclic adsorption-desorption on activated carbon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Mozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Schaefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 161, pp.466-478. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2020.01.099⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02484434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of Carbon Materials for Hydrogen Storage and Compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Canevesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Celzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Thommes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Fierro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Carbon Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (3), pp.46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/c6030046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02896006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxygen-promoted hydrogen adsorption on activated and hybrid carbon materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Schaefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Jeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gadonneix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abdedayem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 45 (55), pp.30767-30782. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2020.08.114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03042020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards Non-Mechanical Hybrid Hydrogen Compression for Decentralized Hydrogen Facilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Celzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Fierro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (12), pp.3145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en13123145⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02887718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling of a hydrogen thermally driven compressor based on cyclic adsorption-desorption on activated carbon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Mozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Schaefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 44 (31), pp.16811-16823. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2019.04.233⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02186775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feasibility of Hydrogen Compression in an Electrochemical System: Focus on Water Transport Mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Didierjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Fierro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fuel Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/fuce.201900068⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Review of the current technologies and performances of hydrogen compression for stationary and automotive applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Celzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Fierro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 102, pp.150-170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rser.2018.11.028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02014572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application of the modified Dubinin-Astakhov equation for a better understanding of high-pressure hydrogen adsorption on activated carbons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Schaefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Celzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Fierro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 45 (48), pp.25912-25926. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2019.09.240⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A coupled modeling-experimental approach for the in situ estimation of effective water transport parameters in AEMFC</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Caractérisation et étude du transport de matière dans le compresseur électrochimique à hydrogène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ma Anta Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Didierjean</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Fuel Cells Forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Lucerne, Switzerland</w:t>
+              <w:t xml:space="preserve">5ème réunion plenières de la Féderation Hydrogène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Annecy (74000), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05233467v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05421947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation et étude du transport de matière dans le compresseur électrochimique à hydrogène</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A coupled modeling-experimental approach for the in situ estimation of effective water transport parameters in AEMFC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josua Wimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Eppler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Hanauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème réunion plenières de la Féderation Hydrogène</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Annecy (74000), France</w:t>
+              <w:t xml:space="preserve">European Fuel Cells Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Lucerne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05421947v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05233467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation in situ d’une cellule d’électrolyse à membrane échangeuse de proton fonctionnant à plus haute température (jusqu’à 150°C)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wissem Abderrahmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feina Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Didierjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème réunion planières de la Fédération Hydrogène</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Annecy (74000), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05421964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de la pression cathodique et de l’architecture de la cellule sur la perméation d’hydrogène et les performances d’un électrolyseur PEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kolo Hamadou Soro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Mozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tien Dung Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème réunion plenières de la Fédération Hydrogène</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Annecy (74000), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05421980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une approche couplée expérimentale et modèle pour l’estimation in-situ des paramètres effectifs de transport de l’eau dans une membrane AEM (PiperION)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feina Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Didierjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5 ème réunion plenières de la Fédération Hydrogène</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Annecy (74000), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05421923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced solutions to improve the water management in electrochemical hydrogen compressors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ma Anta Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moritz Branco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Prouvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Fuel Cells Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Lucerne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05233443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage d’un compresseur électrochimique et d’un sécheur passif à membrane polymère pour la compression d’hydrogène jusqu’à 100 bar</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Estimation in-situ de la conductivité thermique de la GDL dans les PEMFCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bligny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Plenieres de la Féderation Hydrogen</w:t>
+              <w:t xml:space="preserve">4ème Plenières de la Féderation Hydrogène</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, La grande motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766992v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04767009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation in-situ de la conductivité thermique de la GDL dans les PEMFCs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Couplage d’un compresseur électrochimique et d’un sécheur passif à membrane polymère pour la compression d’hydrogène jusqu’à 100 bar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Prouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moritz Branco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Plenières de la Féderation Hydrogène</w:t>
+              <w:t xml:space="preserve">4ème Plenieres de la Féderation Hydrogen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, La grande motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04767009v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the Magnetic Field Application on the Performance of Water Electrolysis for the Hydrogen Production</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Development of a hydrogen electrochemical compression system for Joule-Thomson Cryocooler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Dillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Prouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moritz Branco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Summer School Hydrogen Nancy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Nancy, France</w:t>
+              <w:t xml:space="preserve">8th European Space Cryogenics Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Noordiwjk, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04741733v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a hydrogen electrochemical compression system for Joule-Thomson Cryocooler</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Influence of the Magnetic Field Application on the Performance of Water Electrolysis for the Hydrogen Production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaoutar Lahlou Nabil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Plait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dubas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European Space Cryogenics Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Noordiwjk, Netherlands</w:t>
+              <w:t xml:space="preserve">International Summer School Hydrogen Nancy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04317117v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04741733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Lumped Model of Water and Heat Transport in a PEMFC Fuel Cell and the Associated Methods for Estimating the Effective Transport Parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feina Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">244th ECS Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Göteborg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04311764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d’un compresseur électrochimique pour des applications aérospatiales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Prouvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moritz Branco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3 Plenières de la Federation Hydrogène</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Féderation Hydrogène, May 2023, Saint-Gilles, La Réunion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des mécanismes de réaction au sein d’électrodes à oxygène La$_2$NiO$_{4+δ}$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Yefsah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mauvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Djurado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc. Bassat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Réunion Plénières de la Fédération FRH2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fédération FRH2, May 2022, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04590165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation d'un compresseur à hydrogène par adsorption / désorption cyclique sur charbon actif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Mozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Celzard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28e Congrès Français de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Belfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03042333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evidence of local heterogeneities in a PEM Electrochemical Hydrogen Compressor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Operating heterogeneities in a PEM Electrochemical Hydrogen Compressor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Didierjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Fierro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Fuel Cells Forum 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Lucerne, Switzerland</w:t>
+              <w:t xml:space="preserve">8th International Conference on Fundamentals and Development of Fuel Cells 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02186543v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02186747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Operating heterogeneities in a PEM Electrochemical Hydrogen Compressor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Experimental evidence of local heterogeneities in a PEM Electrochemical Hydrogen Compressor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Didierjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Fierro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Fundamentals and Development of Fuel Cells 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">European Fuel Cells Forum 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Lucerne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02186747v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02186543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen storage on nanostructured carbon materials by adsorption and compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Schaefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Celzard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7èmes Journées Scientifiques de l’Association Française de l’Adsorption (AFA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01918852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermally-driven hydrogen compression based on adsorption onto activated carbons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Schaefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Celzard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The World Conference on Carbon Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01919373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la teneur en oxygène des carbones activés sur leur capacité de stockage de l’hydrogène à température ambiante</w:t>
+                <w:t xml:space="preserve">Hydrogen adsorption on HTC-Activated carbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Schaefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Jeder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmottaleb Ouederni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maria Teresa Izquierdo</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion du GdR 3652 HySPàC du CNRS (Hydrogène, Systèmes et Pile à Combustible)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Limoges, France</w:t>
+              <w:t xml:space="preserve">6èmes Journées Scientifiques de l’Association Française de l’Adsorption (AFA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01919803v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen adsorption on HTC-Activated carbon</w:t>
+                <w:t xml:space="preserve">Effet de la teneur en oxygène des carbones activés sur leur capacité de stockage de l’hydrogène à température ambiante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Schaefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Jeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmottaleb Ouederni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gaël Maranzana</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Teresa Izquierdo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6èmes Journées Scientifiques de l’Association Française de l’Adsorption (AFA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Réunion du GdR 3652 HySPàC du CNRS (Hydrogène, Systèmes et Pile à Combustible)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01919819v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical and Non-Mechanical Hydrogen Compressors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Celzard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Fierro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion du GDR 3652 du CNRS HySPàC (Hydrogène, Systèmes et Pile à Combustible)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01919809v1</w:t>
-              </w:r>
-[...2107 lines deleted...]
-                <w:t xml:space="preserve">hal-02357721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5013,51 +5013,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a hybrid hydrogen compressor : electrochemical at low pressure/ adsorption at high pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Material chemistry. Université de Lorraine, 2019. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019LORR0145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5116,103 +5116,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen adsorption in cryogenic conditions: relationship between the porous texture and the parameters of the Modified Dubinin-Astakhov equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Fierro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pamela Ramirez-Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Schaefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbon 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Lexington, United States</w:t>
@@ -5273,90 +5273,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen Adsorption on Nanotextured Carbon Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Sdanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Maranzana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Celzard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Fierro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrogen Storage Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5480,51 +5480,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0544598F"/>
+    <w:nsid w:val="5E0F0B74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5711,51 +5711,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/giuseppe-sdanghi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4479-4220" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/24198775X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233467v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Leduc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Sdanghi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josua Wimmer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Eppler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Hanauer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421947v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma Anta Diop" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dillet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Maranzana" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Didierjean" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421964v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Abderrahmane" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feina Xu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421980v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolo Hamadou Soro" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Mozet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Dung Le" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421923v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233443v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Branco" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Prouv&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04766992v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04767009v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bligny" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741733v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Lahlou Nabil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Plait" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317117v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311764v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317113v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590165v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Yefsah" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mauvy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Djurado" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc. Bassat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03042333v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vincent" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mozet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Celzard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02186543v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Fierro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02186747v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01918852v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schaefer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nicolas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919373v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919803v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Jeder" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmottaleb Ouederni" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Izquierdo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919819v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919809v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05246631v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Jimenez Lopez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Morales-Ospino" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimena Castro-Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haroon Osman Sumbhaniya" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.151272" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04766963v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Dillet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maranzana" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.09.019" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04826849v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Morales-Ospino" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nicolas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mozet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sdanghi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2024.157742" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04766976v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.145001" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619737v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas David" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ac58c3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03842532v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Ramirez-Vidal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2021.12.235" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03849414v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Sdanghi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Mozet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Schaefer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2022.119628" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03161863v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael L S Canevesi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c22192" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02484434v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2020.01.099" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896006v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Canevesi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Thommes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/c6030046" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03042020v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gadonneix" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abdedayem" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.08.114" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02887718v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13123145" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02186775v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2019.04.233" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357725v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dillet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fierro" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.201900068" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02014572v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2018.11.028" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357721v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schaefer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Celzard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2019.09.240" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02970054v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LORR0145" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02186765v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01920185v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119460572.ch9" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/giuseppe-sdanghi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4479-4220" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/24198775X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05246631v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Jimenez Lopez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Morales-Ospino" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimena Castro-Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haroon Osman Sumbhaniya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Sdanghi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.151272" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04826849v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Morales-Ospino" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nicolas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mozet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sdanghi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maranzana" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2024.157742" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04766963v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Dillet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Branco" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Prouv&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.09.019" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04766976v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Leduc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bligny" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dillet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Didierjean" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.145001" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619737v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Yefsah" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mauvy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Djurado" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas David" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ac58c3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03842532v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Ramirez-Vidal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Celzard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Fierro" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2021.12.235" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03849414v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nicolas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Sdanghi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Mozet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Schaefer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Maranzana" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2022.119628" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03161863v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael L S Canevesi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schaefer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c22192" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02484434v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vincent" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mozet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2020.01.099" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02896006v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Canevesi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Thommes" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/c6030046" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03042020v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Jeder" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gadonneix" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abdedayem" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.08.114" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02887718v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13123145" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02186775v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2019.04.233" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357725v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dillet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fierro" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.201900068" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02014572v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2018.11.028" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357721v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schaefer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Celzard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2019.09.240" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421947v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma Anta Diop" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233467v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josua Wimmer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Eppler" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Hanauer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421964v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Abderrahmane" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feina Xu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421980v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolo Hamadou Soro" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Mozet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Dung Le" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421923v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233443v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04767009v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04766992v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317117v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741733v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Lahlou Nabil" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Plait" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubas" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311764v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317113v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590165v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc. Bassat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03042333v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02186747v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02186543v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01918852v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919373v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919819v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmottaleb Ouederni" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919803v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Izquierdo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01919809v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02970054v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LORR0145" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02186765v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01920185v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119460572.ch9" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>