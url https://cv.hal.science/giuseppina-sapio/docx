--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -1237,165 +1237,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04965360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les cinéphiles parlent français : représentations de la cinéphilie dans la trilogie parisienne de Bernardo Bertolucci</w:t>
+                <w:t xml:space="preserve">La matrice sérielle de la camorra. Le cas de la série italienne Gomorra (2014)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppina Sapio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les représentations de la cinéphilie dans les productions cinématographiques et audiovisuelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Nice, France</w:t>
+              <w:t xml:space="preserve">Images pour/suite : remake, franchise, filiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01398276v1</w:t>
+                <w:t xml:space="preserve">hal-01398277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La matrice sérielle de la camorra. Le cas de la série italienne Gomorra (2014)</w:t>
+                <w:t xml:space="preserve">Les cinéphiles parlent français : représentations de la cinéphilie dans la trilogie parisienne de Bernardo Bertolucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppina Sapio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Images pour/suite : remake, franchise, filiation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Les représentations de la cinéphilie dans les productions cinématographiques et audiovisuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01398277v1</w:t>
+                <w:t xml:space="preserve">hal-01398276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nostalgie de vieillir dans la trilogie This Must be The Place (2011), La grande bellezza (2013) et Youth (2015) de Paolo Sorrentino</w:t>
               </w:r>
@@ -1545,226 +1545,226 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matérialités vocales : voix, genre et médias</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Matérialités vocales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Biscarrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Coulomb-Gully</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppina Sapio</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marlène Coulomb-Gully</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semen - Revue de sémio-linguistique des textes et discours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 51, 2022, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 160 p., 2022, 9782848679198</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04353711v1</w:t>
+                <w:t xml:space="preserve">hal-03677188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matérialités vocales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Matérialités vocales : voix, genre et médias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppina Sapio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Biscarrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Coulomb-Gully</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Giuseppina Sapio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semen - Revue de sémio-linguistique des textes et discours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 160 p., 2022, 9782848679198</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 51, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/semen.17809⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03677188v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04353711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2059,183 +2059,183 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Féminicides en France : la chair des archives médiatiques</w:t>
+                <w:t xml:space="preserve">Cette lettre que je ne voulais pas lire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppina Sapio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les archives du féminicide</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hermann, 2022, 979-1037008299. </w:t>
+              <w:t xml:space="preserve">Les violences sexistes après #MeToo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses des Mines, 2022, 978-2-35671-837-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/herm.bodio.2022.01.0109⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.pressesmines.8223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04352948v1</w:t>
+                <w:t xml:space="preserve">hal-04353687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cette lettre que je ne voulais pas lire</w:t>
+                <w:t xml:space="preserve">Féminicides en France : la chair des archives médiatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppina Sapio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les violences sexistes après #MeToo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses des Mines, 2022, 978-2-35671-837-2. </w:t>
+              <w:t xml:space="preserve">Les archives du féminicide</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, 2022, 979-1037008299. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.pressesmines.8223⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/herm.bodio.2022.01.0109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04353687v1</w:t>
+                <w:t xml:space="preserve">hal-04352948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction : (Dé)stigmatisation : médias, exclusions, résistances</w:t>
               </w:r>
@@ -2594,182 +2594,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01398263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Home movies : la famille à l’époque de sa reproductibilité numérique</w:t>
+                <w:t xml:space="preserve">Bernardo Bertolucci et Jacques Demy, présences fantomales dans le cinéma de Christophe Honoré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppina Sapio</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jullier Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CLEDER Jean </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Internet : interactions et interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.321-338, 2014, 978-2343017402</w:t>
+              <w:t xml:space="preserve">Christophe Honoré. Le cinéma nous inachève</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04354029v1</w:t>
+                <w:t xml:space="preserve">hal-01398267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernardo Bertolucci et Jacques Demy, présences fantomales dans le cinéma de Christophe Honoré</w:t>
+                <w:t xml:space="preserve">Home movies : la famille à l’époque de sa reproductibilité numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppina Sapio</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Christophe Honoré. Le cinéma nous inachève</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+              <w:t xml:space="preserve">Internet : interactions et interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.321-338, 2014, 978-2343017402</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01398267v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04354029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homesick for Aged Home Movies : Why Do We Shoot Contemporary Family Videos in Old-Fashioned Ways ?</w:t>
               </w:r>
@@ -3188,173 +3188,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01398268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernardo Bertolucci et sa “stratégie de l’araignée”</w:t>
+                <w:t xml:space="preserve">“And you will lose yourself in that otherness…”. Jonas Mekas’ Walden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppina Sapio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">VETTERS Carl. </w:t>
+              <w:t xml:space="preserve">NEGRO Francesca. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Narcisse à l’écran</w:t>
+              <w:t xml:space="preserve">Publico / Privado. O Deslizar de uma fronteira</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01398269v1</w:t>
+                <w:t xml:space="preserve">hal-01398270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“And you will lose yourself in that otherness…”. Jonas Mekas’ Walden</w:t>
+                <w:t xml:space="preserve">Bernardo Bertolucci et sa “stratégie de l’araignée”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppina Sapio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">NEGRO Francesca. </w:t>
+              <w:t xml:space="preserve">VETTERS Carl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Publico / Privado. O Deslizar de uma fronteira</w:t>
+              <w:t xml:space="preserve">Narcisse à l’écran</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01398270v1</w:t>
+                <w:t xml:space="preserve">hal-01398269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId67"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3509,51 +3509,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951355v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Bazin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Buisson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Sapio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Wetzels" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-05527100v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.078.0009" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353001v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353889v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.201.0133" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353752v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353880v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0336150017011103" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353808v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398259v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reset.390" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398271v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398260v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398272v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937816v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane B&#233;noliel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#233;rcio DA SILVA" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Despontin Lef&#232;vre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965360v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M&#233;adel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398276v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398277v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398275v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398273v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353711v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Biscarrat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Coulomb-Gully" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/semen.17809" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03677188v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353187v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lambert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03841971v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/stigmatiser-discours-mediatiques-et-normes-sociales/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353772v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352948v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.bodio.2022.01.0109" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353687v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesmines.8223" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03863785v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354119v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353975v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354005v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398263v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354029v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398267v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jullier Laurent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398264v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353843v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9781137375889" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398265v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398266v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354041v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398268v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398269v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398270v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951355v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Bazin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Buisson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Sapio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Wetzels" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-05527100v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.078.0009" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353001v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353889v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.201.0133" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353752v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353880v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0336150017011103" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353808v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398259v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reset.390" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398271v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398260v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398272v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937816v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane B&#233;noliel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#233;rcio DA SILVA" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Despontin Lef&#232;vre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965360v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M&#233;adel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398277v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398276v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398275v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398273v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03677188v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Biscarrat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Coulomb-Gully" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353711v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/semen.17809" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353187v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lambert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03841971v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/stigmatiser-discours-mediatiques-et-normes-sociales/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353772v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353687v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesmines.8223" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352948v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.bodio.2022.01.0109" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03863785v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354119v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353975v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354005v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398263v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398267v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jullier Laurent" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354029v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398264v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353843v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9781137375889" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398265v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398266v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354041v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398268v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398270v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398269v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>