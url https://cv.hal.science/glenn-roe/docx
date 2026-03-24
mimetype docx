--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,2218 +66,2339 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (22)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gallica-Obvie: un outil pour la valorisation et l'exploration du patrimoine textuel</w:t>
+                <w:t xml:space="preserve">You Get the Best of Both Worlds&amp;quot; - Making the Association for the Blinds' Cultural Heritage Available for Researchers and Blind People</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Floriane Chiffoleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Chottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Roe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Motasem Alrahabi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanistica 2025 - Colloque annuel de l'Association francophone des humanités numériques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Dakar, Sénégal</w:t>
+              <w:t xml:space="preserve">DH2026 - Engagement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADHO, Jul 2026, Daejeon, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05287206v1</w:t>
+                <w:t xml:space="preserve">hal-05564504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pandore: automating text-processing workflows for humanities researchers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gallica-Obvie: un outil pour la valorisation et l'exploration du patrimoine textuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motasem Alrahabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriane Chiffoleau</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Motasem Alrahabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DH2025 - Accessibility &amp; Citizenship</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">Humanistica 2025 - Colloque annuel de l'Association francophone des humanités numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Dakar, Sénégal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04986730v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05287206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring intellectual history with dynamic word embeddings: semantic change in 18th-century France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentina Fedchenko</w:t>
+                <w:t xml:space="preserve">Pandore: automating text-processing workflows for humanities researchers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Chiffoleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dario Maria Nicolosi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Mikhail Biriuchinskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motasem Alrahabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DH2025 - Digital Humanities Conference 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">DH2025 - Accessibility &amp; Citizenship</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05178007v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04986730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using LLMs for post-OCR correction on historical French texts: A case study using synthetic data</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Exploring intellectual history with dynamic word embeddings: semantic change in 18th-century France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Fedchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Maria Nicolosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DH2025 CFP - Digital Humanities Conference 2025</w:t>
+              <w:t xml:space="preserve">DH2025 - Digital Humanities Conference 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04987584v1</w:t>
+                <w:t xml:space="preserve">hal-05178007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leveraging artificial intelligence to promote scientific heritage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using LLMs for post-OCR correction on historical French texts: A case study using synthetic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Biriuchinskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikhail Biriuchinskii</w:t>
+                <w:t xml:space="preserve">Motasem Alrahabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriane Chiffoleau</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CHR 2025 - Sixth Conference on Computational Humanities Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Luxembourg Centre for Contemporary and Digital History (C²DH) at the University of Luxembourg, Dec 2025, Luxembourg, Luxembourg</w:t>
+              <w:t xml:space="preserve">DH2025 CFP - Digital Humanities Conference 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05360482v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04987584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réception du Salon de 1874 et de la première exposition des impressionnistes à Paris en 1874</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wooseok Seo</w:t>
+                <w:t xml:space="preserve">Leveraging artificial intelligence to promote scientific heritage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Biriuchinskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Chiffoleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Roe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motasem Alrahabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Úna Faller</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Clément Castellon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanistica 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association francophone des humanités numériques, May 2024, Meknès, Maroc</w:t>
+              <w:t xml:space="preserve">CHR 2025 - Sixth Conference on Computational Humanities Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Luxembourg Centre for Contemporary and Digital History (C²DH) at the University of Luxembourg, Dec 2025, Luxembourg, Luxembourg</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04557503v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enlightenment Influencers: Networks of Text Reuse in 18th-century France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Réception du Salon de 1874 et de la première exposition des impressionnistes à Paris en 1874</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wooseok Seo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Úna Faller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dario Maria Nicolosi</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motasem Alrahabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Humanities 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Graz, Jul 2023, Graz, Austria. pp.296-299</w:t>
+              <w:t xml:space="preserve">Humanistica 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association francophone des humanités numériques, May 2024, Meknès, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04164385v1</w:t>
+                <w:t xml:space="preserve">hal-04557503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circulation du discours médical de Jean-Martin Charcot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ljudmila Petkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motasem Alrahabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanistica 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association francophone des humanités numériques, Jun 2023, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04107099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toolbox : une chaîne de traitement de corpus pour les humanités numériques</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enlightenment Influencers: Networks of Text Reuse in 18th-century France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Roe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Fedchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Maria Nicolosi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Avignon, France. pp.11-13</w:t>
+              <w:t xml:space="preserve">Digital Humanities 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Graz, Jul 2023, Graz, Austria. pp.296-299</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03701464v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04164385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Cyclopaedia to Encyclopédie: Using Machine Translation and Sequence Alignment to Identify Encyclopedia Articles across Languages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Glenn Roe</w:t>
+                <w:t xml:space="preserve">Toolbox : une chaîne de traitement de corpus pour les humanités numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Mayra Cordova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Olsen</w:t>
+                <w:t xml:space="preserve">Yoann Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ljudmila Petkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Morrissey</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">James Gawley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motasem Alrahabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Humanities 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Tokyo, Japan. pp.344-346</w:t>
+              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Avignon, France. pp.11-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03740005v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03701464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La Chine de Buffon : édition numérique et exploration sémantique de l’Histoire naturelle (1749-1789) »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From Cyclopaedia to Encyclopédie: Using Machine Translation and Sequence Alignment to Identify Encyclopedia Articles across Languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Roe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Le Roy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Glenn Roe</w:t>
+                <w:t xml:space="preserve">Mark Olsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Morrissey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Avignon, France. pp.28-35</w:t>
+              <w:t xml:space="preserve">Digital Humanities 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Tokyo, Japan. pp.344-346</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03701473v1</w:t>
+                <w:t xml:space="preserve">hal-03740005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discovering Spatial Relations in Litterature: what is the influence of OCR noise ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« La Chine de Buffon : édition numérique et exploration sémantique de l’Histoire naturelle (1749-1789) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Lejeune</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Axel Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motasem Alrahabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NewsEye’s international conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Avignon, France. pp.28-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03199729v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03701473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconnaissance d'entités nommées spatiales dans des transcriptions OCR bruitées de textes littéraires</w:t>
+                <w:t xml:space="preserve">Discovering Spatial Relations in Litterature: what is the influence of OCR noise ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Koudoro-Parfait</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Caroline Parfait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motasem Alrahabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO 2021 - Atelier Humanités Numériques Spatialisées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Carmen Brando; Ludovic Moncla, May 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">NewsEye’s international conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05175990v1</w:t>
+                <w:t xml:space="preserve">hal-03199729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le style polémique dans les correspondances de Voltaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Reconnaissance d'entités nommées spatiales dans des transcriptions OCR bruitées de textes littéraires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Koudoro-Parfait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motasem Alrahabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Humanistica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">SAGEO 2021 - Atelier Humanités Numériques Spatialisées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Carmen Brando; Ludovic Moncla, May 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03199805v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mind the Gap: Bridging Distant and Close Reading across Heterogeneous Text Collections</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Le style polémique dans les correspondances de Voltaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motasem Alrahabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Koskas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Robert Morrissey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Humanities 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Ottawa, Canada</w:t>
+              <w:t xml:space="preserve">Colloque Humanistica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03210596v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03199805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lanson et les humanités modernes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Mind the Gap: Bridging Distant and Close Reading across Heterogeneous Text Collections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clovis Gladstone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Olsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Morrissey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les mots de la critique littéraire au XIXe siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Digital Humanities 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03211781v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03210596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enlightenment Legacies: Sequence Alignment and Text-Reuse at Scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clovis Gladstone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Olsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Morrissey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Humanities 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Utrecht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03210592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Humanist World of Voltaire’s Correspondence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Cronk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Society of Eighteenth-Century Studies (BSECS) 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03210599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling Eighteenth-Century Epistolarity: Unsupervised Classification of the Voltaire Correspondence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Lanson et les humanités modernes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clovis Gladstone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Humanities Congress 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Sheffield, United Kingdom</w:t>
+              <w:t xml:space="preserve">Les mots de la critique littéraire au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03211773v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les syntagmes prépositionnels à l’initiale de phrase dans L’Encyclopédie ou Dictionnaire raisonné des sciences, des arts et des métiers</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Encyclopaedic Discourses Revisited: Integrating Topic Models in the 18th Century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clovis Gladstone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Linguistic and Psycholinguistic approaches to Text Structuring (LPTS) Conference 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">5th Digital Humanities Benelux Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02476678v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encyclopaedic Discourses Revisited: Integrating Topic Models in the 18th Century</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Modelling Eighteenth-Century Epistolarity: Unsupervised Classification of the Voltaire Correspondence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clovis Gladstone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Digital Humanities Benelux Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">Digital Humanities Congress 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Sheffield, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03211780v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les syntagmes prépositionnels à l’initiale de phrase dans L’Encyclopédie ou Dictionnaire raisonné des sciences, des arts et des métiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Vigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Roe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clovis Gladstone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistic and Psycholinguistic approaches to Text Structuring (LPTS) Conference 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02476678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Digging into ECCO: Identifying Commonplaces and other Forms of Text Reuse at Scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clovis Gladstone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Olsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Morrissey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Humanities 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Krakow, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03211786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2287,1925 +2408,1925 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Text reuse as cultural practice: intertextuality in the 18th-century digital archive</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">À la recherche des réseaux intertextuels : défis de la recherche littéraire à grande échelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Fedchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Maria Nicolosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Enlightenment Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.61147/des.23⟩</w:t>
+              <w:t xml:space="preserve">Humanités numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11wmw⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04828101v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À la recherche des réseaux intertextuels : défis de la recherche littéraire à grande échelle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Modelling enlightenment: reassembling intertextual networks through data-driven research (ModERN)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario Maria Nicolosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanités numériques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/11wmw⟩</w:t>
+              <w:t xml:space="preserve">Digital Enlightenment Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2, pp.62-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.61147/des.22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04637976v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04828110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling enlightenment: reassembling intertextual networks through data-driven research (ModERN)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Hidden in Plain Sight: The Questions sur l’Encyclopédie in the Nineteenth Century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Morrissey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Enlightenment Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.61147/des.22⟩</w:t>
+              <w:t xml:space="preserve">Modern Languages Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3828/mlo.v0i0.517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04828110v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04815429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hidden in Plain Sight: The Questions sur l’Encyclopédie in the Nineteenth Century</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Text reuse as cultural practice: intertextuality in the 18th-century digital archive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modern Languages Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3828/mlo.v0i0.517⟩</w:t>
+              <w:t xml:space="preserve">Digital Enlightenment Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.61147/des.23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04815429v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04828101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Cronk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Oliver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Oliver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gillian Pink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gillian Pink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Enlightenment Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 1 (1), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.61147/des.3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04815431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la correction automatique de l'OCR/HTR sur la reconnaissance d'entités nommées dans un corpus bruité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ljudmila Petkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motasem Alrahabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JIS - Journal of Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 21 (2), pp.42-57. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34874/IMIST.PRSM/jis-v21i2.36599⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04063970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des étudiants en lettres face aux humanités numériques : une expérience pédagogique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motasem Alrahabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Bordry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Koskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Gawley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanités numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/revuehn.2775⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03698832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Text mining Mill: Computationally detecting influence in the writings of John Stuart Mill from library records</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen O’neill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Welsh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David A Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Terras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Scholarship in the Humanities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 36 (4), pp.1013 - 1029. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/llc/fqab010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03549662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une esthétique herméneutique. Du Dictionnaire historique et critique de Bayle à l'Encyclopédie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Morrissey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRANEL. Travaux Neuchâtelois de Linguistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Sheep in Wolff's Clothing: Émilie du Châtelet and the Encyclopédie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eighteenth-century studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 51 (2), pp.179-196. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1353/ecs.2017.0059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constructive Visual Analytics for Text Similarity Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Abdul-Rahman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Olsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gladstone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Whaling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Graphics Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 36 (1), pp.237-248. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/cgf.12798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03210620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discourses and Disciplines in the Enlightenment: Topic Modeling the French Encyclopédie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clovis Gladstone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Morrissey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Digital Humanities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fdigh.2015.00008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La littérature à l’âge des algorithmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Morrissey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clovis Gladstone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 116 (3), pp.595. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rhlf.163.0595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser le numérique aujourd'hui. Réflexions dix-huitiémistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Melançon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 46 (1), pp.167. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/dhs.046.0167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03210625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">To Quote or not to Quote: Citation Strategies in the Encyclopédie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Edelstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Morrissey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the History of Ideas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 74 (2), pp.213-236. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1353/jhi.2013.0012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03209691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reading against History: The Unfolding of the Literary Work in Péguy's &amp;quot;Clio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 85 (2), pp.302-315</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03210637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Something Borrowed: Sequence Alignment and the Identification of Similar Passages in Large Text Collections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Olsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Russell Horton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Studies / Le champ numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 2 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.16995/dscn.258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03210644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Re-imagining French Lexicography: The Dictionnaire vivant de la langue française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Allen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Morrissey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionaries: Journal of the Dictionary Society of North America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 31 (1), pp.129-143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03210631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contre Taine et Renan: Charles Péguy and the Metaphysics of Modern History</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 34 (2), pp.17-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03210633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4215,130 +4336,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ModERN Database: White Paper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Úna Faller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Fedchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario Maria Nicolosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sorbonne Université - Faculté des Lettres. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04758577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4348,124 +4469,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers l'interopérabilité des bases de textes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Gil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Salaun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global18</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04923241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4475,448 +4596,448 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observer la vie littéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Alexandre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Classiques Garnier, 2022, 978-2-406-13347-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-13347-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03951379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voltaire's Correspondence: Digital Readings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Cronk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cambridge University Press, 1, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/9781108866552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03210581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digitizing Enlightenment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Burrows</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Oxford University Studies in the Enlightenment. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03210583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualizing Data for Digital humanities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Poibeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Terras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Gray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Roe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015, Proceedings of the conference "Digital Humanities 2015"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01173965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Passion of Charles Péguy: Literature, Modernity, and the Crisis of Historicism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Oxford University Press. 2014, 9780198718079</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03210580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4926,140 +5047,140 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial Named Entity Recognition in Literary Texts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Koudoro-Parfait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glenn Roe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ACM, pp.13-21, 2021, 978-1-4503-9102-3/21/11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3486187.3490206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId119"/>
+      <w:footerReference w:type="default" r:id="rId122"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5206,51 +5327,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287206v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motasem Alrahabi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Roe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986730v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Chiffoleau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Biriuchinskii" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178007v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Fedchenko" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Maria Nicolosi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987584v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360482v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Castellon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557503v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wooseok Seo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#218;na Faller" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164385v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107099v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljudmila Petkovic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701464v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Mayra Cordova" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Dupont" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Gawley" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740005v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Olsen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Morrissey" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701473v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Le Roy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199729v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Parfait" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lejeune" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175990v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Koudoro-Parfait" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199805v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Koskas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210596v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Gladstone" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211781v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210592v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210599v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Cronk" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211773v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02476678v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vigier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211780v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211786v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828101v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61147/des.23" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637976v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wmw" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828110v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61147/des.22" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815429v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/mlo.v0i0.517" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815431v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Oliver" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Pink" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61147/des.3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063970v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34874/IMIST.PRSM/jis-v21i2.36599" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698832v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Bordry" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.2775" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03549662v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen O&#8217;neill" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Welsh" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Smith" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Terras" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/llc/fqab010" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209353v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209298v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ecs.2017.0059" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210620v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abdul-Rahman" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Olsen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gladstone" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Whaling" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12798" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209667v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fdigh.2015.00008" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209670v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhlf.163.0595" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210625v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Melan&#231;on" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.046.0167" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209691v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Edelstein" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/jhi.2013.0012" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210637v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210644v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Horton" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.16995/dscn.258" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210631v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Allen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210633v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758577v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923241v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Gil" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salaun" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951379v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Alexandre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13347-6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210581v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108866552" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210583v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Burrows" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173965v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poibeau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Gray" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210580v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028976v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3486187.3490206" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564504v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Chiffoleau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roussel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chottin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Roe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motasem Alrahabi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287206v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986730v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Biriuchinskii" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178007v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Fedchenko" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Maria Nicolosi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987584v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360482v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Castellon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557503v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wooseok Seo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#218;na Faller" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107099v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljudmila Petkovic" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164385v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701464v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Mayra Cordova" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Dupont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Gawley" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740005v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Olsen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Morrissey" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701473v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Le Roy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199729v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Parfait" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lejeune" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175990v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Koudoro-Parfait" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199805v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Koskas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210596v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Gladstone" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210592v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210599v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Cronk" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211781v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211780v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211773v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02476678v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vigier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211786v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637976v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wmw" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828110v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61147/des.22" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815429v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/mlo.v0i0.517" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828101v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61147/des.23" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815431v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Oliver" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Pink" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61147/des.3" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063970v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34874/IMIST.PRSM/jis-v21i2.36599" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698832v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Bordry" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.2775" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03549662v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen O&#8217;neill" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Welsh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Smith" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Terras" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/llc/fqab010" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209353v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209298v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ecs.2017.0059" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210620v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abdul-Rahman" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Olsen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gladstone" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Whaling" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12798" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209667v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fdigh.2015.00008" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209670v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhlf.163.0595" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210625v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Melan&#231;on" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.046.0167" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209691v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Edelstein" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/jhi.2013.0012" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210637v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210644v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Horton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.16995/dscn.258" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210631v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Allen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210633v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758577v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923241v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Gil" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salaun" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951379v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Alexandre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13347-6" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210581v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108866552" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210583v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Burrows" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173965v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poibeau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Gray" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210580v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028976v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3486187.3490206" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>