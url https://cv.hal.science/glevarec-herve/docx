--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -106,51 +106,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (46)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (48)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -413,991 +413,1190 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05495941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chacun cherche sa série</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glevarec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Grands Dossiers des Sciences Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 80 (3), pp.72-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gdsh.080.0072⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Public et pratique du podcast natif. Une écoute féminine, jeune et distribuée. Enquête CSA / Havas Paris 2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glevarec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RadioMorphoses. Revue d'études radiophoniques et sonores</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/radiomorphoses.4919⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04838525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Individualisation et autonomisation de la pratique sérielle en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glévarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cibois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions de communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 45, pp.269-306. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/11wxf⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04838529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...77 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi sortons-nous ? Quatre expériences de sortie culturelle à l’étude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Médian, Observatoire des politiques culturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04838590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sorties culturelles des Français·es. Cartographie des pratiques et analyse des motivations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glevarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04838590v1</w:t>
-[...15 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Philippe Cibois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terrains/Théories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13c56⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déclarer son goût musical. Codage et analyse d'une question ouverte sur les préférences des Français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Nowak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SociologieS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/sociologies.19614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03948622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La compétence culturelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glevarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Nowak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terrains/Théories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/teth.4384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03948598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La compétence culturelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glevarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
-              <w:r>
-[...47 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Nowak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terrains/Théories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/teth.4384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03719932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La logique des goûts : patrimoine, préférences et abandons en matière de séries télévisées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Combes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 45 (1), pp.163-185. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/07053436.2022.2052680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03500776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social Space as a Theory of Society: Scientific Arguments Regarding the Figuration of the Social in Bourdieu’s Distinction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.003803852210947. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/00380385221094771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'«espace social» selon P. Bourdieu. Les fondements d'une figuration de la société et d'une interprétation des pratiques culturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année Sociologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 71 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03373521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Patrimoine saisi par les associations, vingt ans après Entretien avec Guy Saez et Hervé Glevarec à propos d'une enquête pionnière sur l'engouement patrimonial en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Isnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Saez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Situ. Au regard des sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03174435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’« espace social » selon P. Bourdieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année Sociologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Vol. 71 (1), pp.223-266. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/anso.211.0223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03719966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goûts et dispositifs de visionnage des séries. Lecture d’un corpus de photographies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1413,2548 +1612,2548 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions de communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03483444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Patrimoine saisi par les associations, vingt ans après</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bullen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03483444v1</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Cyril Isnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glevarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...51 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Saez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Situ. Au regard des sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/insituarss.1434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03450655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cultural Heritage and Associations in France: Reflections on a Ground-Breaking Investigation, Twenty Years On</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bullen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Isnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glevarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...73 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Saez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Museum and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 19 (1), https://journals.le.ac.uk/ojs1/index.php/mas/article/view/3521</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03098236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differentiation of series and tastes for TV series: the French case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Media, Culture and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 1 (25), pp.860-885. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0163443720977277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03027627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure and historicity of cultural tastes. Uses of multiple correspondence analysis and sociological theory on age: the case of music and movies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glevarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cibois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cultural Sociology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1749975520947590⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02956853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La différenciation des œuvres et des goûts dans la pratique des séries télévisées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue européenne des sciences sociales (Cahiers Vilfredo Pareto)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 58 (2), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ress.6832⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03052506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Structure and historicity of cultural tastes. Uses of multiple correspondence analysis and sociological theory on age: the case of music and movies</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tastes of our time: analysing age cohort effects in the contemporary distribution of music tastes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...83 lines deleted...]
-                <w:t xml:space="preserve">Hervé Glevarec</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mahut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultural Trends</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 29 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/09548963.2020.1773247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02944244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le patrimoine saisi par les associations&amp;quot;, vingt ans après. Entretien avec Guy Saez et Hervé Glevarec à propos d’une enquête pionnière sur l'engouement patrimonial en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Isnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Saez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Situ. Au regard des sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03176027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'explication entraîne-t-elle l'excuse ? Rapports du discours sociologique au champ axiologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions de communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 37, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/questionsdecommunication.22943⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03052201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La distinction n'est pas une différenciation : caractéristiques de la distinction sociale selon P. Bourdieu et critères d’une différenciation contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches sociologiques et anthropologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 51 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/rsa.3838⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03052208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du &amp;quot;capital culturel&amp;quot; au savoir. Critique des usages substantiels et cognitifs d'un rapport social arbitraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologie et Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 50 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02112861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéréotypie, objectivité sociale et subjectivité : la sociologie face au tournant identitaire. L'exemple du genre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02112863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le jugement professoral. Jugement de classe, jugement scolaire et théorie du «capital culturel». Retour sur «les catégories de l'entendement professoral» (Bourdieu et de Saint Martin : 1975)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 142 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02112049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure et historicité des goûts musicaux et cinématographiques. Analyse factorielle et interprétation sociologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cibois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année Sociologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 68 (2), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/anso.182.0473⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01927149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le désir et la domination. La forme objectiviste de la détermination en sociologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pôle sud</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 2017/1 (46)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01622183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le discours de l'échec de la démocratisation en France : arguments épistémiques et statistiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue européenne des sciences sociales (Cahiers Vilfredo Pareto)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 54 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01517101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Savoir et démocratie : le fondement normatif des univers sociologique et journalistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SociologieS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02104103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Liberalization to Fragmentation: A Sociology of French Radio Audiences Since the 1990s and the Consequences for Cultural Industries Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Pinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Media, Culture and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, vol. 30 (n° 2), p. 215-238</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00283424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Culture. Une seconde radio pour les professions intellectuelles et culturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Pinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Mouvement social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, n° 219, p. 111-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00227899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les deux écoutes de la radio : fréquence et présence au média radiophonique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Pinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaderni</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, n° 65, p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00283425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cent fois mieux qu'un film. Le goût des jeunes adultes pour les nouvelles séries télévisées américaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MédiaMorphoses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, hors-série, p. 124-133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00284771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'audience est une &amp;quot;déclaration&amp;quot; et un &amp;quot;jeu de langage&amp;quot;. Le cas de la mesure d'audience en radio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, vol. 2 (n° 9), p. 182-198</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00291782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moraliser le fantasme : sexualité adolescente et libres antennes radiophoniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, n° 47, p. 123-134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00284766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cent fois mieux qu'un film. Le goût des jeunes adultes pour les nouvelles séries télévisées américaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MédiaMorphoses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, hors-série, p. 124-133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00291785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les temps sociaux de la radio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Pinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaderni</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, n° 64, p. 113-120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00291784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youth radio as 'social object': the social meaning of 'free radio' shows for young people in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Media, Culture and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 27 (3), pp.333-351</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00199954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel objet social est la radio pour les adolescents ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MédiaMorphoses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 10, pp.51-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00196614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adolescents, animateurs de ratio et parents : l'éthique de la compréhension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Informations sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, "Les adolescents" (n° 119), p. 82-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00291787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le moment radiophonique des adolescents : rites de passage et nouveaux agents de socialisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 119, pp.27-61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00006857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youth and 'free-radio' programmes : Young people's links with radio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Choquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radio Journal, International Studies in Broadcast and Audio Media</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 1 (1), pp.29-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00006859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation&amp;quot;, Ages et usages des médias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Caradec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 119, pp.9-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00006858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'idéalisme des grammaires journalistiques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, La presse magazine, 105, pp.268-279</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05502294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3964,1576 +4163,1664 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tablature et structuration du goût musical. Goût, inappétences et indifférences musicales en 2008</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Pinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25 ans de Sociologie de la Musique en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02573234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fin du modèle classique de la légitimité culturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres nationales des bibliothécaires musicaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les séries télévisées américaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lundis de l'Ina. Avec E. Maigret, T. Jousse, G. Sellier et L. Storch</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les usages de la radio dans le nouvel environnement médiatique (internet, téléchargement et mp3)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du GRER "Musique Radio et Nouveaux Médias"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How cultural industries have changed cultural hierarchies ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international "Culture et Politique", Université Lille 3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La radio des anonymes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lundis de l'Ina. Avec C. Deleur, M. Grégoire et J.-P. Defrain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2007, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'activité radiophonique traitée comme situation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exposé au séminaire Le travail artistique au croisement des méthodes. Laboratoire Georges Friedmann, Paris I – CNRS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les pratiques médiatiques des jeunes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque "Quelle culture pour quel(s) public(s), Evolution ou mutation ?"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Cergy-Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La part prise de la radio à l'évolution culturelle de nos sociétés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque "Quelles voies/voix pour le futur de la radio ?", Consortium européen IREN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2006, Louvain-la-Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La radio et ses dispositifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rectorat de Créteil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2006, Créteil, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeunes et libre antenne à la radio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médiamétrie, 20ème anniversaire, Centre Georges Pompidou</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radios de service public et radios privées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe d'études sur la radio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2005, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La radio : leur média préféré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée "Musique, entrée en culture des adolescents et politiques culturelles", Association Zebrock</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2005, Bobigny, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes et outils de la réception et de la production radiophoniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier de l'INA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2004, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La ville des associations du patrimoine : points de repères et intégration sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">", in C. Forest et G. Garin-Ferraz, Les lieux et les gens dans le devenir des villes, Ecomusée du Creusot-Monceau, château de la verrerie, pp. 15-17</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2004, Creusot-Monceau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La question des genres en radio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lundis de l'Ina. Thème : "La confusion des genres : un nouveau genre télévisuel ?", avec Eric Maigret (MCF, Paris III) et François Jost (Prof. Paris III)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2004, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'hétérogénéité de la légitimité culturelle dans le champ musical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'études sur les nouvelles cultures-média (L. Allard, M.-H. Bourcier, D. Cardon, O. Donnat, D. Pasquier, E. Maigret, H. Glevarec), Maison des Métallos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2004, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le discours de la continuité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transformation urbaine et mémoire des habitants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2004, Saint Ouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00287062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (10)</w:t>
+        <w:t xml:space="preserve">Ouvrages (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des séries qui comptent. Sociologie d’un goût contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glevarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut de Saint Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions de l'Aube, 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548275v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sortir. Sociologie des sorties culturelles des Français·es</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cibois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Le bord de l'eau, 2024, 9782385190705</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04838528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'expérience culturelle. Affects, catégories et effets des œuvres culturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03467091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séries. Enquête sur les pratiques et les goûts des Français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses des Mines, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03373517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séries. Enquête sur les pratiques et les goûts des Français pour les séries télévisées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5542,458 +5829,458 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presse des Mines, 2021, 9782356716842</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04894424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cultural Studies : Anthologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Maigret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Bord de l'eau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.350, 2020, Documents, 9782356876942</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02860824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La différenciation culturelle : Genres, savoirs et expériences culturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Le Bord de l'eau, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02112862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ma radio&amp;quot;. Attachement et engagement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INA Editions, pp.119, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01505737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Libre antenne. La réception de la radio par les adolescents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Colin INA, pp.304, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00198426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le patrimoine saisi par les associations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Documentation française, pp.416, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00198428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Culture à l'œuvre, Dynamique des professions et mise en forme radiophonique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS Editions, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01810976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6003,620 +6290,620 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la radio d'intégration à la radio de l'offre. Ce que l'environnement audioculturel fait à la radio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses de l’Université de Laval. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La radio dans l'univers audio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04838587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and historicity of youth music tastes: a brief overview of forty years of theoretical debates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Nowak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bloomsbury Handbook of Popular Music and Youth Culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le tournant subjectiviste de la sociologie française. L'objectivation sociologique face à l'identité revendiquée, notamment sexuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cultural studies : au-delà des politiques des identités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.255-266, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03097545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formes de la prescription culturelle : déterminisme socio-économique, légitimité culturelle versus fréquentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prescription culturelle : avatars et médiamorphoses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01880958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guérir de la légitimité culturelle: élitisme, conservatisme et surinterprétation en sociologie de la musique et de la culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">En quête de musique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.420, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01505739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La préadolescence : le rôle de la culture dans l'autonomie culturelle et individuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jeunes et cultures : dialogue franco-québécois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.109-130, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01619292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Ethnographie du travail radiophonique</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyser l'audience qualitative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyser la radio : méthodes et mises en pratique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.84-87, 2016</w:t>
+              <w:t xml:space="preserve">, pp.175-178, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Analyser l'audience qualitative</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01400966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethnographie du travail radiophonique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyser la radio : méthodes et mises en pratique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.175-178, 2016</w:t>
+              <w:t xml:space="preserve">, pp.84-87, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01417116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le son</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Deleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6632,758 +6919,758 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyser la radio : méthodes et mises en pratique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.122-126, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01406865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sociologie analytique du genre culturel. Nomisme, constructivisme des marges et réalisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser les catégories de pensée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.47-66, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01386513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les supports de diffusion et d'écoute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyser la radio : méthodes et mises en pratique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.68-71, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01417114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La musique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyser la radio : méthodes et mises en pratique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.94-98, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01402141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le nouveau régime d'historicité porté par les Associations du patrimoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concurrence des passés. Usages politiques du passé dans la France contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l'Université de Provence, p. 23-36, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00284777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fin du modèle classique de la légitimité culturelle. Hétérogénéisation des ordres de légitimité et régime contemporain de justice culturelle. L'exemple du champ musical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in Maigret E. et Macé E. (eds), Penser les médiacultures. Nouvelles pratiques et nouvelles approches de la représentation du monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Colin INA, p. 69-102, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00198429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place de la radio dans l'univers culturel des jeunes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le(s) Public(s) de la culture, Politiques publiques et équipements culturels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de Sciences Po, pp.85-92, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00198817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La radio : un espace d'identification pour les adolescents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Pinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards croisés sur les pratiques culturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Documentation française, pp.319-342, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00198271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la Société d'histoire à l'Association du patrimoine. Changements socioculturels et nouvelles raisons de mobilisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour une histoire des politiques du patrimoine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Documentation française, pp.509-525, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00198814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Téléphoner à ses parents' : le lien à la radio des adolescents, entre proximité et distanciation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Audience, publics et pratiques radiophoniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Maison des sciences de l'homme d'Aquitaine, pp.129-140, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00198813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du canular radiophonique à l'effet de réel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Olivier Majastre et Alain Pessin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Canular dans l'art et la littérature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.75-94, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01089213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7393,849 +7680,911 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le capital culturel et ses états</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03670340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Cultural Capital to Knowledge. Review of the substantial and cognitive uses of an arbitrary social relationship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03627939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeurs et significations de la musique et de la radio pour les pré-adolescents et adolescents 2008</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00286978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La musique pour les jeunes, en régime pluraliste. Style, expérience et légitimité adolescente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00286988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle de la radio dans l'évolution culturelle des sociétés occidentales : pluralisation, légitimation et socialisation de la culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00286985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La musique pour les jeunes, en régime pluraliste. Style, expérience et légitimité adolescente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00286981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fokl interest in heritage : in-between people and historical breaking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00199950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Médias et la Vie culturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00286996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La notion de « concernement » en sociologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glevarec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expériences et réceptions de l'Arc de Triomphe empaqueté par Christo et Jeanne-Claude en 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05128064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Individualisation, différenciation et concernement pour les séries télévisées. Confrontation des enquêtes Pratiques culturelles 2018 et SERIES Elipss 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cibois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04042997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu'est-ce qu'un dispositif ? Un dispositif est un système de places avec un promoteur, un destinataire et une prescription</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03857045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le relativisme &amp;quot;social&amp;quot; en sociologie de la culture. Réponse aux sociologues Nicolas Robette et Olivier Roueff, &amp;quot;A propos de Hervé Glévarec, La Différenciation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glevarec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02650652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId150"/>
+      <w:footerReference w:type="default" r:id="rId156"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8382,51 +8731,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05303660v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Glevarec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Combes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut de Saint Maurice" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14lhd" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495950v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deleu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14ksd" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495941v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1410z" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838529v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gl&#233;varec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cibois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wxf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838525v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/radiomorphoses.4919" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838590v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948622v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Nowak" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.19614" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948598v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.4384" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719932v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500776v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2022.2052680" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916058v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00380385221094771" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373521v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174435v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bullen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Isnart" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Saez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719966v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anso.211.0223" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483444v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450655v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insituarss.1434" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03098236v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03027627v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0163443720977277" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052506v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ress.6832" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956853v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1749975520947590" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944244v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mahut" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09548963.2020.1773247" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176027v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052201v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.22943" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052208v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rsa.3838" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112861v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112863v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112049v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927149v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anso.182.0473" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622183v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517101v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104103v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Aubert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283424v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pinet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00227899v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283425v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00284771v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291782v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00284766v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291785v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291784v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00199954v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196614v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291787v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006857v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006859v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Choquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006858v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Caradec" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502294v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573234v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287043v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287012v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287009v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287003v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287047v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287053v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287052v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287049v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287055v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287059v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287061v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287056v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287073v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287069v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287070v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287072v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287062v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838528v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467091v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373517v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Combes" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04894424v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02860824v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mac&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Maigret" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/anthologie-cultural-studies/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112862v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505737v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198426v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198428v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810976v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838587v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916135v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097545v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880958v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505739v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619292v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417116v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400966v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406865v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386513v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417114v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402141v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00284777v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198429v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198817v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198271v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198814v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198813v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089213v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670340v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627939v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00286978v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00286988v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00286985v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00286981v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00199950v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00286996v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128064v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042997v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857045v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02650652v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05303660v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Glevarec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Combes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut de Saint Maurice" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14lhd" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495950v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deleu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14ksd" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495941v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1410z" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561750v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gdsh.080.0072" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838525v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/radiomorphoses.4919" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838529v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gl&#233;varec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cibois" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wxf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838590v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554730v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Nowak" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13c56" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948622v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.19614" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948598v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.4384" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719932v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500776v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2022.2052680" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916058v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00380385221094771" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373521v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174435v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bullen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Isnart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Saez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719966v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anso.211.0223" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483444v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450655v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insituarss.1434" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03098236v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03027627v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0163443720977277" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956853v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1749975520947590" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052506v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ress.6832" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944244v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mahut" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09548963.2020.1773247" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176027v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052201v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.22943" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052208v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rsa.3838" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112861v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112863v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112049v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927149v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anso.182.0473" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622183v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517101v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104103v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Aubert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283424v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pinet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00227899v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00283425v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00284771v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291782v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00284766v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291785v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291784v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00199954v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196614v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291787v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006857v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006859v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Choquet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006858v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Caradec" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502294v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573234v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287043v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287012v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287009v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287003v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287047v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287053v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287052v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287049v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287055v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287059v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287061v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287056v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287073v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287069v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287070v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287072v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287062v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548275v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838528v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467091v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373517v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Combes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04894424v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02860824v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mac&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Maigret" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/anthologie-cultural-studies/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112862v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505737v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198426v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198428v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810976v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838587v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916135v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097545v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880958v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505739v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619292v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400966v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417116v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406865v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386513v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417114v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402141v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00284777v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198429v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198817v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198271v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198814v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198813v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089213v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670340v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627939v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00286978v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00286988v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00286985v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00286981v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00199950v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00286996v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559049v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128064v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042997v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857045v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02650652v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>