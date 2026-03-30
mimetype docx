--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -66,3051 +66,3051 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transport sédimentaire d'un apport local de sédiments visant à la restauration de frayères : étude couplée laboratoire/terrain/numérique</w:t>
+                <w:t xml:space="preserve">Modeling laboratory-scale unsteady flow hydrographs: bed shear stress and sediment transport on rough surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Grattepanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+                <w:t xml:space="preserve">G. Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Mercier</w:t>
+                <w:t xml:space="preserve">Dominique Courret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Courret</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Sagnes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">I.S. Rivers 2025</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">EGU25-3768 Copernicus Meetings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Vienne (AUT), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05227581v1</w:t>
+                <w:t xml:space="preserve">hal-05493540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of Inland Navigation on the Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Brancherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Calluaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lyon 2, Jun 2025, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05180901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical Modeling of Sediment Transport in a Hydro-Sedimentary Canal using an Eulerian two-phase solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa-Eddine Ennazii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Beaudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ouchene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jarny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05313096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Où on reparle du pump erosion test pour préciser ses spécificités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Cadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Larrarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Tinot Mbolamana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jarny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19es Journées de l'hydrodynamique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École centrale de Nantes, Nov 2024, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05035296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental Study on the Erodability of Microplastics in Muddy Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Jalón-Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Lemaire-Coqueugniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Romero-Ramírez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jarny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-20316⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04691418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Développement de méthodes optiques pour des essais d’érosion en canal de laboratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Calluaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jarny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque SHF « Apports des nouvelles technologies à l’étude du transport sédimentaire et de la morphodynamique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04432105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude expérimentale de l’érodabilité des microplastiques en milieux vaseux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Lemaire-Coqueugniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Jalón-Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Roméro-Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jarny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quatrièmes rencontres du GDR Polymères et Océans (GDR P&amp;O 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupement de recherche Polymères et Océans (GDR P&amp;O), Jun 2023, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04691434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erosion of a model cohesive seabed in wave-current flume</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lecostey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Preioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jarny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th Symposium on two-phase modeling for sediment dynamics in geophysical flows, THESIS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LEGI, Univ. Grenoble-Alpes, Jun 2022, Les Houches, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04432842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erosion of Cohesive Model Sediment under Turbulent Flow Studied by PIV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lecostey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jarny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">39th IAHR World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Granada, Spain. pp.388-396, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3850/IAHR-39WC252171192022499⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04432732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Démarche d'estimation des incertitudes en PIV basée sur la méthode GUM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02097807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mesure de tomographie PIV au sein d'une cellule de cisaillement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jarny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02097809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparaison de méthodes d'évaluation de la pression à partir de mesures PIV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Carini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathaniel Baker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Leclaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Acher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02097665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of optical methods for surface and volumetric measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Calluaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18th International Congress of Metrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Paris, France. pp.15001, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/metrology/201715001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02374431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous, non-intrusive stereo-refraction and stereo-PIV measurements around a boat in a towing tank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Nieutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 66 (10), pp.188. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00348-025-04116-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05406314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation of a PIV-based pressure measurement for free-surface flows of yield stress fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilherme Henrique Fiorot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Olivo Filippini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Jarny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 66 (10), pp.197. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00348-025-04129-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05333088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study on the interactions between a turbulent flow and a bed of visco-elasto-plastic synthetic mud.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lecostey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Jarny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 64 (1), pp.17. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00348-022-03552-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04234318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Free-surface flow measurements by non-intrusive methods: a survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 63 (6), pp.94. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00348-022-03450-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03828167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calibrating and measuring wakes and drag forces of inland vessels in confined water in a towing tank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Caplier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 186, pp.106134. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2019.106134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02297884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncertainty analysis of an optical method for pressure estimation in fluid flows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sequential least-square reconstruction of instantaneous pressure field around a body from TR-PIV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Young Jin Jeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Gomit</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">G. Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Earl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6501/aa99c0⟩</w:t>
+              <w:t xml:space="preserve">Experiments in Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 59 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00348-018-2489-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02296007v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequential least-square reconstruction of instantaneous pressure field around a body from TR-PIV</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Gomit</w:t>
+                <w:t xml:space="preserve">Uncertainty analysis of an optical method for pressure estimation in fluid flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Acher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experiments in Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00348-018-2489-0⟩</w:t>
+              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (2), pp.024004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6501/aa99c0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02296018v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-scale free surface measurement for the analysis of ship waves in a towing tank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Fréchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 56 (10), pp.184. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00348-015-2054-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05493431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectral analysis of ship waves in deep water from accurate measurements of the free surface elevation by optical methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 26 (12), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4902415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05493447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Free surface measurement by stereo-refraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 54 (6), pp.1540. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00348-013-1540-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05493453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Inland Navigation on the Environment</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Delphine Brancherie</w:t>
+                <w:t xml:space="preserve">Transport sédimentaire d'un apport local de sédiments visant à la restauration de frayères : étude couplée laboratoire/terrain/numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Grattepanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Courret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
-[...1319 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">I.S. Rivers 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...114 lines deleted...]
-                <w:t xml:space="preserve">hal-02374431v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05227581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3128,51 +3128,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de techniques de mesure de surfaces libres par moyens optiques : Application à l'analyse de l'écoulement généré par un modèle de bateau en bassin des carènes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gomit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique des fluides [physics.class-ph]. Université de Poitiers, 2013. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3368,51 +3368,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227581v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Grattepanche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gomit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calluaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mercier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courret" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406314v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nieutin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gomit" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Braud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellanger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pineau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04116-8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333088v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Henrique Fiorot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Olivo Filippini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jarny" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04129-3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234318v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lecostey" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jarny" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thomas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03552-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828167v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chatellier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03450-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297884v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Caplier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Rousseaux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chatellier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2019.106134" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296007v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Acher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aa99c0" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296018v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Jin Jeon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Earl" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-018-2489-0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493431v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fr&#233;chou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-015-2054-z" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493447v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902415" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493453v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1540-4" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3XPNDV9T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180901v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bellanger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313096v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa-Eddine Ennazii" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beaudoin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ouchene" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493540v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sagnes" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035296v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cadet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Larrarte" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Tinot Mbolamana" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691418v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Jal&#243;n-Rojas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Lemaire-Coqueugniot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Romero-Ram&#237;rez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-20316" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691434v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Rom&#233;ro-Ramirez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432105v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432732v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecostey" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC252171192022499" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432842v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Preioni" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097809v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097807v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Beaulieu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Braud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097665v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Baker" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leclaire" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374431v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metrology/201715001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01062934v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493540v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Grattepanche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gomit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calluaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sagnes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180901v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bellanger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313096v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa-Eddine Ennazii" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beaudoin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ouchene" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gomit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jarny" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035296v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cadet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Larrarte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Tinot Mbolamana" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691418v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Jal&#243;n-Rojas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Lemaire-Coqueugniot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Romero-Ram&#237;rez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-20316" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432105v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691434v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Rom&#233;ro-Ramirez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432842v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecostey" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Preioni" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432732v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC252171192022499" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097807v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Beaulieu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Braud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097809v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097665v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Baker" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leclaire" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Acher" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374431v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chatellier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metrology/201715001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406314v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nieutin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Braud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellanger" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pineau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04116-8" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333088v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Henrique Fiorot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Olivo Filippini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04129-3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234318v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lecostey" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jarny" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thomas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03552-0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828167v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chatellier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03450-5" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297884v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Caplier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Rousseaux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2019.106134" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296018v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Jin Jeon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Earl" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-018-2489-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296007v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aa99c0" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493431v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fr&#233;chou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-015-2054-z" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493447v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902415" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493453v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1540-4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3XPNDV9T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227581v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mercier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01062934v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>