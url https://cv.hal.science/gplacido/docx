--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -201,165 +201,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Une Asie au féminin. L'hétéronymie postcoloniale chez Virgílio de Lemos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 405, pp.89-98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04290448v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Aquilo não é literatura : leituras à margem em À flor do tempo de Ilse Losa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faces de Eva. Estudos sobre a Mulher</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 49, pp.73-84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04289479v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04290448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Em lugar de seguir a direito : Macau e o princípio da intransitividade em Maria Ondina Braga</w:t>
               </w:r>
@@ -2538,173 +2538,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04290500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’ombra biblica di Frye: Harold Bloom e i limiti dello gnosticisimo letterario</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Elena Spandri, Emilia Di Rocco. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mondi di fede e di invenzione: Intersezioni tra religione e letteratura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Studium Edizioni, pp.157-172, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04290520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A pedra e a catedral. Reflexões sobre a literatura no ensino de Português como língua estrangeira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maria José Grosso, Jing Zhang. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A Promoção do Português em Macau e na China</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Universidade de Macau, LIDEL, pp.186-197, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04290515v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04290520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macau, pérola prodigiosa: a comparação como saída de si</w:t>
               </w:r>
@@ -3118,173 +3118,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">O Eclesiastes e a didáctica da vida</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carina Infante do Carmo; Paula Morão. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Escrever a vida: verdade e ficção</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Campo das Letras, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">O canto por vir: Júlio Dinis e o “Canto da Sereia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Isabel Rocheta; Serafina Martins. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antologia crítica do conto português dos séculos XIX e XX</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, II, Caixotim, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292846v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04292849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A enciclopédia amorosa: desejo e persuasão na “Écloga dos Faunos”</w:t>
               </w:r>
@@ -3580,648 +3580,648 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04290526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Faria</w:t>
+                <w:t xml:space="preserve">Manuel Alegre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.696</w:t>
+              <w:t xml:space="preserve">, 2017, pp.733-734</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292887v1</w:t>
+                <w:t xml:space="preserve">hal-04292910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Al Berto</w:t>
+                <w:t xml:space="preserve">Nuno Júdice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.671-672</w:t>
+              <w:t xml:space="preserve">, 2017, pp.749</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292882v1</w:t>
+                <w:t xml:space="preserve">hal-04292922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernanda Dias</w:t>
+                <w:t xml:space="preserve">José Tolentino Mendonça</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.700</w:t>
+              <w:t xml:space="preserve">, 2017, pp.726-727</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292901v1</w:t>
+                <w:t xml:space="preserve">hal-04292908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruy Cinatti</w:t>
+                <w:t xml:space="preserve">Daniel Faria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.758</w:t>
+              <w:t xml:space="preserve">, 2017, pp.696</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292944v1</w:t>
+                <w:t xml:space="preserve">hal-04292887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Luís Tavares</w:t>
+                <w:t xml:space="preserve">Al Berto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.725</w:t>
+              <w:t xml:space="preserve">, 2017, pp.671-672</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292905v1</w:t>
+                <w:t xml:space="preserve">hal-04292882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Sylvan</w:t>
+                <w:t xml:space="preserve">Fernanda Dias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.701</w:t>
+              <w:t xml:space="preserve">, 2017, pp.700</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292903v1</w:t>
+                <w:t xml:space="preserve">hal-04292901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joam Zorro</w:t>
+                <w:t xml:space="preserve">Ruy Cinatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.714</w:t>
+              <w:t xml:space="preserve">, 2017, pp.758</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292897v1</w:t>
+                <w:t xml:space="preserve">hal-04292944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gastão Cruz</w:t>
+                <w:t xml:space="preserve">José Luís Tavares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.707</w:t>
+              <w:t xml:space="preserve">, 2017, pp.725</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292888v1</w:t>
+                <w:t xml:space="preserve">hal-04292905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joam Mendes de Briteiros</w:t>
+                <w:t xml:space="preserve">Fernando Sylvan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.713-714</w:t>
+              <w:t xml:space="preserve">, 2017, pp.701</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292894v1</w:t>
+                <w:t xml:space="preserve">hal-04292903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Botelho</w:t>
               </w:r>
@@ -4270,234 +4270,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuno Júdice</w:t>
+                <w:t xml:space="preserve">Joam Mendes de Briteiros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.749</w:t>
+              <w:t xml:space="preserve">, 2017, pp.713-714</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292922v1</w:t>
+                <w:t xml:space="preserve">hal-04292894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Tolentino Mendonça</w:t>
+                <w:t xml:space="preserve">Joam Zorro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.726-727</w:t>
+              <w:t xml:space="preserve">, 2017, pp.714</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292908v1</w:t>
+                <w:t xml:space="preserve">hal-04292897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Alegre</w:t>
+                <w:t xml:space="preserve">Gastão Cruz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.733-734</w:t>
+              <w:t xml:space="preserve">, 2017, pp.707</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292910v1</w:t>
+                <w:t xml:space="preserve">hal-04292888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuno Fernandes Torneol</w:t>
               </w:r>
@@ -4891,165 +4891,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Tamen</w:t>
+                <w:t xml:space="preserve">Natália Correia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.753-754</w:t>
+              <w:t xml:space="preserve">, 2017, pp.745-746</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292929v1</w:t>
+                <w:t xml:space="preserve">hal-04292918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natália Correia</w:t>
+                <w:t xml:space="preserve">Pedro Tamen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.745-746</w:t>
+              <w:t xml:space="preserve">, 2017, pp.753-754</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292918v1</w:t>
+                <w:t xml:space="preserve">hal-04292929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">António Gomes Leal</w:t>
               </w:r>
@@ -5098,234 +5098,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dom Dinis</w:t>
+                <w:t xml:space="preserve">Maria Anna Acciaioli Tamagnini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.694</w:t>
+              <w:t xml:space="preserve">, 2017, pp.737</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292890v1</w:t>
+                <w:t xml:space="preserve">hal-04292952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Anna Acciaioli Tamagnini</w:t>
+                <w:t xml:space="preserve">Maria Velho da Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.737</w:t>
+              <w:t xml:space="preserve">, 2017, pp.740</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292952v1</w:t>
+                <w:t xml:space="preserve">hal-04292912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Velho da Costa</w:t>
+                <w:t xml:space="preserve">Dom Dinis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonçalo Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Literatura-Mundo Comparada, Perspectivas em Português (parte I): Mundos em Português (vol. 2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.740</w:t>
+              <w:t xml:space="preserve">, 2017, pp.694</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292912v1</w:t>
+                <w:t xml:space="preserve">hal-04292890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6056,51 +6056,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04289531v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#231;alo Cordeiro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04289479v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290448v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290512v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292859v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292865v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292868v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292872v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292873v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292875v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499542v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gra&#231;a Dos Santos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Esteves" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goncalo Placido Cordeiro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04224192v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Contarini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benucci Alessandro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cordeiro Gon&#231;alo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santos Gra&#231;a Dos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteves Jos&#233; Manuel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04301340v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Manuel da Costa Esteves" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gra&#231;a dos Santos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04423463v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Iglesias" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cordeiro Gon&#231;alo Pl&#225;cido" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290491v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel da Costa Esteves" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290487v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290499v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Laborinho" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Pacheco Pinto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariadne Nunes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372706v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Celeste Nat&#225;rio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Epif&#226;nio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ascenso Andr&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inoc&#234;ncia Mata" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292820v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Buescu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499535v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051003v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346912v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290450v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04241637v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Benucci" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290445v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290481v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290476v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290493v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290500v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290515v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290520v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01755156v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292826v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292828v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292830v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292833v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292842v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292846v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292849v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292853v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292854v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290525v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290526v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292887v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292882v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292901v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292944v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292905v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292903v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292897v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292888v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292894v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292900v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292922v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292908v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292910v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292921v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292927v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292914v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292946v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292941v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292949v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292929v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292918v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292884v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292890v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292952v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292912v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290484v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290504v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293133v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293138v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499525v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ara&#250;jo da Silva" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Amorim" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Bordry" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Fragoas" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372590v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carlos Vitorino Pereira" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olinda Pires" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cailliez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Ferreira Chartier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04289531v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#231;alo Cordeiro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290448v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04289479v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290512v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292859v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292865v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292868v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292872v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292873v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292875v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499542v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gra&#231;a Dos Santos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Esteves" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goncalo Placido Cordeiro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04224192v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Contarini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benucci Alessandro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cordeiro Gon&#231;alo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santos Gra&#231;a Dos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteves Jos&#233; Manuel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04301340v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Manuel da Costa Esteves" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gra&#231;a dos Santos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04423463v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Iglesias" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cordeiro Gon&#231;alo Pl&#225;cido" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290491v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel da Costa Esteves" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290487v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290499v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Laborinho" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Pacheco Pinto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariadne Nunes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372706v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Celeste Nat&#225;rio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Epif&#226;nio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ascenso Andr&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inoc&#234;ncia Mata" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292820v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Buescu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499535v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051003v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346912v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290450v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04241637v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Benucci" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290445v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290481v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290476v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290493v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290500v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290520v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290515v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01755156v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292826v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292828v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292830v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292833v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292842v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292849v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292846v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292853v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292854v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290525v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290526v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292910v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292922v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292908v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292887v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292882v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292901v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292944v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292905v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292903v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292900v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292894v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292897v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292888v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292921v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292927v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292914v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292946v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292941v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292949v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292918v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292929v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292884v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292952v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292912v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292890v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290484v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290504v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293133v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293138v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499525v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ara&#250;jo da Silva" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Amorim" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Bordry" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Fragoas" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372590v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carlos Vitorino Pereira" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olinda Pires" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cailliez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Ferreira Chartier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>