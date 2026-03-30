--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1069,235 +1069,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03059094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalized hydrodynamics in box-ball system</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Atsuo Kuniba</w:t>
+                <w:t xml:space="preserve">Correlation-induced steady states and limit cycles in driven dissipative quantum systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haggai Landa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Schiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Misguich</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 53 (40), pp.404001. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 102 (6), pp.064301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1751-8121/abadb9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.064301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02550037v1</w:t>
+                <w:t xml:space="preserve">hal-03059095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation-induced steady states and limit cycles in driven dissipative quantum systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marco Schiro</w:t>
+                <w:t xml:space="preserve">Generalized hydrodynamics in box-ball system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atsuo Kuniba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Misguich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 102 (6), pp.064301. </w:t>
+              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 53 (40), pp.404001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.064301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1751-8121/abadb9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03059095v1</w:t>
+                <w:t xml:space="preserve">hal-02550037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concurrence and Quantum Discord in the Eigenstates of Chaotic and Integrable Spin Chains</w:t>
               </w:r>
@@ -2668,326 +2668,326 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01586164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Competing Valence Bond Crystals in the Kagome Quantum Dimer Model</w:t>
+                <w:t xml:space="preserve">Lattice symmetries and regular magnetic orders in classical frustrated antiferromagnets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Poilblanc</w:t>
+                <w:t xml:space="preserve">L. Messio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Misguich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lhuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 84 (21), pp.214401. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.214401⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 83, pp.184401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PHYSREVB.83.184401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00637194v1</w:t>
+                <w:t xml:space="preserve">hal-00646088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase transition in the Rényi-Shannon entropy of Luttinger liquids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Stéphan</w:t>
+                <w:t xml:space="preserve">Competing Valence Bond Crystals in the Kagome Quantum Dimer Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Poilblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Misguich</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 84 (19), pp.195128. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 84 (21), pp.214401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.214401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.195128⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01586157v1</w:t>
+                <w:t xml:space="preserve">hal-00637194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lattice symmetries and regular magnetic orders in classical frustrated antiferromagnets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Messio</w:t>
+                <w:t xml:space="preserve">Phase transition in the Rényi-Shannon entropy of Luttinger liquids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Misguich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Lhuillier</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 83, pp.184401. </w:t>
+              <w:t xml:space="preserve">, 2011, 84 (19), pp.195128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PHYSREVB.83.184401⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.195128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00646088v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01586157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geometric entanglement of critical XXZ and Ising chains and Affleck-Ludwig boundary entropies</w:t>
               </w:r>
@@ -3402,77 +3402,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal destruction of chiral order in a two-dimensional model of coupled trihedra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Messio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Domenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lhuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3725,287 +3725,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00323012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unconventional continuous phase transition in a three dimensional dimer model</w:t>
+                <w:t xml:space="preserve">Classical dimers with aligning interactions on the square lattice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Alet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Ikhlef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesper Lykke Jacobsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Misguich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Pasquier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jesper Lykke Jacobsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 97 (3), pp.030403. </w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 74 (1), pp.041124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.97.030403⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.74.041124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00105643v1</w:t>
+                <w:t xml:space="preserve">hal-00115628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classical dimers with aligning interactions on the square lattice</w:t>
+                <w:t xml:space="preserve">Unconventional continuous phase transition in a three dimensional dimer model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Alet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Misguich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yacine Ikhlef</w:t>
+                <w:t xml:space="preserve">Roderich Moessner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesper Lykke Jacobsen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 74 (1), pp.041124. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 97 (3), pp.030403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.74.041124⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.97.030403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00115628v1</w:t>
+                <w:t xml:space="preserve">hal-00105643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interacting classical dimers on the square lattice</w:t>
               </w:r>
@@ -5412,51 +5412,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B77F82F8"/>
+    <w:nsid w:val="445EF922"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5643,51 +5643,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregoire-misguich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7012-3204" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160556414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/misguich_g_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/K-1781-2015" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184893v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edison S Carrera" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Erbin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Misguich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/wdqt-tpwz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182241v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liran Shirizly" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haggai Landa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.010601" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108514v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Houdayer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2305.17231" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621347v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhysCore.6.2.037" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04150489v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsuo Kuniba" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pasquier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/ac6d8c" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063745v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Jolicoeur" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1740/1/012043" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047646v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.10.4.095" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059094v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Schiro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.043601" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550037v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/abadb9" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059095v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.064301" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403646v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atefeh Ashouri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Mahdavifar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Vahedi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/andp.201900515" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047799v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jolicoeur" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takahiro Mizusaki" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.245107" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309012v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kemal Bidzhiev" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Saleur" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.075157" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295825v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pavloff" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.7.2.025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645813v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.195117" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01474278v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaki Oshikawa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.195161" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01753373v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirone Mallick" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. L. Krapivsky" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.195151" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01320941v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuya Nakagawa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.174310" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01377658v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Luck" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.155110" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01233638v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Schlittler" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barthel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vidal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Mosseri" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.217202" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01053350v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Schulz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dusuel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. P. Schmidt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vidal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.201103" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01117917v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Sabetta" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.245114" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586164v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie St&#233;phan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2012/02/P02003" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00637194v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poilblanc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.214401" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586157v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.195128" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646088v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Messio" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lhuillier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.83.184401" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533607v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Alet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.180406" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586073v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.125455" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586047v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunsuke Furukawa" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.184421" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346646v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Braun" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.248901" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874180v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Domenge" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pierre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Viot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.054435" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02014494v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mila" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.77.134421" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323012v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.100402" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105643v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roderich Moessner" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Lykke Jacobsen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.030403" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115628v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Ikhlef" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.74.041124" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005563v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mila" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165380v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jolicoeur" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Girvin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917020v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Misguich" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lhuillier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mambrini" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sindzingre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e20020078" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9KLQ6TFV-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006591v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470263v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Burdeau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Bertrand" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ayral" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945872v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04814999v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbaresco" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rioux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labreuche" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Nowak" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Olivier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875060v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00001115v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/tel-01244859v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569036v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452753v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gelis" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446225v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregoire-misguich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7012-3204" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160556414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/misguich_g_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/K-1781-2015" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184893v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edison S Carrera" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Erbin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Misguich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/wdqt-tpwz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182241v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liran Shirizly" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haggai Landa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.010601" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108514v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Houdayer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2305.17231" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621347v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhysCore.6.2.037" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04150489v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsuo Kuniba" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pasquier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/ac6d8c" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063745v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Jolicoeur" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1740/1/012043" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047646v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.10.4.095" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059094v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Schiro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.043601" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059095v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.064301" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550037v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/abadb9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403646v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atefeh Ashouri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Mahdavifar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Vahedi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/andp.201900515" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047799v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jolicoeur" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takahiro Mizusaki" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.245107" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309012v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kemal Bidzhiev" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Saleur" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.075157" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295825v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pavloff" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.7.2.025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645813v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.195117" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01474278v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaki Oshikawa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.195161" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01753373v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirone Mallick" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. L. Krapivsky" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.195151" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01320941v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuya Nakagawa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.174310" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01377658v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Luck" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.155110" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01233638v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Schlittler" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barthel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vidal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Mosseri" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.217202" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01053350v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Schulz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dusuel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. P. Schmidt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vidal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.201103" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01117917v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Sabetta" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.245114" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586164v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie St&#233;phan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2012/02/P02003" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646088v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Messio" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lhuillier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.83.184401" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00637194v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poilblanc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.214401" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586157v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.195128" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533607v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Alet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.180406" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586073v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.125455" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586047v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shunsuke Furukawa" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.184421" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346646v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Braun" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.248901" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874180v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Domenge" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pierre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Viot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.054435" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02014494v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mila" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.77.134421" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323012v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.100402" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115628v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Ikhlef" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Lykke Jacobsen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.74.041124" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105643v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roderich Moessner" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.030403" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005563v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mila" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165380v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jolicoeur" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Girvin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917020v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Misguich" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lhuillier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mambrini" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sindzingre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e20020078" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9KLQ6TFV-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006591v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470263v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Burdeau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Bertrand" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ayral" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945872v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04814999v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbaresco" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rioux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labreuche" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Nowak" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Olivier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875060v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00001115v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/tel-01244859v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569036v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452753v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gelis" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446225v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>