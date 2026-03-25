--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -701,261 +701,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03227027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The moderating role of age in the job characteristics-absenteeism relationship: A matter of occupational context?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Dello Russo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donald Truxillo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Occupational and Organizational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 91 (1), pp.57-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joop.12188⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03227012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gestion des ressources humaines et santé au travail : science de l’action ou de la réaction ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Edey Gamassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarik Chakor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphan Pezé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Moisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perspectives Interdisciplinaires sur le Travail et la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Nécessités et limites de l’interdisciplinaire pour étudier le travail et la santé, 20 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/pistes.5548⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01731077v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">hal-03227012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’influence des CHSCT sur le bien-être des salariés et sur les accidents du travail. Une étude exploratoire</w:t>
               </w:r>
@@ -1698,260 +1698,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03403834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pay, pay inequality and depressed well-being</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Campoy</w:t>
+                <w:t xml:space="preserve">Social inequalities in bullying exposures: the contribution of work and management practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégor Bouville</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Fortin</w:t>
+                <w:t xml:space="preserve">Éric Campoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAWOP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Turin, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04020899v1</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">hal-04005748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pay, pay inequality and depressed well-being</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Campoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Gregor Bouville</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Conway</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Campoy</w:t>
+                <w:t xml:space="preserve">M. Fortin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAWOP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Turin, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04005748v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04020899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The contribution of work to social inequalities in bullying exposure : evidence from France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Campoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13me conférence de l’EAOHP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2272,50 +2272,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01653739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Essai de construction de connaissances praticables : le cas de l'organisation du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24ème Congrès de l'AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.34-55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00904171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La lean production et ses effets sur la satisfaction et la santé au travail. Résultats croisés d’une analyse quantitative et d’une étude de cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2324,156 +2393,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de recherche Santé et sociétés : réflexion sur l’utilisation de méthodes mixtes en recherche, EHESP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01653742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...67 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La lean production et ses effets sur la satisfaction et la santé au travail. Résultats croisés d'une analyse quantitative et d'une étude de cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Bouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schmidt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2505,165 +2505,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00904172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La lean production et ses effets sur la satisfaction et la santé au travail. Résultats croisés d'une analyse quantitative et d'une étude de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecole Thématique CNRS 2012, Emploi, travail et organisation : évolutions et contradictions,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La lean production et ses effets sur la satisfaction et la santé au travail. Résultats croisés d’une analyse quantitative et d’une étude de cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole Thématique CNRS 2012, Emploi, travail et organisation : évolutions et contradictions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01653743v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-00730698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Women and absenteeism: A smokescreen relationship ?</w:t>
               </w:r>
@@ -2781,316 +2781,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00730696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The elaboration of organizational indicators: an attempt of building workable knowledge in health at work strain reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10th IFSAM World Congress "Justice and Sustainability in the Global Economy"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Paris, France. pp.50-65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00640536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les déterminants organisationnels d'une GRH 'anti-bienveillante' : le cas du harcèlement moral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Campoy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXII° Congrès de l'AGRH "Vers une GRH bienveillante?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Marrakech, Maroc. pp.25-45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00640550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organizational factors and patterns of sickness absence: An occupational-specific relationship?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29th ILPC Conference "Work Matters"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Leeds, United Kingdom. pp.62-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00640547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les déterminants organisationnels des formes d'absentéisme : une analyse comparative entre les jeunes et les seniors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La gestion des âges: un autre regard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Liège, Belgique. pp.20-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00640552v1</w:t>
-              </w:r>
-[...218 lines deleted...]
-                <w:t xml:space="preserve">halshs-00640547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Work organization and intent to leave : a relationship-dependent on work status?</w:t>
               </w:r>
@@ -3139,50 +3139,257 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00640549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'influence des organisations du travail &amp;quot; participatives &amp;quot; sur l'absentéisme, les attitudes au travail et la santé au travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium international "La démocratie dans l'entreprise face à la crise économique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00640544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les effets de la lean production sur la santé au travail et l'absentéisme : les résultats d'une étude de cas rétrospective dans une entreprise de maintenance ferroviaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organisation, gestion productive et santé au travail, Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Rouen, France. pp.44-60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00640573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flextime as a determinant of sickness absence: A men to women and juniors to seniors comparison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26th EGOS Conference "National Culture and Globalization : articulations and interplays"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Lisbonne, Portugal. pp.35-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00640540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les bouleversements de l'organisation du travail : quelle influence sur la santé au travail, les attitudes au travail et les comportements organisationnels ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3191,264 +3398,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrés de l'AIPTLF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Lille, France. pp.40-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00640489v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">halshs-00640544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La progression de l'absentéisme : nouveaux comportements des salariés ou nouvelles contraintes organisationnelles ?</w:t>
               </w:r>
@@ -3497,195 +3497,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00640569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La présence d'une instance représentative du personnel en matière de santé et de sécurité : quelle influence sur la santé au travail, les attitudes au travail et les comportements organisationnels ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">47ième Congrès annuel de l'ACRI / Colloque international du CRIMT Les systèmes de représentation au travail : à la mesure des réalités contemporaines ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Québec, Canada. 24 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00494488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Organizational factors and Absenteeism: A Comparison between Four Occupational Grades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Annual EuroMed Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, Nicosie, Cyprus. pp.18-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00640546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...67 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organizational factors and Absenteeism or Intent to leave: A comparison between young and old age workers?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMED CONFERENCE 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Salerne, Italy. 23 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3710,51 +3710,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What are the relationships between organizational factors and absenteeism-intent to leave for old age workers?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMED CONFERENCE 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Marseille, France. 17 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3773,234 +3773,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00351212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Absentéisme et organisation du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25èmeTutorat Collectif des IAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Paris, France. pp.12-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00640543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les jeunes et l'absentéisme au travail ou la rupture inter-générationelle dans l'implication au travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3ème Rencontres Jeunes et Societés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Marseille, France. 14 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00189897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les modèles explicatifs de l'absentéisme : question de mode ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIIe Congrès de l'AGRH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Fribourg, Suisse. 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00189919v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">halshs-00640543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'absentéisme : état de l'art, esquisse de modèle et problématique de recherche</w:t>
               </w:r>
@@ -4124,51 +4124,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'audit social de l'absentéisme : quel regard sur quelle mesure ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Audit Social et Développement des Entreprises et des Organisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2006, Moscou, Russie. 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4185,51 +4185,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00189912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (3)</w:t>
+        <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -4250,224 +4250,149 @@
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hèla Yousfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Presses de l'Université Laval, 2022, 978-2-7637-5817-6</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses de l'Université Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Jean-François Chanlat; Olivier Germain, 978-2-7637-5817-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03960211v1</w:t>
-[...35 lines deleted...]
-                <w:t xml:space="preserve">Hèla Yousfi</w:t>
+                <w:t xml:space="preserve">hal-03775986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application des méthodes mixtes à une recherche en gestion des ressources humaines : principes et discussion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Bouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de l'Université de Montréal, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
-              <w:r>
-[...96 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02376048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4477,51 +4402,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bore-out ou épuisement professionnel par l'ennui : démystification et immersion dans un phénomène en gestation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Chtioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4554,280 +4479,280 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vuibert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mutations du travail et santé au travail : enjeux de société et de management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vuibert, 2025, 978-2-311-41508-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05373104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La littérature comme révélateur du travail réel et de l’expérience intérieure du management : trajectoires temporelles, spatiales, (im)matérielles et de transformations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Baghetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlo Baghetti</w:t>
+                <w:t xml:space="preserve">Pauline Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorena Bezerra de Souza Matos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Littérature, management et travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 978-2-336-54774-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05117976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
-              <w:r>
-[...43 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le télétravail, remède ou amplificateur du mal-être des salariés ? Une analyse par le genre et la classe sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bachelard, O., Vinot, D. (2024), Les nouveaux espaces-temps du travail : Enjeux théoriques et retours du terrain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESKA, p. 43-60., 2024, 978-2-8224-1052-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04859794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entendre les témoignages sur leur travail de salarié(e)s et de syndicalistes : un élément indispensable de la formation de gestionnaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4843,155 +4768,155 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bachelard, O., Flamand, G. (2023), L’humanisation de la gestion par les écoles de management,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Management Prospective Edition, p. 137-145., 2023, 979-10-94033-44-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04859790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relations entre sphères privée et organisationnelle dans la pensée de James Coleman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conduite et fondements de l'action organisée. Une mise en perspective pluridisciplinaire autour de James S. Coleman</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03819182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mise en scène d’un manager fouriériste dans Travail (1901), roman utopique d’Émile Zola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5007,211 +4932,211 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De Geuser, S., Guénette, A.M. (2021), Littérature et management. Le management à la lorgnette littéraire ou la littérature au prisme du management? Entrecroisements synethésiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p. 30-45., 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03403825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle du CHSCT dans la mise en œuvre de politiques de prévention des risques professionnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La représentation du personnel à l'épreuve de la santé au travail. Bilan pour les CHSCT et perspectives pour les CSE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.31-49, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ambivalence du travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écrivons le travail ! Lycéens et chercheurs : écritures croisées sur le travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.40-45, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02376309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application des méthodes mixtes à une recherche en gestion des ressources humaines : principes et discussion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5231,439 +5156,439 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathieu Bujold; Quan Nha Hong; Valéry Ridde; Claude Julie Bourque; Maman Joyce Dogba; Isabelle Vedel; Pierre Pluye. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oser les défis des méthodes mixtes en sciences sociales et sciences de la santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 117, ACFAS, pp.173-192, 2018, Cahiers scientifiques de l’Acfas, 978-2-89245-160-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02265048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La division sexuée du travail et ses conséquences sur l’absentéisme et le présentéisme féminins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'état des entreprises 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.43-54, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02376281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mise en place du lean management à l'hôpital : un bouleversement de l’univers hospitalier ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Trempe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Performance et innovation dans les établissements de santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, pp.253-266, 2015, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dunod.fermo.2015.01.0253⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03227036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...14 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mise en place du lean management : un bouleversement de l’univers hospitalier ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...47 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Trempe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Performance et innovation dans les établissements de santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.253-266, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01653745v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'absentéisme au travail : un révélateur d'un mal-organisationnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nogatchewski, Gwenaëlle; Pezet, Anne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'état des entreprises 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, pp.41-50, 2011, Repères</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00640528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'absentéisme : une relation à l'âge modérée par l'implication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stéphane Bellini et Jean-Yves Duyck. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">En âge de travailler. Recherches sur les âges au travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vuibert, pp.97-110, 2009, AGRH</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00422096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5673,91 +5598,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'influence de l'organisation et des conditions de travail sur l'absentéisme. Analyse quantitative et étude de cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00653592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5767,100 +5692,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'influence de l'organisation et des conditions de travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sciences de l'Homme et Société. Université de Rennes 1 (UR1), 2009. Français. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...28 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03227016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5870,91 +5795,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LES MODES DE GESTION DU TRAVAIL ET LA SANTE DES SALARIES : QUELLES INTERFERENCES ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Bouville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gestion et management. Université Paris-Dauphine PSL, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03227020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5964,131 +5889,131 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gestion: face à l’ampleur des enjeux, soutenir la diversité des traditions de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hèla Yousfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...38 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Denis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04712100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId122"/>
+      <w:footerReference w:type="default" r:id="rId121"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6235,51 +6160,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488662v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Chtioui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Hechiche Salah" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Bouville" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859758v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Miraglia" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Dello Russo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00187267241274619" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798183v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052082v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Lay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mahut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1095748ar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227072v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.192.0009" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227027v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schmidt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.114.0003" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731077v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Edey Gamassou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Chakor" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Pez&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moisson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pistes.5548" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227012v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Truxillo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joop.12188" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227029v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.101.0025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653735v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104687v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09585192.2014.951950" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227030v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.011.0003" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653740v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/trav.029.0183" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630344v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Campoy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.123.0053" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640531v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695379v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03403834v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Barreau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020899v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Bouville" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Conway" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fortin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005748v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Campoy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018332v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653746v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653737v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015300v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653739v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653742v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904171v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904172v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653743v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730698v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653744v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730696v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640552v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640536v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640550v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640547v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640549v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640489v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640573v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640540v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640544v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640569v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640546v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00494488v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00459982v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351212v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189919v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189897v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640543v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640538v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640576v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189912v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960211v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#232;la Yousfi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775986v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulaval.com/livres/les-dimensions-oubliees-de-la-gestion-melanges-en-l-honneur-de-jean-francois-chanlat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376048v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373104v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117976v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Baghetti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Bezerra de Souza Matos" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/litterature-management-et-travail/79337" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859794v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859790v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819182v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03403825v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405106v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376309v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02265048v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376281v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227036v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Trempe" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.fermo.2015.01.0253" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653745v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640528v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00422096v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653592v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03227016v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03227020v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04712100v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488662v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Chtioui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Hechiche Salah" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Bouville" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859758v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Miraglia" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Dello Russo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00187267241274619" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798183v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052082v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Lay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mahut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1095748ar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227072v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.192.0009" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227027v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schmidt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.114.0003" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227012v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Truxillo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joop.12188" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731077v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Edey Gamassou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Chakor" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Pez&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moisson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pistes.5548" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227029v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.101.0025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653735v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104687v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09585192.2014.951950" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227030v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.011.0003" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653740v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/trav.029.0183" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630344v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Campoy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.123.0053" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640531v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695379v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03403834v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Barreau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005748v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Campoy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020899v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Bouville" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Conway" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fortin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018332v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653746v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653737v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015300v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653739v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904171v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653742v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904172v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730698v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653743v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653744v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730696v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640536v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640550v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640547v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640552v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640549v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640544v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640573v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640540v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640489v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640569v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00494488v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640546v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00459982v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351212v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640543v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189897v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189919v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640538v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640576v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189912v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775986v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#232;la Yousfi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulaval.com/livres/les-dimensions-oubliees-de-la-gestion-melanges-en-l-honneur-de-jean-francois-chanlat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376048v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373104v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117976v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Baghetti" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Bezerra de Souza Matos" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/litterature-management-et-travail/79337" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859794v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859790v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819182v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03403825v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405106v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376309v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02265048v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376281v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227036v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Trempe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.fermo.2015.01.0253" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653745v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00640528v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00422096v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653592v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03227016v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03227020v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04712100v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>