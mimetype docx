--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -1485,173 +1485,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05141097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le contrôle des églises et des clercs paroissiaux, un enjeu de pouvoir entre évêques, laïcs et religieux. L'exemple de la Normandie (XIe-XIIIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Combalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Franck Collard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Église, société et pouvoir dans la chrétienté latine (910-1274)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, APHG-Studyrama, p. 15-35, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04613674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Au service de l'évêque et au-delà. Les usages, l'activité et l'influence de la chancellerie épiscopale d'Évreux (1180-1223)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Combalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Grégory Combalbert; Chantal Senséby. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écrire à l'ombre des cathédrales. Espace anglo-normand et France de l'Ouest, XIe-XIIIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, p. 43-72, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04613668v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-04613674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les doyens de chrétienté du diocèse de Rouen et leur rôle dans la juridiction gracieuse au XIIIe siècle</w:t>
               </w:r>
@@ -4335,181 +4335,250 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02457806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Autour de l’édition des sources diplomatiques normandes »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Combalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Table ronde Faire l’histoire des mondes normands médiévaux aujourd’hui, Caen, 26 novembre 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01123915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Did Donations of Churches to Religious Houses Have Consequences for the Parish Clergy ? Parish Priests, Ecclesiastical Advowson and Lay Lords in Normandy, Late 11th-Early 13th Centuries »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Combalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">session The Clergy in Western Europe, 700-1200, III : Local Clergy and Parish Clergy, organisée par Julia Barrow, International Medieval Congress de Leeds, 9 juillet 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Julia Barrow, International Medieval Congress, Jul 2014, leeds, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01123913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">« Autour de l’édition des sources diplomatiques normandes »</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editing Medieval Texts : Languages and Disciplines, Training and Infrastructure – a Round Table Discussion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Combalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Table ronde Faire l’histoire des mondes normands médiévaux aujourd’hui, Caen, 26 novembre 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Caen, France</w:t>
+              <w:t xml:space="preserve">Editing Medieval Texts : Languages and Disciplines, Training and Infrastructure – a Round Table Discussion, organisée par Nicholas Karn et Leonie Hicks, International Medieval Congress de Leeds, le 7 juillet 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nicholas Karn et Leonie Hicks, Jul 2014, Leeds, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01123902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Des outils de recherche et d’édition et leur interopérabilité, une expérimentation en cours : SCRIPTA et E-cartae »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bauduin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4525,126 +4594,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier du consortium COSME (TGIR Huma-Num) sir l’interopérabilité, Paris, IRHT, 6 janvier 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01115229v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01123902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« E-cartae, un outil pour l’édition double support des chartes médiévales. L’exemple des actes des évêques d’Évreux (XIe-XIIIe siècle) »</w:t>
               </w:r>
@@ -6345,51 +6345,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2912DDA4"/>
+    <w:nsid w:val="4989513D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6576,51 +6576,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-combalbert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04418397v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Combalbert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barralis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04714821v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gazeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/title/70240" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004701984" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613666v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Sens&#233;by" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9903/ecrire-a-l-ombre-des-cathedrales" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04418404v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04908287v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beaulande-Barraud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821821v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457319v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131616v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bauduin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maneuvrier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dubois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Garnier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316154v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05245553v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080791v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.701.0015" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926693v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457898v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457906v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tabularia.827" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966674v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141097v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vincent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613668v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613674v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966667v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04418393v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04714833v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004701984_002" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613670v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Mancel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12jwl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966663v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04418372v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04418378v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457336v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821822v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02339442v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02339239v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457331v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hincker" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457333v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416925v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126625v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926700v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782999v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660771v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661484v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457892v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457889v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04550513v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457344v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goloubkoff" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bisson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04615043v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vx5r" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485135v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966670v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04418390v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821829v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821824v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457819v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457816v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457832v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457827v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457810v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457806v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123913v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123915v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115229v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123902v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123912v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926695v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926698v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782997v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660660v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660763v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660758v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660669v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660663v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457862v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457876v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457872v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336592v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336596v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457868v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457789v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926704v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783002v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661576v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661494v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660776v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337109v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337110v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660773v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-combalbert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04418397v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Combalbert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barralis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04714821v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gazeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/title/70240" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004701984" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613666v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Sens&#233;by" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9903/ecrire-a-l-ombre-des-cathedrales" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04418404v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04908287v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beaulande-Barraud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821821v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457319v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131616v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bauduin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maneuvrier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dubois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Garnier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316154v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05245553v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080791v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.701.0015" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926693v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457898v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457906v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tabularia.827" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966674v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141097v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vincent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613674v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613668v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966667v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04418393v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04714833v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004701984_002" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613670v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Mancel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12jwl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966663v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04418372v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04418378v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457336v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821822v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02339442v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02339239v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457331v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hincker" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457333v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416925v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126625v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926700v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782999v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660771v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661484v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457892v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457889v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04550513v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457344v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goloubkoff" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bisson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04615043v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vx5r" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485135v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966670v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04418390v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821829v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821824v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457819v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457816v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457832v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457827v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457810v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457806v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123915v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123913v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123902v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115229v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123912v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926695v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926698v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782997v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660660v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660763v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660758v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660669v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660663v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457862v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457876v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457872v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336592v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336596v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457868v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457789v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926704v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783002v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661576v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661494v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660776v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337109v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337110v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660773v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>