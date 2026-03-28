--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -431,230 +431,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03717859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluid Structure Interaction between plate and blast waves : Numerical simulations</w:t>
+                <w:t xml:space="preserve">Résolution numérique d'un problème d'interaction fluide-structure sandwich à l'aide d'une méthode itérative d'ordre élevé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aravind Rajan Ayagara</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">André Langlet</w:t>
+                <w:t xml:space="preserve">Laëtitia Duigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Cadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Claude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24e Congrès Français mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
+              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02568204v1</w:t>
+                <w:t xml:space="preserve">hal-04824561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résolution numérique d'un problème d'interaction fluide-structure sandwich à l'aide d'une méthode itérative d'ordre élevé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fluid Structure Interaction between plate and blast waves : Numerical simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aravind Rajan Ayagara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laëtitia Duigou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Cadou</w:t>
+                <w:t xml:space="preserve">André Langlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Girault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertille Claude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
+              <w:t xml:space="preserve">24e Congrès Français mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824561v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02568204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode Asymptotique Numérique pour la résolution des équations de Navier-Stokes</w:t>
               </w:r>
@@ -729,243 +729,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01696718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode des frontières immergées et méthode asymptotique numérique pour la simulation d'écoulement stationnaire incompressible et visqueux autour d'un obstacle mouvant</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Monnier</w:t>
+                <w:t xml:space="preserve">Etude numérique des vibrations d'un fluide contenu dans une cavité visco-élastique par une méthode d'homotopie et de perturbation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Duigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Cadou</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yann Guevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
+              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03465744v1</w:t>
+                <w:t xml:space="preserve">hal-01926877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude numérique des vibrations d'un fluide contenu dans une cavité visco-élastique par une méthode d'homotopie et de perturbation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laëtitia Duigou</w:t>
+                <w:t xml:space="preserve">Méthode des frontières immergées et méthode asymptotique numérique pour la simulation d'écoulement stationnaire incompressible et visqueux autour d'un obstacle mouvant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Cadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Cadou</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
+              <w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01926877v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03465744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calculs de points de bifurcation et de branches bifurquées pour les écoulements stationnaires tridimensionnels de fluide Newtonien incompressible</w:t>
               </w:r>
@@ -2761,51 +2761,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="ACFE395B"/>
+    <w:nsid w:val="A9B3962A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2992,51 +2992,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-girault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-9611-3858" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/113891741" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313076v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Bogey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Cadou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Combescure" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Girault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Leble" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717859v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Claude" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guevel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568204v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Rajan Ayagara" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Langlet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824561v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Duigou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696718v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465744v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monnier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926877v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446243v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441438v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guevel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444833v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Girault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Cadou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cam.2014.12.008" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409835v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lebl&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.195" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409453v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Tayeh" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-020-06137-w" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487203v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Claude" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duigou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.114947" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697263v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Duigou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2016.11.002" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01515207v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Cadou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boumediene" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-015-1232-4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444929v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2014.04.032" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MSGRFZ9X-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985306v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Heyman" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Allery" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Hamdouni" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2013.02.001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987143v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0169-5983/44/3/031403" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-9J89855B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495104v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Renard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Langlet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494665v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496663v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pennetier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00091961v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-girault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-9611-3858" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/113891741" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313076v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Bogey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Cadou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Combescure" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Girault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Leble" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717859v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Claude" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guevel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824561v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Duigou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568204v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Rajan Ayagara" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Langlet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696718v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926877v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465744v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monnier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446243v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441438v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guevel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444833v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Girault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Cadou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cam.2014.12.008" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409835v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lebl&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.195" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409453v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Tayeh" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-020-06137-w" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487203v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Claude" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duigou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.114947" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697263v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Duigou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2016.11.002" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01515207v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Cadou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boumediene" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-015-1232-4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444929v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2014.04.032" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MSGRFZ9X-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985306v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Heyman" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Allery" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Hamdouni" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2013.02.001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987143v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0169-5983/44/3/031403" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-9J89855B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495104v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Renard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Langlet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494665v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496663v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pennetier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00091961v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>