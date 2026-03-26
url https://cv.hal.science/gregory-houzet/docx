--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -196,295 +196,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying Glucose Concentration in Aqueous Solutions via Microwave S-Parameters Analysis During Evaporation</w:t>
+                <w:t xml:space="preserve">Permittivity Characterization of Conductive and Corrosive LiBr Water Solutions, Method Validation up to 9 GHz Using a Low-Cost SMA Probe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Biard</w:t>
+                <w:t xml:space="preserve">Anne-Laure Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Rochefeuille</w:t>
+                <w:t xml:space="preserve">J. Outin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
+                <w:t xml:space="preserve">Édouard Rochefeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Artillan</w:t>
+                <w:t xml:space="preserve">Benoit Stutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Science and Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.514-518. </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (3), pp.789. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21275/SR25825142614⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s25030789⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05311406v1</w:t>
+                <w:t xml:space="preserve">hal-04917664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permittivity Characterization of Conductive and Corrosive LiBr Water Solutions, Method Validation up to 9 GHz Using a Low-Cost SMA Probe</w:t>
+                <w:t xml:space="preserve">Quantifying Glucose Concentration in Aqueous Solutions via Microwave S-Parameters Analysis During Evaporation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Perrier</w:t>
+                <w:t xml:space="preserve">Anthony Biard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Outin</w:t>
+                <w:t xml:space="preserve">Edouard Rochefeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Édouard Rochefeuille</w:t>
+                <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Stutz</w:t>
+                <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 25 (3), pp.789. </w:t>
+              <w:t xml:space="preserve">International Journal of Science and Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.514-518. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s25030789⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21275/SR25825142614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04917664v1</w:t>
+                <w:t xml:space="preserve">hal-05311406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of a Compact, Implantable, Dual-Band Antenna for Biomedical Applications</w:t>
               </w:r>
@@ -630,51 +630,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi‐hong‐le Dam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tan-Phu Vuong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -734,77 +734,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-situ characterization up to 100 ​GHz of insulators used in new 3D “System in Package on board” (SiPoB) technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Auchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1002,90 +1002,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and Frequency Performance Analysis of Through Silicon Capacitors in Silicon Interposers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadim Dieng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Components Packaging and Manufacturing Technology Part B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (4), pp.477 - 484. </w:t>
@@ -1253,51 +1253,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical Broadband Characterization Method of Dielectric Molding in 3-D IC and Results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1305,51 +1305,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ossama El Bouayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Components Packaging and Manufacturing Technology Part B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 4 (9), pp.1515-1522. </w:t>
@@ -1400,51 +1400,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization in a Wide Frequency Range (40 MHz - 67 GHz) of a KTa0.65Nb0.35O3 Thin Film for Tunable Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2306,295 +2306,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00471867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A TRL-like calibration for tunable interdigitated BST varactors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Negative-zero-positive metamaterial with omega-type inclusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Vélu</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Carru</w:t>
+                <w:t xml:space="preserve">F. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lheurette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lippens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chaubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIM.2007.915120⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 103, pp.084312-1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2910831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00356922v1</w:t>
+                <w:t xml:space="preserve">hal-00356921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Negative-zero-positive metamaterial with omega-type inclusions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">D. Lippens</w:t>
+                <w:t xml:space="preserve">A TRL-like calibration for tunable interdigitated BST varactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Burgnies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Chaubet</w:t>
+                <w:t xml:space="preserve">Gabriel Vélu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Blary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Carru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 103, pp.084312-1-8. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 57 (6), pp.1127-1132. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.2910831⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIM.2007.915120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00356921v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00356922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispersion and loss of ferroelectric Ba0.5Sr0.5TiO3 thin films up to 110 GHz</w:t>
               </w:r>
@@ -2632,51 +2632,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Velu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Carru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lippens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 93 (5), pp.053507. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2838,325 +2838,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00356936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 360 degrees BST phase shifter with moderate bias voltage at 30 GHz</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Electrical characterizations of paraelectric BST thin films up to 1 THz : realization of microwave phase shifters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Vélu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Karine Blary</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Burgnies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Carru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Marteau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 55, pp.438-444. </w:t>
+              <w:t xml:space="preserve">Ferroelectrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 353 (1), pp.29-37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMTT.2006.889319⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00150190701367036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00255772v1</w:t>
+                <w:t xml:space="preserve">hal-00285626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical characterizations of paraelectric BST thin films up to 1 THz : realization of microwave phase shifters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">A 360 degrees BST phase shifter with moderate bias voltage at 30 GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Vélu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Blary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Burgnies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Marteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Marteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ferroelectrics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 353 (1), pp.29-37. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 55, pp.438-444. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00150190701367036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMTT.2006.889319⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00285626v1</w:t>
+                <w:t xml:space="preserve">hal-00255772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of ferroelectric films up to 60 GHz : application to phase shifters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Vélu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Burgnies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3291,51 +3291,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception et analyse d'un métamatériau ultrafin absorbant à double bandes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamyâ Ibili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3399,103 +3399,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesures en hyperfréquences de l'évaporation de solutions de glucose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Biard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Rochefeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Caractérisation Microondes et Matériaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Saint-Etienne, France</w:t>
@@ -3537,51 +3537,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, Simulation and Characterization of an Ultrathin Dual-Band Polarization-Insensitive Metamaterial Absorber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamyâ Ibili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3658,103 +3658,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of Corrosive Lithium-Bromide/Water Solutions up to 6 GHz Using a Low Cost SMA Connector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Outin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Rochefeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Stutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Electrical, Computer, Communications and Mechatronics Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Male, Maldives</w:t>
@@ -4060,51 +4060,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Outin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Rochefeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Fléchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4140,334 +4140,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04063071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Switchable FSS-based 3D Printed Radome using Diodes at 3.6 GHz</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
+                <w:t xml:space="preserve">A Low Profile Dual Band Implantable Antenna for Biomedical Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majdi Bahrouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hichem Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tan-Phu Vuong</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 53rd European Microwave Conference (EuMC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/EuMC58039.2023.10290381⟩</w:t>
+              <w:t xml:space="preserve">2023 22nd Mediterranean Microwave Symposium (MMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Sousse, Tunisia. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MMS59938.2023.10421395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04908315v1</w:t>
+                <w:t xml:space="preserve">hal-04908345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Low Profile Dual Band Implantable Antenna for Biomedical Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Majdi Bahrouni</w:t>
+                <w:t xml:space="preserve">Switchable FSS-based 3D Printed Radome using Diodes at 3.6 GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi-Hong-Le Dam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Niembro-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Paulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 22nd Mediterranean Microwave Symposium (MMS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Sousse, Tunisia. pp.1-4, </w:t>
+              <w:t xml:space="preserve">2023 53rd European Microwave Conference (EuMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Berlin, Germany. pp.416-419, </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MMS59938.2023.10421395⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23919/EuMC58039.2023.10290381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04908345v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04908315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diode-based Switchable Frequency Selective Surface at 3.6 GHz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi-Hong-Le Dam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tan-Phu Vuong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4514,90 +4514,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception et caractérisation d'une antenne reconfigurable réalisée par impression d'encre sur papier pour des applications 4G et 5G</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi-Hong-Le Dam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Thenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Depres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4639,77 +4639,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of a 3D FSS-Based Printed Radome Demonstrator for a Patch Antenna at 3.6 GHz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi-Hong-Le Dam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Niembro-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4773,90 +4773,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconfigurable Screen-Printed Patch Antenna on Paper for 4G and 5G Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi-Hong-Le Dam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Thenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Depres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4898,77 +4898,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of phase compensation lens to improve the gain of Vivaldi antenna in Ka-band</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi-Hong-Le Dam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Gaborit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5028,90 +5028,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconfiguration du diagramme de rayonnement d’une antenne dédiée à la 5G à l’aide d’un radôme imprimé en 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi-Hong-Le Dam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Delfaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Fléchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5179,64 +5179,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Delfaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Niembro-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoc-Bao Duong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5287,90 +5287,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation in-situ jusqu'à 100 GHz d'isolants utilisés dans les nouvelles technologies 3D de type System in Package on Board (SiPoB)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Auchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5412,90 +5412,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode de caractérisation large bande de fréquence de matériaux isolants par contact direct « sonde de mesure / échantillon »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Auchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Flechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5531,277 +5531,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01939115v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et caractérisation de capacités 3D : application au découplage de réseaux d’alimentation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
+                <w:t xml:space="preserve">InP composite substrate for low-cost high-end RF applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Cadieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Rabarot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Guiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10èmes Journées Franco-Maghrébines des Microondes et Applications (JFMMA’17)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Rabbat, Maroc, Maroc</w:t>
+              <w:t xml:space="preserve">International Conference on Materials for Advanced Technologies (ICMAT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Singapore, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04712890v1</w:t>
+                <w:t xml:space="preserve">hal-01939049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">InP composite substrate for low-cost high-end RF applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Guiot</w:t>
+                <w:t xml:space="preserve">Modélisation et caractérisation de capacités 3D : application au découplage de réseaux d’alimentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadim Dieng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Artillan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Materials for Advanced Technologies (ICMAT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Singapore, Singapore</w:t>
+              <w:t xml:space="preserve">10èmes Journées Franco-Maghrébines des Microondes et Applications (JFMMA’17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Rabbat, Maroc, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01939049v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04712890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation et caractérisation hyperfréquences de capacités 3D « Through Silicon Capacitors » pour le découplage des réseaux d’alimentation de circuits intégrés</w:t>
               </w:r>
@@ -5813,77 +5813,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadim Dieng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20èmes Journées Nationales Microondes JNM'17</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Saint-Malo, France</w:t>
@@ -6046,90 +6046,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèle électrique et caractérisation à haute fréquence de condensateurs intégrés dans l’épaisseur d’un interposeur silicium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadim Dieng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées de Caractérisation Microondes et Matériaux (JCMM'16)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Calais, France</w:t>
@@ -6158,51 +6158,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèle électrique et caractérisation à haute fréquence de condensateurs intégrés sur interposeur silicium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadim Dieng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6210,51 +6210,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXe Journées Nationales Microondes (JNM'15)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
@@ -6296,90 +6296,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation et caractérisation de capacités 3D dans un interposeur silicium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadim Dieng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JFMMA, 9èmes Journées Franco-Maghrébines des Microondes et Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Meknes, Maroc</w:t>
@@ -6421,77 +6421,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode robuste d’extraction de paramètres de ligne de transmission en vue d’application à la caractérisation de matériaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadim Dieng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6546,77 +6546,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Frequency Model of Through Silicon Capacitors in Silicon Interposer for Power Distribution Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadim Dieng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6697,51 +6697,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. El Bouayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6777,316 +6777,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01021517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating non-virtual Electronic activities in Game-Based Learning Environments</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Performance of Molding Materials and Interconnections Integrated in Interposers Dedicated to RF or Microwave 3DIC applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Lacrevaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Fléchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. El Bouayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th European Conference on Games-Based Learning (ECGBL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Porto, Portugal. pp.378-385</w:t>
+              <w:t xml:space="preserve">European Microelectronics Packaging Conference (EMPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Grenoble, France. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01339237v1</w:t>
+                <w:t xml:space="preserve">hal-01018432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of Molding Materials and Interconnections Integrated in Interposers Dedicated to RF or Microwave 3DIC applications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integrating non-virtual Electronic activities in Game-Based Learning Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Carron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Talbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Microelectronics Packaging Conference (EMPC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Grenoble, France. pp.1-7</w:t>
+              <w:t xml:space="preserve">7th European Conference on Games-Based Learning (ECGBL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Porto, Portugal. pp.378-385</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01018432v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01339237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Refined Characterization Up to Millimeter Waves of Ferroelectric KTN Thin Film for Efficient Integrated Tunable Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7206,51 +7206,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e Journées Franco-Maghrébines des Microondes et Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Marrakech, Maroc. pp.Telecom 2013</w:t>
@@ -7273,1027 +7273,1027 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01021025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction entre 40 MHz et 67 GHz de la permittivité complexe du KTa0.65Nb0.3503 déposé en couche mince</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Focus on Links between High Frequency Substrate Noise and High Speed Signal Transmission in Interconnection Channels of 3D-IC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Brocard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Eid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Lacrevaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Houzet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Deputier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12èmes Journées de Caractérisation Microondes et Matériaux, JCMM 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Chambéry, France. session S1, papier ID52, 1-4</w:t>
+              <w:t xml:space="preserve">Micro-Nano-Electronics Packaging &amp; Assembly, Design and Manufacturing,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00806607v1</w:t>
+                <w:t xml:space="preserve">hal-01062178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focus on Links between High Frequency Substrate Noise and High Speed Signal Transmission in Interconnection Channels of 3D-IC</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Houzet</w:t>
+                <w:t xml:space="preserve">Inter comparaison de caractérisations électromagnétiques de couches minces ferroélectriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Queffelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rasoanoavy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Passerieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micro-Nano-Electronics Packaging &amp; Assembly, Design and Manufacturing,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, grenoble, France</w:t>
+              <w:t xml:space="preserve">12e Journées Caractérisation Microondes et Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01062178v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01068647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inter comparaison de caractérisations électromagnétiques de couches minces ferroélectriques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Damien Passerieux</w:t>
+                <w:t xml:space="preserve">Extraction entre 40 MHz et 67 GHz de la permittivité complexe du KTa 0.65Nb0.35O3 déposé en couche mince</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Le Febvrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Deputier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e Journées Caractérisation Microondes et Matériaux</w:t>
+              <w:t xml:space="preserve">12e Journées Caractérisation Microondes et Matériaux,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01068647v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01068623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction entre 40 MHz et 67 GHz de la permittivité complexe du KTa 0.65Nb0.35O3 déposé en couche mince</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Deputier</w:t>
+                <w:t xml:space="preserve">Inter-comparaisons de caractérisations électromagnétiques de couches minces ferroélectriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Queffelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faly Rasoanoavy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Passerieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e Journées Caractérisation Microondes et Matériaux,</w:t>
+              <w:t xml:space="preserve">12èmes Journées de Caractérisation Micro-ondes et Matériaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01068623v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01301748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inter-comparaisons de caractérisations électromagnétiques de couches minces ferroélectriques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Damien Passerieux</w:t>
+                <w:t xml:space="preserve">Extraction entre 40 MHz et 67 GHz de la permittivité complexe du KTa0.65Nb0.3503 déposé en couche mince</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Lacrevaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Le Febvrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Deputier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12èmes Journées de Caractérisation Micro-ondes et Matériaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Chambéry, France</w:t>
+              <w:t xml:space="preserve">12èmes Journées de Caractérisation Microondes et Matériaux, JCMM 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Chambéry, France. session S1, papier ID52, 1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01301748v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of silicon substrate coupling phenomena on signal integrity for RF or high speed communications in 3D-IC.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B. Fléchet</w:t>
+                <w:t xml:space="preserve">Intercomparaisons de caractérisations électromagnétiques de couches minces ferroélectriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faliniaina Rasoanoavy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Queffelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Passerieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 62nd Electronic Components and Technology Conf.,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, San Diego, United States</w:t>
+              <w:t xml:space="preserve">12èmes Journées de Caractérisation Microondes et Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Chambéry, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01062188v1</w:t>
+                <w:t xml:space="preserve">hal-00734812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of 3D Interconnect Routing and Stacking Strategy to Optimize High Speed Signal Transmission for Memory on Logic&amp;quot;,</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Capraro</w:t>
+                <w:t xml:space="preserve">Effects of silicon substrate coupling phenomena on signal integrity for RF or high speed communications in 3D-IC.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Eid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Fléchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE 62nd Electronic Components and Technology Conf.,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01062192v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01062188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intercomparaisons de caractérisations électromagnétiques de couches minces ferroélectriques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of 3D Interconnect Routing and Stacking Strategy to Optimize High Speed Signal Transmission for Memory on Logic&amp;quot;,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jj. Roullard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Farcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faliniaina Rasoanoavy</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Damien Passerieux</w:t>
+                <w:t xml:space="preserve">S. Capraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Lacrevaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12èmes Journées de Caractérisation Microondes et Matériaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Chambéry, France. pp.Inconnu</w:t>
+              <w:t xml:space="preserve">IEEE 62nd Electronic Components and Technology Conf.,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00734812v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01062192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude jusqu'à 60 GHz d'une capacité ferroélectrique de PbZrO0.52TiO0.48O3</w:t>
               </w:r>
@@ -8523,691 +8523,691 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00573578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bio capteurs à base de micro-résonateurs fendus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ligne de transmission composite équilibrée fonctionnant en bandes Ku et K</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">X. Melique</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Velu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Marteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Burgnies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lheurette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16èmes Journées Nationales Microondes, JNM 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, France. pp.5D-1, 1-4</w:t>
+              <w:t xml:space="preserve">16èmes Journées Nationales Micro-ondes - JNM 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Grenoble, France. pp.1E-13, 1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00480341v1</w:t>
+                <w:t xml:space="preserve">hal-00480348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ligne de transmission composite équilibrée fonctionnant en bandes Ku et K</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Marteau</w:t>
+                <w:t xml:space="preserve">Propriétés diélectriques de films BST jusqu'à 110 GHz : applications aux varactors en bandes millimétriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Burgnies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Lheurette</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Blary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Vélu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Carru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16èmes Journées Nationales Micro-ondes - JNM 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Grenoble, France. pp.1E-13, 1-4</w:t>
+              <w:t xml:space="preserve">16èmes Journées Nationales Microondes - JNM 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Grenoble, France. pp.1B-3, 1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00480348v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00480338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propriétés diélectriques de films BST jusqu'à 110 GHz : applications aux varactors en bandes millimétriques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Carru</w:t>
+                <w:t xml:space="preserve">Bio capteurs à base de micro-résonateurs fendus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Croënne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. Borja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Melique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lheurette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16èmes Journées Nationales Microondes - JNM 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Grenoble, France. pp.1B-3, 1-4</w:t>
+              <w:t xml:space="preserve">16èmes Journées Nationales Microondes, JNM 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, France. pp.5D-1, 1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00480338v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00480341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstrip transmission lines loaded by SRRs tunabled by ferroelectrics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Réfraction négative dans les métamatériaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Croënne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lheurette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lippens</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">METAMATERIALS 2009 : The Third International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Metamorphose Virtual Institute, Aug 2009, Londres, United Kingdom. pp.20-22</w:t>
+              <w:t xml:space="preserve">16èmes Journées Nationales Microondes, JNM 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, France. pp.5D-3, 1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00474418v1</w:t>
+                <w:t xml:space="preserve">hal-00480342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réfraction négative dans les métamatériaux</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microstrip transmission lines loaded by SRRs tunabled by ferroelectrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Melique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Velu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Burgnies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Carru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16èmes Journées Nationales Microondes, JNM 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, France. pp.5D-3, 1-4</w:t>
+              <w:t xml:space="preserve">METAMATERIALS 2009 : The Third International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Metamorphose Virtual Institute, Aug 2009, Londres, United Kingdom. pp.20-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00480342v1</w:t>
+                <w:t xml:space="preserve">hal-00474418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metamaterial technologies at terahertz frequencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Croënne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9439,51 +9439,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Burgnies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Vélu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Blary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9519,1057 +9519,1057 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00811205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metamaterials-based Routing Devices for Space Applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gregory Houzet</w:t>
+                <w:t xml:space="preserve">Effet varactor dans les lignes de transmission main gauche - main droite à base de film BST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lheurette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Potet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michel Chaubet</w:t>
+                <w:t xml:space="preserve">Julien Clay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Vélu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Burgnies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2007 International Symposium on Signals, Systems and Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Montreal, Canada. pp.223-226</w:t>
+              <w:t xml:space="preserve">8èmes Journées Couches Minces Ferroélectriques (JCF 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Calais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02018041v1</w:t>
+                <w:t xml:space="preserve">hal-02018073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet varactor dans les lignes de transmission main gauche - main droite à base de film BST</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Lheurette</w:t>
+                <w:t xml:space="preserve">Caractérisation jusqu'à 60 GHz de films ferroélectriques BST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Vélu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Burgnies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Burgnies</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Blary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Lippens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8èmes Journées Couches Minces Ferroélectriques (JCF 2007)</w:t>
+              <w:t xml:space="preserve">JCF 2007 ''8èmes Journées Couches Minces Ferroélectriques''</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, Calais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02018073v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02018059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation jusqu'à 60 GHz de films ferroélectriques BST</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Caractérisation microondes de condensateurs interdigités accordables sur film BST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Burgnies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Vélu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Burgnies</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Blary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Houzet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karine Blary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lippens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCF 2007 ''8èmes Journées Couches Minces Ferroélectriques''</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, Calais, France</w:t>
+              <w:t xml:space="preserve">15èmes Journées Nationales Micro-ondes (JNM 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02018059v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02018093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation microondes de condensateurs interdigités accordables sur film BST</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Karine Blary</w:t>
+                <w:t xml:space="preserve">Métamatériaux large bande à base de réseaux de motifs Oméga interconnectés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lheurette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Carbonell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Didier Lippens</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Vanbésien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chaubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15èmes Journées Nationales Micro-ondes (JNM 2007)</w:t>
+              <w:t xml:space="preserve">Journées Nationales Micro-ondes 2007 (JNM 2007)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02018093v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02018087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Métamatériaux large bande à base de réseaux de motifs Oméga interconnectés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lignes de transmission main gauche - main droite accordables par matériaux ferroélectriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Marteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Blary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lheurette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Michel Chaubet</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Lippens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales Micro-ondes 2007 (JNM 2007)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02018087v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02018107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lignes de transmission main gauche - main droite accordables par matériaux ferroélectriques</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Karine Blary</w:t>
+                <w:t xml:space="preserve">Metamaterials-based Routing Devices for Space Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuli Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Potet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lheurette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Didier Lippens</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chaubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Micro-ondes 2007 (JNM 2007)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Toulouse, France</w:t>
+              <w:t xml:space="preserve">2007 International Symposium on Signals, Systems and Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Montreal, Canada. pp.223-226</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02018107v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02018041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voltage-controlled composite metamaterials via the loaded transmission line approach</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">G. Velu</w:t>
+                <w:t xml:space="preserve">Non linear frequency and space selective metamaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Carbonell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Croënne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lheurette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Burgnies</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicente Boria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Congress on Advanced Electromagnetic Materials for Microwaves and Optics - Metamaterials 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Virtual Institute for Advanced Electromagnetic Materials and Metamaterials - METAMORPHOSE VI, Oct 2007, Roma, Italy. pp.48-51</w:t>
+              <w:t xml:space="preserve">1st International Congress on Advanced Electromagnetic Materials for Microwaves and Optics, Metamaterials 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Roma, Italy. pp.640-643</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00804714v1</w:t>
+                <w:t xml:space="preserve">hal-00804715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non linear frequency and space selective metamaterials</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Charles Croënne</w:t>
+                <w:t xml:space="preserve">Voltage-controlled composite metamaterials via the loaded transmission line approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Marteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Velu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lheurette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vicente Boria</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Burgnies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Congress on Advanced Electromagnetic Materials for Microwaves and Optics, Metamaterials 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, Roma, Italy. pp.640-643</w:t>
+              <w:t xml:space="preserve">1st International Congress on Advanced Electromagnetic Materials for Microwaves and Optics - Metamaterials 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Virtual Institute for Advanced Electromagnetic Materials and Metamaterials - METAMORPHOSE VI, Oct 2007, Roma, Italy. pp.48-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00804715v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00804714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déphaseurs 60 GHz à base de films minces ferroélectriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Vélu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10663,51 +10663,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des cristaux photoniques aux métamatériaux diélectriques par résonance de Mie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Gaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Croënne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10945,77 +10945,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turnkey Methodology for Characteristic Impedance Extraction of Embedded Transmission Lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Fléchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11062,90 +11062,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast and robust RF characterization method of insulators used in high speed interconnects networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Houzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Auchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11190,377 +11190,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01988726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High frequency modeling of Through Silicon Capacitors (TSC) architectures in silicon interposer</w:t>
+                <w:t xml:space="preserve">Electrical Model of Different Architectures of through Silicon Capacitors for High Frequency Power Distribution Network (PDN) Decoupling Operations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadim Dieng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 IEEE 20th Workshop on Signal and Power Integrity (SPI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, TORINO, Italy. IEEE; IEEE, pp.1-4, 2016, </w:t>
+              <w:t xml:space="preserve">2016 IEEE 66th Electronic Components and Technology Conference (ECTC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Inconnue, France. IEEE, pp.74-81, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SaPIW.2016.7496285⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ECTC.2016.335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01992951v1</w:t>
+                <w:t xml:space="preserve">hal-01992682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical Model of Different Architectures of through Silicon Capacitors for High Frequency Power Distribution Network (PDN) Decoupling Operations</w:t>
+                <w:t xml:space="preserve">High frequency modeling of Through Silicon Capacitors (TSC) architectures in silicon interposer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadim Dieng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 IEEE 66th Electronic Components and Technology Conference (ECTC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Inconnue, France. IEEE, pp.74-81, 2016, </w:t>
+              <w:t xml:space="preserve">2016 IEEE 20th Workshop on Signal and Power Integrity (SPI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, TORINO, Italy. IEEE; IEEE, pp.1-4, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ECTC.2016.335⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/SaPIW.2016.7496285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01992682v1</w:t>
+                <w:t xml:space="preserve">hal-01992951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Through Silicon Capacitors (TSC) for noise reduction in Power Distribution Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadim Dieng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 IEEE 65th Electronic Components and Technology Conference (ECTC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, pp.247-253, 2015, </w:t>
@@ -11611,90 +11611,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical model and characterization of Through Silicon Capacitors (TSC) in silicon interposer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadim Dieng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Artillan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2014 International 3D Systems Integration Conference (3DIC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, pp.1-8, 2014, 2014 International 3D Systems Integration Conference (3DIC), </w:t>
@@ -11771,51 +11771,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Farcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Capraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12258,51 +12258,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AF54F199"/>
+    <w:nsid w:val="109637B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12489,51 +12489,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-houzet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6028-6926" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140767088" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311406v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Biard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Houzet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Rochefeuille" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lacrevaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Artillan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/SR25825142614" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917664v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Perrier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Outin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Rochefeuille" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Stutz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s25030789" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906403v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Bahrouni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan-Phu Vuong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Mendes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dinis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics12061475" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906508v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi&#8208;hong&#8208;le Dam" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.33271" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712770v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bermond" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Auch&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mejo.2021.104990" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889025v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Carron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Houzet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Abed" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pernelle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Lain&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17265/2328-2223/2018.02.003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819186v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Dieng" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bermond" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guiller" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2017.2655939" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122620v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Marty" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Talbot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/ijgbl.2015010103" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988717v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ossama El Bouayadi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2014.2337511" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122383v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Flechet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Febvrier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10584587.2014.957091" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929884v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Queffelec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chevalier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Floch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Passerieux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4858388" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122418v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lacrevaz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bermond" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Febvrier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Deputier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718742v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Blary" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lepilliet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lippens" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Burgnies" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2012.677682" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572636v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3531534" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548687v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Velu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Carru" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERC10012904" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471867v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marteau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Velu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Houzet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lheurette" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3068495" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356922v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel V&#233;lu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2007.915120" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356921v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zhang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lippens" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chaubet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2910831" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356925v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2969469" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356936v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Carbonell" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuli Zhang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vanb&#233;sien" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2008.2005448" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255772v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Marteau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2006.889319" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285626v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150190701367036" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285627v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10584580701756284" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009244v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamy&#226; Ibili" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Feuray" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009242v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290155v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Corrao" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARFTG65332.2025.11168149" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04705591v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Outin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838012v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wayntal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Telisson" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECCME62383.2024.10797148" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624466v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Trabelsi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063071v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-L Perrier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fl&#233;chet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908315v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Hong-Le Dam" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Niembro-Martin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Paulet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC58039.2023.10290381" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908345v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMS59938.2023.10421395" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908301v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/USNC-URSI52151.2023.10237484" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063076v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Thenot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Depres" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112357v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Delfaut" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC54642.2022.9924470" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727448v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908288v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Gaborit" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCE55644.2022.9852039" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677994v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033086v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc-Bao Duong" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APS/URSI47566.2021.9704084" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907491v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939115v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712890v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939049v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cadieux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rabarot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ledoux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Martinez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guiot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988731v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181530v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990005v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989995v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009674v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990033v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712891v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021517v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. El Bouayadi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339237v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018432v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lamy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301899v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021025v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Eid" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806607v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062178v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brocard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068647v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rasoanoavy" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068623v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Deputier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301748v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faly Rasoanoavy" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062188v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062192v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jj. Roullard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farcy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Capraro" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734812v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faliniaina Rasoanoavy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068640v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abergel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Rhun" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Defay" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573578v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Melique" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480341v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cro&#235;nne" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Borja" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480348v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480338v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474418v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480342v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574853v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.P. Gaillot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811204v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khalfallaoui" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811205v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018041v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Potet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chaubet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018073v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Clay" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018059v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018093v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018087v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018107v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804714v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804715v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Boria" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018100v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018131v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Gaillot" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fabre" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier M&#233;lique" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018082v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sadaune" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Bouzouad" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712811v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SaPIW.2019.8781663" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988726v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SaPIW.2018.8401670" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992951v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SaPIW.2016.7496285" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992682v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC.2016.335" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992912v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC.2015.7159600" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992256v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DIC.2014.7152152" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989975v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Roullard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Farcy" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Capraro" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2013-02/29/2052" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572774v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00431413v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05311459v2" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-houzet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6028-6926" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140767088" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917664v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Perrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Houzet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Outin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Rochefeuille" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Stutz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s25030789" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311406v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Biard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Rochefeuille" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lacrevaz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Artillan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/SR25825142614" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906403v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Bahrouni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan-Phu Vuong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Mendes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dinis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics12061475" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906508v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi&#8208;hong&#8208;le Dam" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.33271" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712770v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bermond" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Auch&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mejo.2021.104990" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889025v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Carron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Houzet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Abed" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pernelle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Lain&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17265/2328-2223/2018.02.003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819186v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Dieng" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bermond" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guiller" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2017.2655939" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122620v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Marty" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Talbot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/ijgbl.2015010103" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988717v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ossama El Bouayadi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2014.2337511" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122383v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Flechet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Febvrier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10584587.2014.957091" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929884v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Queffelec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chevalier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Floch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Passerieux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4858388" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122418v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lacrevaz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bermond" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Febvrier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Deputier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718742v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Blary" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lepilliet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lippens" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Burgnies" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150193.2012.677682" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572636v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3531534" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548687v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Velu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Carru" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERC10012904" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471867v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marteau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Velu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Houzet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lheurette" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3068495" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356921v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zhang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lippens" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chaubet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2910831" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356922v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel V&#233;lu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2007.915120" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356925v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2969469" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356936v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Carbonell" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuli Zhang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vanb&#233;sien" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2008.2005448" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285626v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Marteau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150190701367036" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255772v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2006.889319" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285627v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10584580701756284" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009244v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamy&#226; Ibili" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Feuray" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009242v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290155v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Corrao" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ARFTG65332.2025.11168149" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04705591v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Outin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838012v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wayntal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Telisson" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECCME62383.2024.10797148" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624466v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Trabelsi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063071v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-L Perrier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fl&#233;chet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908345v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMS59938.2023.10421395" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908315v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Hong-Le Dam" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Niembro-Martin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Paulet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC58039.2023.10290381" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908301v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/USNC-URSI52151.2023.10237484" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063076v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Thenot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Depres" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112357v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Delfaut" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC54642.2022.9924470" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727448v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908288v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Gaborit" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCE55644.2022.9852039" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677994v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033086v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc-Bao Duong" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APS/URSI47566.2021.9704084" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907491v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939115v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939049v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cadieux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rabarot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ledoux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Martinez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guiot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712890v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988731v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181530v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990005v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989995v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009674v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990033v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712891v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021517v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. El Bouayadi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018432v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lamy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339237v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301899v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021025v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Eid" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062178v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brocard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068647v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rasoanoavy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068623v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Deputier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301748v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faly Rasoanoavy" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806607v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734812v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faliniaina Rasoanoavy" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062188v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062192v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jj. Roullard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farcy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Capraro" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068640v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abergel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Rhun" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Defay" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573578v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Melique" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480348v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480338v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480341v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cro&#235;nne" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Borja" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480342v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474418v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574853v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.P. Gaillot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811204v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khalfallaoui" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811205v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018073v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Clay" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018059v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018093v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018087v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chaubet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018107v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018041v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Potet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804715v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Boria" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00804714v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018100v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018131v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Gaillot" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fabre" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier M&#233;lique" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018082v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sadaune" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Bouzouad" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712811v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SaPIW.2019.8781663" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988726v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SaPIW.2018.8401670" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992682v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC.2016.335" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992951v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SaPIW.2016.7496285" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992912v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC.2015.7159600" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992256v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DIC.2014.7152152" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989975v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Roullard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Farcy" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Capraro" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2013-02/29/2052" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572774v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00431413v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05311459v2" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>