--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gregory Lee </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur émérite, Université Jean Moulin-Lyon 3Professeur émérite, Université de St Andrews </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">gregory-lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6304-6581</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">060261730</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">71563819</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000107835164</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’anticolonialisme à la décolonialité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loving Ghosts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Drummer in the Background Keeping Cadence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment 2025 a changé l'écriture de l'histoire récente chinoise (et mondiale)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05001044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How the year 2025 changed writing recent Chinese (and world) history</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrating and displaying China and Chineseness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04302018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes made in China in May 1990 for an hour-long BBC radio documentary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04363572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chinese Laundry between the Two World Wars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04363574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xi Jinping’s ‘China Dream’, technological nightmare and ‘hoodlum diplomacy’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blog : La longue marche de Gregory Lee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Rêve chinois en 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blog : La longue marche de Gregory Lee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les régions «submergées par les flux»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blog : La longue marche de Gregory Lee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Ideology of Work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deng Xiaoping’s birthday, Chinese ‘soft’ power, the re-invention of history and John Lee Hooker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blog : La longue marche de Gregory Lee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The emergence of Chinese nation-state literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05225735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architextuality, archipraxis, interpraxis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05219112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pensée alternative de gauche d'après la deuxième guerre mondiale : Castoriadis, Lefort, Henri Lefebvre, Guy Debord, Vaneigem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Note on Asian American Studies at the University of Chicago 1991-1994</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes made in China in May 1990 for the BBC radio documentary *The Urgent Knocking: New Chinese Writing and the Movement for Democracy*</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Address to members of the SAES (Société des Anglicistes de l'Enseignement Supérieur)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If America Were Really China or How Christopher Columbus Discovered Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00435655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making and Maintaining the Irish Diaspora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00435190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Making and Maintaining of the Irish Diaspora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Chine, la Russie, les États-Unis et la (géo)politique des années 1980 vue depuis le moment « post-historique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Bachelor Sciences Politiques Séminaire "Mondes chinois", Rennes IEP, France. 2025, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Taoïsme aux temps du Coronavirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Histoire culturelle, à distance (coronavirus), France. 2020, pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02510604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intertextualités au 20ème siècle Chine, Japon, Russie, France, États-Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Chinois littérature 5, Maison Internationale des Langues et des Cultures, Lyon, France. 2019, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02300009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’anticolonialisme à la décolonialité et l'Institut franco-chinois de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Autour de l’Institut Franco-Chinois (1921-1950)"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jacqueline ESTRAN; Marie LAUREILLARD; Florent VILLARD, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loving Ghosts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Narrating Love and Care in Global China of Our Time: Mobility, Materiality and Multiplicity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eva Kit Wah MAN, Oct 2024, Hong Kong, Hong Kong SAR China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What does it mean to be “Chinese” outside of China today? Initial Remarks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford China Conversations IV: ‘What does it mean to be “Chinese” outside of China today?’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford China Centre, May 2021, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05271256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Poète Bei Dao 北島 1980-1991</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5e Festival Arts Chine 第五届中国艺术节国际讨论会 Colloque : « Transferts culturels : de la poétique artistique » 文化转场：论艺术诗学</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Si Yan Jin, Centre de recherche Textes et Cultures, Institut Confucius de l’Artois, Université d’Artois, jinsiyanor@gmail.com Chang Ming Peng, Université de Lille, IRHiS, chang-ming.peng@univ-lille3.fr Ye Xin, Université de Paris 8, yexin.pekin@gmail.com, Mar 2019, Arras, Lille, Roubaix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02175733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Story of 'China' on the Belt and Road ——European Discourse and China Imaginary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">丝路大讲堂系列第11期 - Silk Road Lecture Series N°11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 中山大学国际翻译学院 Sun Yat-sen University School of International Studies, Mar 2019, Zhuhai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese Modernity, Irish Modernism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réception internationale de la littérature irlandaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jeanne-Marie Carton-Charron, IETT, Nov 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02397562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chinese Century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Nordin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xue Xinran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bradford Literature Festival</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Bradford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China and the Postcolonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Challenges 2018 Borders, Populism and the Postcolonial condition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Linnaues University: Concurrences in Colonial and Postcolonial Studies, Jun 2018, Vaxjö, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Rêve chinois en 2018 : La Société de l’Incube Spectaculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manufacturing Imaginaries : Censorship, Counter-discourses and tne Technical Society / La Fabrique des imaginaires : Censure, contre-discours et société technicienne, International Conference, IETT, 15-17 November 2018, (video recording) https://www.youtube.com/watch?v=VE4CvRXSJp8&amp;t=115s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IETT, Nov 2018, Lyon,, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China Imagined</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public Lecture: China Imagined: From Western Fantasy to Spectacular Power</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculty of Humanities, University of Saint Joseph, May 2018, Macau, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Question des limites de Zhuangzi à Ellul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Représentations de la nature à l'âge de l'Anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Digitization of the Archives of the Lyon Sino-French Institute 里昂中法大學 – Opportunities, Risks and Ghosts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">School of Chinese Public Lecture Series 2017/2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, School of Chinese, Hong Kong University, May 2018, Hong Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirt, Disease and Dementia: The Irish, the Chinese, and the transferability of racist representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Other's Imagined Diseases: Transcultural Representations of Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese Emigration to America, Chinese Seamen in the United Kingdom, and the Exclusion of the Chinese from Both Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantic relations at the turn of the 21st century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’appelons-nous ‘chinois’ et ‘La Chine’ en Occident ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mots de la Chine. Ruptures, persistances, émergences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté de Philosophie et Sciences Sociales, Université Libre de Bruxelles, May 2016, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decolonizing Epistemologies, Methodologies and Ethics: Postcolonial-Feminist Interventions - The perspective from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exzellenzcluster „Die Herausbildung normativer Ordnungen“ an der Goethe-Universität Frankfurt am Main: Decolonizing Epistemologies, Methodologies and Ethics: Postcolonial-Feminist Interventions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Exzellenzcluster „Die Herausbildung normativer Ordnungen“ an der Goethe-Universität Frankfurt am Main (Frankfurt Centre for Postcolonial Studies, Cluster of Excellence: The Formation of Normative Orders), Jul 2015, Frankfurt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Telling Chinese Stories Using documentary drama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th EastAsiaNet Workshop:"Memory in East Asia: Ruptured Pasts, Contested Presents, Uncertain Futures"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EastAsiaNet, Apr 2014, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02071452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration et diaspora chinoises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Huaqiao: Regards sur les présences chinoises à Valence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre du patrimoine armenien, Valence, Mar 2013, Valence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Amérique, A-¬mei-¬li-¬ga and Métissage”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rethinking American Studies: Media, Languages and Geographies Conference'' Hosted by The National Library of Sweden.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Stockholm, Sweden. pp.249-269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconceptualizing Migration and Diaspora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Irish Academy Modern Languages Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Irish Academy, Nov 2011, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Very Unsung Heroes: The Chinese Seamen who Served Britain. and their Forced Repatriation”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">University of Liverpool Cathedral Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Liverpool Continuing Education, May 2010, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China and Ireland – Partners in Crimes of History</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third Annual Conference of the Association for Chinese Studies in Ireland “China and Ireland: Old Countries, New Dreams ”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Irish Institute for Chinese Studies at University College Dublin and UCD Confucius Institute for Ireland, Apr 2010, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Destruction de la mémoire, invention de la tradition dans le paysage urbain chinois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International « Espace de l'esthétique, esthétiques de l'espace »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00366477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SINOPOLIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SINOPOLIS: "Chineseness" and the Modern Chinese City</w:t></w:r><w:br/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plenary Lecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Northampton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00322907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bert Hardy's Chinatown: May 1942</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bert Hardy's Chinatown, May 1942: Illustrated Lecture, </w:t></w:r><w:br/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">- a Cultures in Transit Conference event.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00322532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « civilisation » dans les imaginaires asiatiques et occidentaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retour de « Civilisations(s) » ? Un concept controversé à l’épreuve des Sciences de l’Homme - Journée d’études internationale et interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lionel Obadia, le CREA, Université Lyon 2, Nov 2008, Bron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking Asia for an Object – The Big Mis­Take</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EastAsiaNet.eu Workshop: Mistaking Asia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Leeds, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00322535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CHINESE MIGRANTS AND THE “INUNDATION” METAPHOR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EastAsiaNet Workshop</w:t></w:r><w:br/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Framing Risk: Hazard Perceptions as a Crucial Factor in Imagining East Asia"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, LUND, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Chinese is it?' Chinese Diaspora and Transcultural Biographies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arif Dirlik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zwischen Welten Denken: Diskussionsrehe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Haus der Kulturen der Welt (House of World Cultures), Berlin &amp; Einstein Forum, Potsdam, Jun 2001, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Chinese is it?' Chinese Diaspora and Transcultural Biographies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arif Dirlik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zwischen Welten Denken: Diskussionsrehe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Haus der Kulturen der Welt (House of World Cultures), Berlin &amp; Einstein Forum, Potsdam, Jun 2001, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions to Global Thinking from the Space We Have Imagined as China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, 18pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05237508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Drummer in the Background</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Kong, China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, https://www.hurstpublishers.com/hong-kong-china-twenty-two-years-on/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Lies Behind China/Chinese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02071187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">里昂中法大学档案的数字化</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">欧洲如何想象中国 --兼论“一带一路”与欧洲当代汉学新走向</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendering coherent the cultural and creative achievements that constitute the European tradition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contemporary artistic practices and creative interactions: towards an intercultural space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The richness and diversity of European culture is a sure way to address and overcome deficits in European citizens’ identification with the European Union.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Missing Hong Kong Booksellers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning a handbook on formal and informal education of European creative practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding Europe Promoting the European, Public and Cultural Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Monde - Tribune : A qui profite la visite du président chinois à Lyon ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A qui profite la visite du président chinois à Lyon ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Après Simon Leys : lettre ouverte aux sinologues et défenseurs des droits humains”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Kong ou la construction d’une identité démocratique autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">#chinesevirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, https://postcolonialpolitics.org/chinesevirus-racism-behind-covid-19/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liver Birds and Laundrymen: Europe's Earliest Chinatown</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00322929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Urgent Knocking: New Chinese Writing and the Movement for Democracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian May</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reading and Writing Global Hong Kong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Wong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18, 2024, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12u1q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04821645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (70)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : Histoire et langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12u1q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04821704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“CHINESE” STUDIES FOR THE 21 st CENTURY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian Affairs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 54 (3), pp.419-431. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03068374.2023.2244313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Kong echoes across English ghost lands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Postcolonial Writing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17449855.2023.2281405⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04360923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Contextual Introduction (English version)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12u2e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04821722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartooning China: Punch, Power, & Politics in the Victorian Era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Intellectual History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23801883.2023.2201684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Kong Writing Today</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Writing Chinese: A Journal of Contemporary Sinophone Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (1), pp.3-15. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22599/wcj.41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04360926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“CHINESE” STUDIES FOR THE 21 st CENTURY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian Affairs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 54 (3), pp.419-431. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03068374.2023.2244313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese poetry and translation: rights and wrongs edited by Maghiel van Crevel and Lucas Klein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese literature, essays, articles, reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 45, pp.318-323</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’avant-propos du hors-série « Hong Kong » de Jentayu.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jentayu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Hors-séries</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nationalism Unbound: China, Hong Kong and Brexit through the Prism of Castoriadis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediapart</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02457536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Need for Limits After the Time of the Coronavirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediapart</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02522894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Macau-Liverpool Border</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cha: an Asian literary journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiananmen: Lives of the Poets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cha: an Asian literary journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, June-July 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongkong ou l’angoisse de la contagion autonomiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Libération</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02291556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An English Poet from the Liverpool Cantonese Borderlands — Jennifer Lee Tsai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediapart</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02343589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà des limites : pour un nouvel imaginaire culturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Représentations de la nature à l'âge de l'anthropocène : Representing Nature in the Age of the Anthropocene, 13, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transtexts.1223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02176067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirty, Diseased and Demented : the Irish, the Chinese, and Racist Representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, The Other’s Imagined Diseases. Transcultural Representations of Health, 12, </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transtexts.1011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « Marche sur Lyon » ou le conte des deux forts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Géopolitique de la connaissance et transferts culturels, 9, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transtexts.514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Ghetto at the Center of the World: Chungking Mansions, Hong Kong. Gordon Mathews. Chicago and London: The University of Chicago Press, 2011. xi + 241 pp. $19.00. ISBN 978-0-226-51020-0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.252-254. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741012000288⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cadeau empoisonné de Versailles ou la Chine à la manivelle de l'orgue de barbarie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Décoloniser les savoirs : Internationalisation des débats et des luttes, 72 (4), pp.79-88. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mouv.072.0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nobel Peace Prize Winner Liu Xiaobo and David Cameron's Poppy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Postcolonial Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 14 (4), pp.415-428. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13688790.2011.641915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creació i manteniment de la diàspora irlandesa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DCIDOB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Irlanda, de l’eufòria al desencís, 111, pp.27-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">远行与发现</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guan 冠小叶 Xiaoye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">现代中文学刊 Journal of Modern Chinese Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3, pp.45-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">战后政治经济领域内极为最有想象力合分析力的思想家略谈in跨文化对话 “Zhanhou zhengzhijingji lingyunei jiwei zui you xiangxiangli he fenxili de sixiangjia lüetan”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhang Jingling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">跨文化对话 = Dialogue Transculturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 25, pp.299-¬303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176169v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modern China's Long Decade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wasafiri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 23 (3), pp.5-12. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02690050802205118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00266407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wasafiri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 23 (3), pp.43-44. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02690050802205332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La representación de los chinos en el imaginario de los occidentales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anuario Asia Pacifico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.381-388</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial-Introduction Transtext(e)sTranscultures N°2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 2, pp.1-6. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transtexts.61⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Other People's Heroes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gramma : journal of theory and criticism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 13, pp.115-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00188520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Other People's Heroes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gramma : journal of theory and criticism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 13, pp.115-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Leaving China: Media, Migration and Transnational Imagination . By Wanning Sun . [Lanham, Boulder, London, Oxford: Rowman and Littlefield, 2002. 243 pp. $24.95. ISBN 0-7425-1797-7.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.536-537. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741004400290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Jean François Billeter. Chine trois fois muette. Paris. 2000.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études Chinoises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, pp.343-349</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Soul of Chaos: Critical Perspectives on Gao Xingjian. Edited by Kwok - Kan Tam . [Hong Kong: Chinese University Press, 2001. 345 pp. $38.00. ISBN 962-201-993-5.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, pp.477-502. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0009443902380288⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le langage lyrique en Chine populaire : la modernité et l'après-Mao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots: les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 66 (66), pp.125-133. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/mots.2001.2596⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Li Xia (dir et trad). Essays, Interviews, Recollections and Unpublished Material of Gu Cheng, Twentieth-Century Chinese Poet: The Poetics of Death. Lewiston. Edward Mellen Press. 1999. 433pp.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue bibliographique de sinologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Textes, oublis, histoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vacarme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 11, pp.56-57. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vaca.011.0056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversations with Gao Xingjian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Dutrait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 167, pp.738-748. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0009443901000419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Made in HK ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vacarme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vaca.011.0070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reprendre la montagne du tigre en passant par Dallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vacarme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 13, pp.50-51. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vaca.013.0050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wicked Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sunny S K Lam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Futures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 30 (10), pp.967-979. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0016-3287(98)00099-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paddy's chinatown: A short history of a Liverpool hybridity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interventions: International Journal of Postcolonial Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 1 (1), pp.97-124. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13698019800510171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chineseness’ and MTV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kültür ve İletişim - Culture and Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 1 (2), pp.181-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review Article. Misogyny, Cultural Nihilism, and Oppositional Politics: Contemporary Chinese Experimental Fiction. Stanford University Press.1995. By Lu Tonglin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China Review International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 5 (1), pp.194-197. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/cri.1998.0083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of High Culture Fever: Politics, Aesthetics, and Ideology in Deng's China. By Jing Wang. Berkeley: University of California Press, 1996. x, 399 pp. $50.00 (cloth); $20.00 (paper).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Asian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, pp.509-511. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/2658865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The British Imperial Addiction: Ideology and Economics and the Chinese Consumption of Opium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Paper Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, pp.1-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ‘East is red’ goes pop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 14 (1), pp.95-110. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0261143000007649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Fictional Realism in Twentieth-Century China: Mao Dun, Lao She, Shen Congwen. By David Der-wei Wang. [New York: Columbia University Press, 1992. 367 pp. $52.00.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, pp.278-279. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000034561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Along the Road of Broad Realism: Qin Zhaoyang's World of Fiction. By Vibeke Børdhal. [London: Curzon Press, 1990. Scandinavian Monograph Series, No 59. 178 pp. £10.50.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, pp.1020-1021. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000032719⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Like a Knife: Ideology and Genre in Contemporary Chinese Popular Music. By Andrew F. Jones. Ithaca: Cornell East Asia Series, East Asia Program, 1992. viii, 180 pp. $9.50.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Asian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, pp.983-984. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/2059363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review Article: Modern Chinese Women Writers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modern Chinese Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, pp.155-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Deathsong of the River: A Reader's Guide to the Chinese TV Series Heshang. By Su Xiaokang and Wang Luxiang. Introduced, translated and annotated by Richard W. Bodman and Pin P. Wan. [Ithaca, New York: Cornell University East Asia Program, East Asia Series No. 54, 1991. 349 pp. $15.00. ISBN 0 939657 54 6.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, pp.586-586. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000014028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Bolshevik Salute: A Modernist Chinese Novel. By Wang Meng, translated by Wendy Larson. [London: University of Washington Press, 1989. 154 pp. $19.95.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, pp.1192-1193. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000045756⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note on 'I’ve Always Delighted in a Shaft of Light in the Depth of Night' by Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Manhattan Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 6 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Introduction to Duoduo’s Work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Manhattan Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 6 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166365v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of The Dead in Exile. By Yang Lian, translated by Mabel Lee. [Kingston ACT: Tiananmen Publications, 1990. 77 pp.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, pp.859-859. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000004586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Woman and Chinese Modernity: The Politics of Reading Between West and East. By Rey Chow. Theory and History of Literature, Volume 75. Minneapolis and Oxford: University of Minnesota Press, 1991. 200 pp. $14.95 (paper).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Asian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, pp.904-905. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/2058562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Masks and Crocodile: A Contemporary Chinese Poet and His Poetry. By Yang Lian. Translated and introduced by Mabel Lee. Illustrations by Li Liang. [Sydney: Wild Peony, 1990. 146 pp.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, pp.385-386. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000005439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of La Littérature Chinoise Contemporaine–Tradition et Modernité: le Collogue d'Aix-en-Provence, le 8 Juin 1988. Preface by Noel Dutrait. [Aix-en-Provence: Publications de l'universite de Prose vence, 1989. 35 pp.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, pp.745-746. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000031611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Worlds Apart: Recent Chinese Writing and its Audiences. Edited by Howard Goldblatt. [Armonk, New York: M. E. Sharpe, Inc., 1990. 256 pp. $39.50.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, pp.744-745. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S030574100003160X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Between Fact and Ficiton: Essays on Post-Mao Chinese Literature and Society. By Kam Louie with a foreword by Pierre Ryckmans[Simon Leys]. [Broadway, NSW: Wild Peony Ltd, 1989. 158 pp.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, pp.743-744. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000031593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Seeds of Fire: Chinese voices of Conscience. Edited by Barme Geremie and Minford John. [Newcastle upon Tyne: Bloodaxe Books, 1989. 491 pp. £7–95.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, pp.561-563. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000019123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Dai Wangshu zai Faguo” 戴望舒在法國</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xianggang Wenxue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 67, pp.18-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Black Walls and Other Stories. By Liu Xinwu. Edited by Don J. Cohn with an introduction by Geremie Barme. [Hong Kong: The Research Centre for Translation, The Chinese University of Hong Kong, Renditions paperbacks, 1990. 214 pp.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, pp.746-748. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000031623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of The August Sleepwalker By Bei Dao. Translated by S. McDougall Bonnie [London: Anvil Press Poetry Ltd, 1988. £5.95.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, pp.149-151. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000013710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Waves. By Bei Dao. Translated by Bonnie S. Mcdougall and Susette Cook. [London: Heinemann, 1987. 234 pp. £11.95.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, pp.152-154. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000023730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unha camelia branca para Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cayley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís González Tosar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dorna : Expresión poética galega</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duoduo's View from Death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Index on Censorship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 18 (8), pp.22-24. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03064228908534700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Western Influences in the Poetry of Dai Wangshu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modern Chinese Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 3 (1/2), pp.7-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese Writing Today</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inside Asia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1986, July-August, pp.39-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Nancy Ing (ed. and tr.): Summer glory a collection of contemporary Chinese poetry. (Asian Library Series, 31.) xxiii, 171 pp. Taipei: Chinese Materials Center, 1982.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the School of Oriental and African Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1984, pp.585-585. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0041977X00114120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The order of interaction within an “artistic” program financed by an industrial company under French law for the attention of its Chinese workers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paldacci Fanny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lincot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Humanities and Social Sciences. Université Lyon III Jean Moulin, 2024. English. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04950391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huang Zunxian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Creators of modern China: 100 lives from empire to republic 1796-1912</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.203-205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huang Zunxian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Harrison-Hall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Lovell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">British Museum. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Creators of modern China : 100 lives from empire to republic 1796-1912</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thames and Hudson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.203-205, 2023, 9780500480809</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-Propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jentayu, Hors-série n° 5 Hong Kong</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jentayu, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tagore’s China, Yeats’ Orient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amrita Ghosh; Elizabeth B Redwine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tagore and Yeats: A Postcolonial Re-envisioning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brill, pp.107-123, 2022, Cross/Cultures Volume 217, 978-90-04-49884-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04313478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tagore’s China, Yeats’s Orient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amrita Ghosh, Elizabeth B Redwine,. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tagore and Yeats: A Postcolonial Re-envisioning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fooling the World or Fooling Itself: China’s Spectacular-Oneiric Society</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniele Brombral. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studi e ricerche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, Edizioni Ca'Foscari, 2017, Proceedings of the XV East Asia Net Research Workshop, 978-88-6969-210-9. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14277/6969-190-4/SR-12-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sortie 13</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Caritoux; Florent Villard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelles psychogéographies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Mimésis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, l'oeil et l'esprit, 978-88-6976-028-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If America Were Really China or How Christopher Columbus Discovered Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">National Library of Sweden. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Media, Popular Culture, and the American Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Libbey, pp.249-269, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No More Heroes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gauthier, Brigitte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viva Pinter: Harold Pinter's Spirit of Resistance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.161-167, 2009, (Collection: European Connections Vol. 30)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00436466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preamble, Introduction and Epilogue to &amp;quot;China's Lost Decade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China's Lost Decade: Cultural Politics and Poetics 1978-1990 - In Place of History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Tigre de Papier, 391 p., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00385268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo: An Impossible Farewell, or, Exile between Revolution and Modernism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yibing Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cayley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yibing Huang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary Chinese Literature: From the Cultural Revolution to the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave Macmillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.19-61, 2007, 978-1-349-53840-9 ; 978-0-230-60875-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One Evening in the Rainy Season</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shi Zhecun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joseph S. M. Lau, Howard Goldblatt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Columbia Anthology of Modern Chinese Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Columbia University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.116-124, 2007, 9780231138406; 0231138407; 9780231138413; 0231138415</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainy Alley, Written on a Prison Wall, With My Injured Hand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dai Wangshu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joseph S. M. Lau, Howard Goldblatt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Columbia Anthology of Modern Chinese Literature (second edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Columbia University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.513-515, 2007, 9780231138406; 0231138407; 9780231138413; 0231138415</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consuming cultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">U.Dagmar Cheu, José Saura Sánchez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discourse and International Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.203-219, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La jeunesse urbaine marginale dans deux films chinois et français contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">淡江大學法國與文學系. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque sur "La Ville et la Modernité" ‘城市與現代性’國際討論會論文集</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.121-127, 2004, 986-7385-08-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wicked cities : Culture cybernétique et réimagination de l'identité dans la métropole &amp;quot;non-occidentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sunny S K Lam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gregory B. Lee. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modernités chinoises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AEC-UJM, pp.101-117, 2004, 2-9517463-2-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gregory B. Lee; AEC-UJM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modernités chinoises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2-9517463-2-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mulan Trade-marked</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gregory B. Lee. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modernités chinoises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AEC-UJM, pp.224-236, 2004, 2-9517463-2-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'opium et le Chinois dans le discours colonialiste »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Evelyne Hanquart-Turner. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Empire et son double : Pouvoir et légitimité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N° 33, Silex/Nouvelles du sud, pp.35-47, 2003, 978-2379180309</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wicked Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sunny S K Lam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aliens R Us: The Other in Science Fiction Cinema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pluto Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 978-0745315393</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Five Poems by Duoduo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henry YH Zhao, Yanbing Chen, and John Rosenwald. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fissures: Chinese Writing Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zephyr Press, Brookline, MA, pp.58-63, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">There Is No, Watching the Sea, Instant, Only One</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henry Y.H. Zhao &amp; John Cayley, Foreword by Gary Snyder. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abandoned Wine - Chinese Writing TODAY</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Wellsweep, pp.164-167, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poems (5) Windmill, Crossing the Seam Residents, They, In England</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henry Y.H. Zhao &amp; John Cayley. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Under-Sky Underground: Chinese Writing TODAY</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Wellsweep, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fugitives: Translation of a Play by Gao Xingjian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for East Asian Studies, University of Chicago, Chicago, Ill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Writing in Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, pp.89-137, 1993, Select papers, University of Chicago Center for East Asian Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contemporary Chinese Poetry, Exile and the Potential of Modernism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for East Asian Studies, University of Chicago, Chicago, Ill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Writing in Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, pp.55-77, 1993, Select papers, University of Chicago Center for East Asian Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese Writing and Exile: Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for East Asian Studies, University of Chicago, Chicago, Ill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Writing and Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, pp.ii-vii, 1993, Select papers, University of Chicago Center for East Asian Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to Chinese Writing and Exile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for East Asian Studies, University of Chicago, Chicago, Ill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Writing and Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, pp.ii-vii, 1993, Select papers, University of Chicago Center for East Asian Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translations of Exile Poems by Duoduo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for East Asian Studies, University of Chicago, Chicago, Ill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Writing in Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, pp.139-146, 1993, Select papers, University of Chicago Center for East Asian Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dai Wangshu 戴望舒 Zainan de suiyue 災難的歲月 Years of Disaster 1948</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lloyd Haft. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Selective Guide to Chinese literature 1900-1949</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IV, E.J.Brill, pp.88-93, 1989, The Poem, 9004090983</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dai Wangshu 戴望舒 Wangshu cao 望舒草 Rough Drafts of Wangshu 1933</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lloyd Haft. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Selective Guide to Chinese literature 1900-1949</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IV, E.J.Brill, pp.84-88, 1989, The Poem, 9004090983</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wang Yaping 王亞平 Dushi de dong 都市的冬1935</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lloyd Haft. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Selective Guide to Chinese literature 1900-1949</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IV, E.J.Brill, pp.224-227, 1989, The Poem, 9004090983</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">第八位中國商人與消失嘅海員/The Eighth Chinese Merchant and the Disappeared Seamen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huang Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongling Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Poon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">手民出版社 Typesetter Publishing, 2022, 978-988-74162-1-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04306531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China Imagined</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hurst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9781787380165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China Dreaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tigre de Papier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China's Lost Decade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zephyr Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 978-0983297000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Spectre hante la Chine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tigre de papier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 978-2-917969-12-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modernités chinoises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">AEC-UJM. 2004, 2-9517463-2-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinas Unlimited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge; Hawai'i University Press, 2003, 0700714928</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Chine et le spectre de l'Occident : contestation poétique, modernité et métissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Syllepse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-248, 2002, 2913165737</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02181883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubadours, Trumpeters, Troubled Makers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duke University Press. , pp.1-296, 1996, 1850652198 ; 1850652651 ; 9781850652199 ; 9781850652656</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking Out From Death; Wishful Thinking is the Master of Reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forché Carolyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carolyn Forché. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. W. Norton &amp; Co.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.761-762, 1993, Against Forgetting: Twentieth-Century Poetry of Witness, ISBN-13: 978-0393309768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cayley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wellsweep, 1989, Wellsweep Chinese poets ; 2, John Cayley, 0948454067 ; 9780948454066</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dai Wangshu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chinese University Press, Hong Kong. , pp.i-xvi, 1-362, 1989, 9622014089 ; 9789622014084</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking Out from Death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cayley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bloomsbury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 0747505551 ; 9780747505556</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dai Wangshu : Selected Poems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">G.B. Lee. pp.1-49, 1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ai Qing: Un poema para Neruda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán Rosenkranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspar Orozco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04306520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">It's just like before</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tinfish #3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, pp.41-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two Poems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manoa 6,1 (Summer): Post-Tiananmen Square</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, pp.155, 156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duoduo Translated from the Chinese by Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1992</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Residents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1991, pp.105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duoduo Translated from the Chinese by Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poems by Duoduo [Duo Duo]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Index on Censorship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, pp.23-23. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03064228908534701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond the National Culture/Global Culture Paradigm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanities in the European Research Area Transnational Collaborative Research Project in “Cultural Dynamics: Inheritance and Identity,” HERA Joint Research Programme Matchmaking Event.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Paris, France. Humanities in the European Research Area Transnational Collaborative Research Project in “Cultural Dynamics: Inheritance and Identity,” HERA Joint Research Programme Matchmaking Event. “Maison de l’Amérique Latine” Paris. HERA mobility grant. 19 April 2008., 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese Writing and Exile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for East Asian Studies, University of Chicago, Chicago, Ill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Writing and Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1991, Chicago, United States. 7, pp.i-vii, 1-146, 1993, Select papers, University of Chicago Center for East Asian Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lunch during the conference called to re-establish the literary magazine Jintian - TODAY as a an exile publication, May 1990, Stockholm.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Gregory B. Lee, Stockholm, Sweden. 1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02194021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId324"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gregory Lee </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur émérite, Université Jean Moulin-Lyon 3Professeur émérite, Université de St Andrews </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">gregory-lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6304-6581</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">060261730</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">71563819</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000107835164</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’anticolonialisme à la décolonialité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loving Ghosts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Drummer in the Background Keeping Cadence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment 2025 a changé l'écriture de l'histoire récente chinoise (et mondiale)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05001044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How the year 2025 changed writing recent Chinese (and world) history</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrating and displaying China and Chineseness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04302018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes made in China in May 1990 for an hour-long BBC radio documentary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04363572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chinese Laundry between the Two World Wars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04363574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xi Jinping’s ‘China Dream’, technological nightmare and ‘hoodlum diplomacy’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blog : La longue marche de Gregory Lee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Rêve chinois en 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blog : La longue marche de Gregory Lee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les régions «submergées par les flux»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blog : La longue marche de Gregory Lee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Ideology of Work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deng Xiaoping’s birthday, Chinese ‘soft’ power, the re-invention of history and John Lee Hooker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blog : La longue marche de Gregory Lee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The emergence of Chinese nation-state literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05225735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architextuality, archipraxis, interpraxis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05219112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pensée alternative de gauche d'après la deuxième guerre mondiale : Castoriadis, Lefort, Henri Lefebvre, Guy Debord, Vaneigem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Note on Asian American Studies at the University of Chicago 1991-1994</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes made in China in May 1990 for the BBC radio documentary *The Urgent Knocking: New Chinese Writing and the Movement for Democracy*</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Address to members of the SAES (Société des Anglicistes de l'Enseignement Supérieur)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If America Were Really China or How Christopher Columbus Discovered Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00435655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making and Maintaining the Irish Diaspora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00435190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Making and Maintaining of the Irish Diaspora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’anticolonialisme à la décolonialité et l'Institut franco-chinois de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Autour de l’Institut Franco-Chinois (1921-1950)"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jacqueline ESTRAN; Marie LAUREILLARD; Florent VILLARD, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loving Ghosts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Narrating Love and Care in Global China of Our Time: Mobility, Materiality and Multiplicity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eva Kit Wah MAN, Oct 2024, Hong Kong, Hong Kong SAR China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What does it mean to be “Chinese” outside of China today? Initial Remarks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford China Conversations IV: ‘What does it mean to be “Chinese” outside of China today?’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford China Centre, May 2021, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05271256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Poète Bei Dao 北島 1980-1991</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5e Festival Arts Chine 第五届中国艺术节国际讨论会 Colloque : « Transferts culturels : de la poétique artistique » 文化转场：论艺术诗学</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Si Yan Jin, Centre de recherche Textes et Cultures, Institut Confucius de l’Artois, Université d’Artois, jinsiyanor@gmail.com Chang Ming Peng, Université de Lille, IRHiS, chang-ming.peng@univ-lille3.fr Ye Xin, Université de Paris 8, yexin.pekin@gmail.com, Mar 2019, Arras, Lille, Roubaix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02175733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Story of 'China' on the Belt and Road ——European Discourse and China Imaginary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">丝路大讲堂系列第11期 - Silk Road Lecture Series N°11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 中山大学国际翻译学院 Sun Yat-sen University School of International Studies, Mar 2019, Zhuhai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese Modernity, Irish Modernism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réception internationale de la littérature irlandaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jeanne-Marie Carton-Charron, IETT, Nov 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02397562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chinese Century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Nordin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xue Xinran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bradford Literature Festival</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Bradford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China and the Postcolonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Challenges 2018 Borders, Populism and the Postcolonial condition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Linnaues University: Concurrences in Colonial and Postcolonial Studies, Jun 2018, Vaxjö, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Rêve chinois en 2018 : La Société de l’Incube Spectaculaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manufacturing Imaginaries : Censorship, Counter-discourses and tne Technical Society / La Fabrique des imaginaires : Censure, contre-discours et société technicienne, International Conference, IETT, 15-17 November 2018, (video recording) https://www.youtube.com/watch?v=VE4CvRXSJp8&amp;t=115s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IETT, Nov 2018, Lyon,, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China Imagined</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public Lecture: China Imagined: From Western Fantasy to Spectacular Power</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculty of Humanities, University of Saint Joseph, May 2018, Macau, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Question des limites de Zhuangzi à Ellul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Représentations de la nature à l'âge de l'Anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Digitization of the Archives of the Lyon Sino-French Institute 里昂中法大學 – Opportunities, Risks and Ghosts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">School of Chinese Public Lecture Series 2017/2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, School of Chinese, Hong Kong University, May 2018, Hong Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirt, Disease and Dementia: The Irish, the Chinese, and the transferability of racist representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Other's Imagined Diseases: Transcultural Representations of Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese Emigration to America, Chinese Seamen in the United Kingdom, and the Exclusion of the Chinese from Both Countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transatlantic relations at the turn of the 21st century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’appelons-nous ‘chinois’ et ‘La Chine’ en Occident ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mots de la Chine. Ruptures, persistances, émergences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté de Philosophie et Sciences Sociales, Université Libre de Bruxelles, May 2016, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decolonizing Epistemologies, Methodologies and Ethics: Postcolonial-Feminist Interventions - The perspective from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exzellenzcluster „Die Herausbildung normativer Ordnungen“ an der Goethe-Universität Frankfurt am Main: Decolonizing Epistemologies, Methodologies and Ethics: Postcolonial-Feminist Interventions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Exzellenzcluster „Die Herausbildung normativer Ordnungen“ an der Goethe-Universität Frankfurt am Main (Frankfurt Centre for Postcolonial Studies, Cluster of Excellence: The Formation of Normative Orders), Jul 2015, Frankfurt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Telling Chinese Stories Using documentary drama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th EastAsiaNet Workshop:"Memory in East Asia: Ruptured Pasts, Contested Presents, Uncertain Futures"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EastAsiaNet, Apr 2014, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02071452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration et diaspora chinoises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Huaqiao: Regards sur les présences chinoises à Valence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre du patrimoine armenien, Valence, Mar 2013, Valence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Amérique, A-¬mei-¬li-¬ga and Métissage”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rethinking American Studies: Media, Languages and Geographies Conference'' Hosted by The National Library of Sweden.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Stockholm, Sweden. pp.249-269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconceptualizing Migration and Diaspora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Irish Academy Modern Languages Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Irish Academy, Nov 2011, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Very Unsung Heroes: The Chinese Seamen who Served Britain. and their Forced Repatriation”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">University of Liverpool Cathedral Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Liverpool Continuing Education, May 2010, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China and Ireland – Partners in Crimes of History</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third Annual Conference of the Association for Chinese Studies in Ireland “China and Ireland: Old Countries, New Dreams ”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Irish Institute for Chinese Studies at University College Dublin and UCD Confucius Institute for Ireland, Apr 2010, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Destruction de la mémoire, invention de la tradition dans le paysage urbain chinois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International « Espace de l'esthétique, esthétiques de l'espace »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00366477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bert Hardy's Chinatown: May 1942</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bert Hardy's Chinatown, May 1942: Illustrated Lecture, </w:t></w:r><w:br/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">- a Cultures in Transit Conference event.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00322532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SINOPOLIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SINOPOLIS: "Chineseness" and the Modern Chinese City</w:t></w:r><w:br/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plenary Lecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Northampton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00322907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « civilisation » dans les imaginaires asiatiques et occidentaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retour de « Civilisations(s) » ? Un concept controversé à l’épreuve des Sciences de l’Homme - Journée d’études internationale et interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lionel Obadia, le CREA, Université Lyon 2, Nov 2008, Bron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking Asia for an Object – The Big Mis­Take</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EastAsiaNet.eu Workshop: Mistaking Asia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Leeds, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00322535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CHINESE MIGRANTS AND THE “INUNDATION” METAPHOR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EastAsiaNet Workshop</w:t></w:r><w:br/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Framing Risk: Hazard Perceptions as a Crucial Factor in Imagining East Asia"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, LUND, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Chinese is it?' Chinese Diaspora and Transcultural Biographies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arif Dirlik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zwischen Welten Denken: Diskussionsrehe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Haus der Kulturen der Welt (House of World Cultures), Berlin &amp; Einstein Forum, Potsdam, Jun 2001, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Chinese is it?' Chinese Diaspora and Transcultural Biographies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arif Dirlik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zwischen Welten Denken: Diskussionsrehe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Haus der Kulturen der Welt (House of World Cultures), Berlin &amp; Einstein Forum, Potsdam, Jun 2001, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02266038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Chine, la Russie, les États-Unis et la (géo)politique des années 1980 vue depuis le moment « post-historique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Bachelor Sciences Politiques Séminaire "Mondes chinois", Rennes IEP, France. 2025, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Taoïsme aux temps du Coronavirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Histoire culturelle, à distance (coronavirus), France. 2020, pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02510604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intertextualités au 20ème siècle Chine, Japon, Russie, France, États-Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Chinois littérature 5, Maison Internationale des Langues et des Cultures, Lyon, France. 2019, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02300009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions to Global Thinking from the Space We Have Imagined as China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, 18pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05237508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Drummer in the Background</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Kong, China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, https://www.hurstpublishers.com/hong-kong-china-twenty-two-years-on/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02175511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Lies Behind China/Chinese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02071187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">里昂中法大学档案的数字化</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">欧洲如何想象中国 --兼论“一带一路”与欧洲当代汉学新走向</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendering coherent the cultural and creative achievements that constitute the European tradition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contemporary artistic practices and creative interactions: towards an intercultural space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The richness and diversity of European culture is a sure way to address and overcome deficits in European citizens’ identification with the European Union.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Missing Hong Kong Booksellers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning a handbook on formal and informal education of European creative practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding Europe Promoting the European, Public and Cultural Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Monde - Tribune : A qui profite la visite du président chinois à Lyon ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A qui profite la visite du président chinois à Lyon ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Après Simon Leys : lettre ouverte aux sinologues et défenseurs des droits humains”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Kong ou la construction d’une identité démocratique autonome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02070001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">#chinesevirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, https://postcolonialpolitics.org/chinesevirus-racism-behind-covid-19/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liver Birds and Laundrymen: Europe's Earliest Chinatown</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00322929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Urgent Knocking: New Chinese Writing and the Movement for Democracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian May</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reading and Writing Global Hong Kong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Wong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18, 2024, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12u1q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04821645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (70)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : Histoire et langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12u1q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04821704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“CHINESE” STUDIES FOR THE 21 st CENTURY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian Affairs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 54 (3), pp.419-431. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03068374.2023.2244313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Kong echoes across English ghost lands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Postcolonial Writing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17449855.2023.2281405⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04360923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Contextual Introduction (English version)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12u2e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04821722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartooning China: Punch, Power, & Politics in the Victorian Era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Intellectual History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23801883.2023.2201684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Kong Writing Today</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Writing Chinese: A Journal of Contemporary Sinophone Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (1), pp.3-15. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22599/wcj.41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04360926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“CHINESE” STUDIES FOR THE 21 st CENTURY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian Affairs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 54 (3), pp.419-431. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03068374.2023.2244313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese poetry and translation: rights and wrongs edited by Maghiel van Crevel and Lucas Klein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese literature, essays, articles, reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 45, pp.318-323</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’avant-propos du hors-série « Hong Kong » de Jentayu.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jentayu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Hors-séries</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nationalism Unbound: China, Hong Kong and Brexit through the Prism of Castoriadis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediapart</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02457536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Need for Limits After the Time of the Coronavirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediapart</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02522894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Macau-Liverpool Border</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cha: an Asian literary journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiananmen: Lives of the Poets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cha: an Asian literary journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, June-July 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02299808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An English Poet from the Liverpool Cantonese Borderlands — Jennifer Lee Tsai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediapart</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02343589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongkong ou l’angoisse de la contagion autonomiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Libération</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02291556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà des limites : pour un nouvel imaginaire culturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Représentations de la nature à l'âge de l'anthropocène : Representing Nature in the Age of the Anthropocene, 13, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transtexts.1223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02176067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirty, Diseased and Demented : the Irish, the Chinese, and Racist Representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, The Other’s Imagined Diseases. Transcultural Representations of Health, 12, </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transtexts.1011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « Marche sur Lyon » ou le conte des deux forts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Géopolitique de la connaissance et transferts culturels, 9, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transtexts.514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Ghetto at the Center of the World: Chungking Mansions, Hong Kong. Gordon Mathews. Chicago and London: The University of Chicago Press, 2011. xi + 241 pp. $19.00. ISBN 978-0-226-51020-0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.252-254. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741012000288⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cadeau empoisonné de Versailles ou la Chine à la manivelle de l'orgue de barbarie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Décoloniser les savoirs : Internationalisation des débats et des luttes, 72 (4), pp.79-88. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mouv.072.0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nobel Peace Prize Winner Liu Xiaobo and David Cameron's Poppy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Postcolonial Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 14 (4), pp.415-428. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13688790.2011.641915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creació i manteniment de la diàspora irlandesa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DCIDOB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Irlanda, de l’eufòria al desencís, 111, pp.27-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">远行与发现</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guan 冠小叶 Xiaoye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">现代中文学刊 Journal of Modern Chinese Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3, pp.45-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">战后政治经济领域内极为最有想象力合分析力的思想家略谈in跨文化对话 “Zhanhou zhengzhijingji lingyunei jiwei zui you xiangxiangli he fenxili de sixiangjia lüetan”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhang Jingling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">跨文化对话 = Dialogue Transculturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 25, pp.299-¬303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176169v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modern China's Long Decade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wasafiri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 23 (3), pp.5-12. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02690050802205118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00266407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wasafiri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 23 (3), pp.43-44. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02690050802205332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La representación de los chinos en el imaginario de los occidentales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anuario Asia Pacifico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.381-388</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial-Introduction Transtext(e)sTranscultures N°2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transtext(e)s Transcultures : Journal of Global Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 2, pp.1-6. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transtexts.61⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Other People's Heroes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gramma : journal of theory and criticism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 13, pp.115-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00188520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Other People's Heroes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gramma : journal of theory and criticism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 13, pp.115-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Leaving China: Media, Migration and Transnational Imagination . By Wanning Sun . [Lanham, Boulder, London, Oxford: Rowman and Littlefield, 2002. 243 pp. $24.95. ISBN 0-7425-1797-7.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.536-537. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741004400290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Jean François Billeter. Chine trois fois muette. Paris. 2000.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études Chinoises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, pp.343-349</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Soul of Chaos: Critical Perspectives on Gao Xingjian. Edited by Kwok - Kan Tam . [Hong Kong: Chinese University Press, 2001. 345 pp. $38.00. ISBN 962-201-993-5.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, pp.477-502. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0009443902380288⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le langage lyrique en Chine populaire : la modernité et l'après-Mao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots : les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 66 (66), pp.125-133. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/mots.2001.2596⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Li Xia (dir et trad). Essays, Interviews, Recollections and Unpublished Material of Gu Cheng, Twentieth-Century Chinese Poet: The Poetics of Death. Lewiston. Edward Mellen Press. 1999. 433pp.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue bibliographique de sinologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Textes, oublis, histoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vacarme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 11, pp.56-57. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vaca.011.0056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversations with Gao Xingjian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Dutrait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 167, pp.738-748. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0009443901000419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Made in HK ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vacarme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vaca.011.0070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reprendre la montagne du tigre en passant par Dallas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vacarme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 13, pp.50-51. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/vaca.013.0050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wicked Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sunny S K Lam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Futures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 30 (10), pp.967-979. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0016-3287(98)00099-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paddy's chinatown: A short history of a Liverpool hybridity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interventions: International Journal of Postcolonial Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 1 (1), pp.97-124. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13698019800510171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chineseness’ and MTV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kültür ve İletişim - Culture and Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 1 (2), pp.181-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review Article. Misogyny, Cultural Nihilism, and Oppositional Politics: Contemporary Chinese Experimental Fiction. Stanford University Press.1995. By Lu Tonglin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China Review International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 5 (1), pp.194-197. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/cri.1998.0083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of High Culture Fever: Politics, Aesthetics, and Ideology in Deng's China. By Jing Wang. Berkeley: University of California Press, 1996. x, 399 pp. $50.00 (cloth); $20.00 (paper).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Asian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, pp.509-511. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/2658865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The British Imperial Addiction: Ideology and Economics and the Chinese Consumption of Opium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Paper Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, pp.1-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ‘East is red’ goes pop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 14 (1), pp.95-110. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0261143000007649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Fictional Realism in Twentieth-Century China: Mao Dun, Lao She, Shen Congwen. By David Der-wei Wang. [New York: Columbia University Press, 1992. 367 pp. $52.00.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, pp.278-279. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000034561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Along the Road of Broad Realism: Qin Zhaoyang's World of Fiction. By Vibeke Børdhal. [London: Curzon Press, 1990. Scandinavian Monograph Series, No 59. 178 pp. £10.50.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, pp.1020-1021. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000032719⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Like a Knife: Ideology and Genre in Contemporary Chinese Popular Music. By Andrew F. Jones. Ithaca: Cornell East Asia Series, East Asia Program, 1992. viii, 180 pp. $9.50.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Asian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, pp.983-984. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/2059363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review Article: Modern Chinese Women Writers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modern Chinese Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, pp.155-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Deathsong of the River: A Reader's Guide to the Chinese TV Series Heshang. By Su Xiaokang and Wang Luxiang. Introduced, translated and annotated by Richard W. Bodman and Pin P. Wan. [Ithaca, New York: Cornell University East Asia Program, East Asia Series No. 54, 1991. 349 pp. $15.00. ISBN 0 939657 54 6.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, pp.586-586. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000014028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Bolshevik Salute: A Modernist Chinese Novel. By Wang Meng, translated by Wendy Larson. [London: University of Washington Press, 1989. 154 pp. $19.95.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, pp.1192-1193. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000045756⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note on 'I’ve Always Delighted in a Shaft of Light in the Depth of Night' by Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Manhattan Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 6 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of The Dead in Exile. By Yang Lian, translated by Mabel Lee. [Kingston ACT: Tiananmen Publications, 1990. 77 pp.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, pp.859-859. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000004586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Introduction to Duoduo’s Work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Manhattan Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 6 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166365v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Woman and Chinese Modernity: The Politics of Reading Between West and East. By Rey Chow. Theory and History of Literature, Volume 75. Minneapolis and Oxford: University of Minnesota Press, 1991. 200 pp. $14.95 (paper).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Asian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, pp.904-905. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/2058562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Masks and Crocodile: A Contemporary Chinese Poet and His Poetry. By Yang Lian. Translated and introduced by Mabel Lee. Illustrations by Li Liang. [Sydney: Wild Peony, 1990. 146 pp.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, pp.385-386. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000005439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of La Littérature Chinoise Contemporaine–Tradition et Modernité: le Collogue d'Aix-en-Provence, le 8 Juin 1988. Preface by Noel Dutrait. [Aix-en-Provence: Publications de l'universite de Prose vence, 1989. 35 pp.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, pp.745-746. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000031611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Seeds of Fire: Chinese voices of Conscience. Edited by Barme Geremie and Minford John. [Newcastle upon Tyne: Bloodaxe Books, 1989. 491 pp. £7–95.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, pp.561-563. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000019123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Dai Wangshu zai Faguo” 戴望舒在法國</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xianggang Wenxue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 67, pp.18-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Worlds Apart: Recent Chinese Writing and its Audiences. Edited by Howard Goldblatt. [Armonk, New York: M. E. Sharpe, Inc., 1990. 256 pp. $39.50.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, pp.744-745. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S030574100003160X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Between Fact and Ficiton: Essays on Post-Mao Chinese Literature and Society. By Kam Louie with a foreword by Pierre Ryckmans[Simon Leys]. [Broadway, NSW: Wild Peony Ltd, 1989. 158 pp.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, pp.743-744. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000031593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Black Walls and Other Stories. By Liu Xinwu. Edited by Don J. Cohn with an introduction by Geremie Barme. [Hong Kong: The Research Centre for Translation, The Chinese University of Hong Kong, Renditions paperbacks, 1990. 214 pp.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, pp.746-748. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000031623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of The August Sleepwalker By Bei Dao. Translated by S. McDougall Bonnie [London: Anvil Press Poetry Ltd, 1988. £5.95.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, pp.149-151. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000013710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Waves. By Bei Dao. Translated by Bonnie S. Mcdougall and Susette Cook. [London: Heinemann, 1987. 234 pp. £11.95.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The China Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, pp.152-154. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0305741000023730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unha camelia branca para Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cayley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luís González Tosar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dorna : Expresión poética galega</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duoduo's View from Death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Index on Censorship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 18 (8), pp.22-24. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03064228908534700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Western Influences in the Poetry of Dai Wangshu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modern Chinese Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 3 (1/2), pp.7-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese Writing Today</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inside Asia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1986, July-August, pp.39-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Nancy Ing (ed. and tr.): Summer glory a collection of contemporary Chinese poetry. (Asian Library Series, 31.) xxiii, 171 pp. Taipei: Chinese Materials Center, 1982.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the School of Oriental and African Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1984, pp.585-585. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0041977X00114120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The order of interaction within an “artistic” program financed by an industrial company under French law for the attention of its Chinese workers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paldacci Fanny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lincot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Humanities and Social Sciences. Université Lyon III Jean Moulin, 2024. English. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04950391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huang Zunxian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Creators of modern China: 100 lives from empire to republic 1796-1912</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.203-205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huang Zunxian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Harrison-Hall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Lovell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">British Museum. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Creators of modern China : 100 lives from empire to republic 1796-1912</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thames and Hudson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.203-205, 2023, 9780500480809</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-Propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jentayu, Hors-série n° 5 Hong Kong</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jentayu, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tagore’s China, Yeats’ Orient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amrita Ghosh; Elizabeth B Redwine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tagore and Yeats: A Postcolonial Re-envisioning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brill, pp.107-123, 2022, Cross/Cultures Volume 217, 978-90-04-49884-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04313478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tagore’s China, Yeats’s Orient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amrita Ghosh, Elizabeth B Redwine,. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tagore and Yeats: A Postcolonial Re-envisioning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fooling the World or Fooling Itself: China’s Spectacular-Oneiric Society</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniele Brombral. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studi e ricerche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, Edizioni Ca'Foscari, 2017, Proceedings of the XV East Asia Net Research Workshop, 978-88-6969-210-9. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14277/6969-190-4/SR-12-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sortie 13</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Caritoux; Florent Villard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelles psychogéographies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Mimésis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, l'oeil et l'esprit, 978-88-6976-028-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If America Were Really China or How Christopher Columbus Discovered Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">National Library of Sweden. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Media, Popular Culture, and the American Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Libbey, pp.249-269, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No More Heroes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gauthier, Brigitte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viva Pinter: Harold Pinter's Spirit of Resistance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.161-167, 2009, (Collection: European Connections Vol. 30)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00436466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preamble, Introduction and Epilogue to &amp;quot;China's Lost Decade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China's Lost Decade: Cultural Politics and Poetics 1978-1990 - In Place of History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Tigre de Papier, 391 p., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00385268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo: An Impossible Farewell, or, Exile between Revolution and Modernism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yibing Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cayley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yibing Huang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary Chinese Literature: From the Cultural Revolution to the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palgrave Macmillan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.19-61, 2007, 978-1-349-53840-9 ; 978-0-230-60875-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One Evening in the Rainy Season</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shi Zhecun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joseph S. M. Lau, Howard Goldblatt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Columbia Anthology of Modern Chinese Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Columbia University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.116-124, 2007, 9780231138406; 0231138407; 9780231138413; 0231138415</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainy Alley, Written on a Prison Wall, With My Injured Hand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dai Wangshu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joseph S. M. Lau, Howard Goldblatt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Columbia Anthology of Modern Chinese Literature (second edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Columbia University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.513-515, 2007, 9780231138406; 0231138407; 9780231138413; 0231138415</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consuming cultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">U.Dagmar Cheu, José Saura Sánchez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discourse and International Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.203-219, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La jeunesse urbaine marginale dans deux films chinois et français contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">淡江大學法國與文學系. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque sur "La Ville et la Modernité" ‘城市與現代性’國際討論會論文集</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.121-127, 2004, 986-7385-08-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wicked cities : Culture cybernétique et réimagination de l'identité dans la métropole &amp;quot;non-occidentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sunny S K Lam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gregory B. Lee. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modernités chinoises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AEC-UJM, pp.101-117, 2004, 2-9517463-2-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gregory B. Lee; AEC-UJM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modernités chinoises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2-9517463-2-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mulan Trade-marked</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gregory B. Lee. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modernités chinoises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AEC-UJM, pp.224-236, 2004, 2-9517463-2-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'opium et le Chinois dans le discours colonialiste »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Evelyne Hanquart-Turner. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Empire et son double : Pouvoir et légitimité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N° 33, Silex/Nouvelles du sud, pp.35-47, 2003, 978-2379180309</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00188545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wicked Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sunny S K Lam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aliens R Us: The Other in Science Fiction Cinema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pluto Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 978-0745315393</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Five Poems by Duoduo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henry YH Zhao, Yanbing Chen, and John Rosenwald. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fissures: Chinese Writing Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zephyr Press, Brookline, MA, pp.58-63, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">There Is No, Watching the Sea, Instant, Only One</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henry Y.H. Zhao &amp; John Cayley, Foreword by Gary Snyder. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abandoned Wine - Chinese Writing TODAY</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Wellsweep, pp.164-167, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poems (5) Windmill, Crossing the Seam Residents, They, In England</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henry Y.H. Zhao &amp; John Cayley. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Under-Sky Underground: Chinese Writing TODAY</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Wellsweep, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fugitives: Translation of a Play by Gao Xingjian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for East Asian Studies, University of Chicago, Chicago, Ill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Writing in Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, pp.89-137, 1993, Select papers, University of Chicago Center for East Asian Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to Chinese Writing and Exile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for East Asian Studies, University of Chicago, Chicago, Ill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Writing and Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, pp.ii-vii, 1993, Select papers, University of Chicago Center for East Asian Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contemporary Chinese Poetry, Exile and the Potential of Modernism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for East Asian Studies, University of Chicago, Chicago, Ill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Writing in Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, pp.55-77, 1993, Select papers, University of Chicago Center for East Asian Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese Writing and Exile: Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for East Asian Studies, University of Chicago, Chicago, Ill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Writing and Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, pp.ii-vii, 1993, Select papers, University of Chicago Center for East Asian Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translations of Exile Poems by Duoduo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for East Asian Studies, University of Chicago, Chicago, Ill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Writing in Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, pp.139-146, 1993, Select papers, University of Chicago Center for East Asian Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dai Wangshu 戴望舒 Zainan de suiyue 災難的歲月 Years of Disaster 1948</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lloyd Haft. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Selective Guide to Chinese literature 1900-1949</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IV, E.J.Brill, pp.88-93, 1989, The Poem, 9004090983</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wang Yaping 王亞平 Dushi de dong 都市的冬1935</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lloyd Haft. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Selective Guide to Chinese literature 1900-1949</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IV, E.J.Brill, pp.224-227, 1989, The Poem, 9004090983</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dai Wangshu 戴望舒 Wangshu cao 望舒草 Rough Drafts of Wangshu 1933</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lloyd Haft. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Selective Guide to Chinese literature 1900-1949</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IV, E.J.Brill, pp.84-88, 1989, The Poem, 9004090983</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">第八位中國商人與消失嘅海員/The Eighth Chinese Merchant and the Disappeared Seamen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huang Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongling Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Poon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">手民出版社 Typesetter Publishing, 2022, 978-988-74162-1-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04306531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China Imagined</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hurst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9781787380165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China Dreaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tigre de Papier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02069940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China's Lost Decade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zephyr Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 978-0983297000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Spectre hante la Chine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tigre de papier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 978-2-917969-12-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modernités chinoises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">AEC-UJM. 2004, 2-9517463-2-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinas Unlimited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge; Hawai'i University Press, 2003, 0700714928</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Chine et le spectre de l'Occident : contestation poétique, modernité et métissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Syllepse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-248, 2002, 2913165737</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02181883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubadours, Trumpeters, Troubled Makers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Duke University Press. , pp.1-296, 1996, 1850652198 ; 1850652651 ; 9781850652199 ; 9781850652656</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking Out From Death; Wishful Thinking is the Master of Reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forché Carolyn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carolyn Forché. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. W. Norton &amp; Co.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.761-762, 1993, Against Forgetting: Twentieth-Century Poetry of Witness, ISBN-13: 978-0393309768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cayley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wellsweep, 1989, Wellsweep Chinese poets ; 2, John Cayley, 0948454067 ; 9780948454066</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dai Wangshu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chinese University Press, Hong Kong. , pp.i-xvi, 1-362, 1989, 9622014089 ; 9789622014084</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking Out from Death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Cayley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bloomsbury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 0747505551 ; 9780747505556</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dai Wangshu : Selected Poems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">G.B. Lee. pp.1-49, 1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ai Qing: Un poema para Neruda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán Rosenkranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaspar Orozco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04306520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">It's just like before</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tinfish #3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, pp.41-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two Poems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manoa 6,1 (Summer): Post-Tiananmen Square</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, pp.155, 156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duoduo Translated from the Chinese by Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1992</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Residents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duo Duo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1991, pp.105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duoduo Translated from the Chinese by Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poems by Duoduo [Duo Duo]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Index on Censorship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, pp.23-23. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03064228908534701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02182754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond the National Culture/Global Culture Paradigm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanities in the European Research Area Transnational Collaborative Research Project in “Cultural Dynamics: Inheritance and Identity,” HERA Joint Research Programme Matchmaking Event.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Paris, France. Humanities in the European Research Area Transnational Collaborative Research Project in “Cultural Dynamics: Inheritance and Identity,” HERA Joint Research Programme Matchmaking Event. “Maison de l’Amérique Latine” Paris. HERA mobility grant. 19 April 2008., 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinese Writing and Exile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Center for East Asian Studies, University of Chicago, Chicago, Ill. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chinese Writing and Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1991, Chicago, United States. 7, pp.i-vii, 1-146, 1993, Select papers, University of Chicago Center for East Asian Studies</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lunch during the conference called to re-establish the literary magazine Jintian - TODAY as a an exile publication, May 1990, Stockholm.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory B. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Photography. Gregory B. Lee, Stockholm, Sweden. 1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (photographie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02194021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId324"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="61539277"/>
+    <w:nsid w:val="A8E18C65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-lee" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6304-6581" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/060261730" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/71563819" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000107835164" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216006v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory B. Lee" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215955v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216068v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001044v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991846v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04302018v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04363572v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04363574v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069891v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069899v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069902v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069907v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069927v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05225735v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05219112v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02266889v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02194680v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02196338v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02193136v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00435655v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Lee" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00435190v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176061v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391253v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02510604v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02300009v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215197v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215203v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05271256v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02175733v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02185975v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02397562v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175526v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Nordin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Xinran" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01868855v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181514v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186006v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01868858v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069866v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01868861v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176162v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069857v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070250v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02071452v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lee" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070372v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02297714v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02185978v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02297870v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02185977v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00366477v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00322907v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00322532v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02266335v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00322535v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188544v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-03189036v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arif Dirlik" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02266038v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05237508v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215213v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175511v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02071187v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069862v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02069676v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070360v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070275v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070366v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070369v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070354v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070273v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069920v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Villard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070010v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070001v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188308v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00322929v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02193980v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian May" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04821645v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Wong" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12u1q" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04821704v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04301914v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03068374.2023.2244313" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360923v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17449855.2023.2281405" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04821722v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12u2e" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04301996v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23801883.2023.2201684" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360926v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22599/wcj.41" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820260v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820242v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820327v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457536v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02522894v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069979v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299808v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291556v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343589v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02176067v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.1223" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069485v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.1011" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069962v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.514" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182719v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741012000288" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01868854v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory B Lee" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.072.0079" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02187404v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13688790.2011.641915" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176060v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176057v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guan &#20896;&#23567;&#21494; Xiaoye" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176169v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Jingling" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00266407v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02690050802205118" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181581v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02690050802205332" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176176v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188543v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.61" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188520v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188540v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182738v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741004400290" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6EC209ED8EC7C5C16FC7190DC9448820D4A87611/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182749v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182735v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0009443902380288" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B098B01989F016B09237E554638172C631AE412E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182704v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mots.2001.2596" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182765v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162721v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vaca.011.0056" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162717v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Dutrait" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0009443901000419" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AF71A37F7A5F010A4770A58C015E11E2170A78C4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162718v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vaca.011.0070" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162719v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vaca.013.0050" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162725v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunny S K Lam" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0016-3287(98)00099-8" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6493914AFDC35B36D93B4D1B4961B0417DECD8F8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166158v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13698019800510171" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166143v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182746v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/cri.1998.0083" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182742v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/2658865" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7F8D411B5BF6FB88F91F437589676A66E3CD97A8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00323827v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166089v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0261143000007649" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3CA62B50E7BCB380CD5864EAE3CB5A53E090E789/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182736v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000034561" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A0CAD56D615E772E30B837E9C810A3E8F04AEAAB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182708v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000032719" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F9838D0C47C10A04DA8D970BCAA731CED36ABB03/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182741v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/2059363" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/825742E01FB414A3AA82B5E612A500800DF7E705/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182712v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182731v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000014028" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/245514534C420590BADA579089F8131D440B01EA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182734v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000045756" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A7AB3413DE6D90B13C00A1A70101AC02D24A4F35/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166247v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166365v2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182723v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000004586" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2E85BD27C48F3D11E1984C8F50FD89D96D29CADE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182743v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/2058562" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0AAC4D592151F7A916C72A37574516AE7EFD2BAA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182725v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000005439" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9119FCEF776204B67D00F5EC2ADF66D3D0110097/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182716v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000031611" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/908A9E5924A3147BEB18C4C064E74E9BD68ED522/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182720v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S030574100003160X" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9928DBE6D46B6C96D5212CCEEB35AA350DFD8C03/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182714v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000031593" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/82F5F07E8C83FC84D66C4A24B3AD1A52029C28D2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182726v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000019123" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0C91DAE4DC938DCE3E79895DBE08A81520328F15/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181300v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182717v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000031623" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5CEE691D3BB5ED22EDBB7868BBA4EEE952EE7472/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182728v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000013710" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/23F11C53EED830E4364BC9B7EB7AC24DC1C993CC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182739v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000023730" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9336B061889A46FE374764A0D38E8B93987C4D84/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02185736v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Cayley" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duo Duo" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Gonz&#225;lez Tosar" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182757v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03064228908534700" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02182895v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182759v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182751v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0041977X00114120" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/93021065B8C5BA1B35DDCFFB19F6AF0B456BE916/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04950391v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paldacci Fanny" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lincot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212219v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04301966v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Harrison-Hall" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Lovell" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thamesandhudson.com/creators-of-modern-china-100-lives-from-empire-to-republic-17961912-british-museum-9780500480809" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04301893v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04313478v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02270557v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069617v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14277/6969-190-4/SR-12-6" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069951v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsmimesis.fr/catalogue/nouvelles-psychogeographies/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02165306v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00436466v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00385268v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186358v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yibing Huang" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1057/9780230608757#about" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186801v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi Zhecun" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cup.columbia.edu/search-results?keyword=9780231138406+" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02187163v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dai Wangshu" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188547v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176056v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02182781v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182699v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02182848v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188545v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162726v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plutobooks.com/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186689v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02187259v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186725v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181717v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181713v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181709v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181714v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181725v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02187369v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02187363v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02187376v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04306531v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huang Yu" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongling Liang" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Poon" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01868863v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hurstpublishers.com/book/china-imagined/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069940v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tigredepapier.org/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162716v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zephyrpress.org/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02297914v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182694v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181556v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02181883v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.syllepse.net/la-chine-et-le-spectre-de-l-occident-_r_100_i_141.html" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181770v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02270385v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Forch&#233; Carolyn" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwnorton.com/books/9780393309768" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182744v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181804v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182745v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsbury.com/uk/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02182898v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04306520v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n Rosenkranz" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspar Orozco" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186289v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186264v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166182v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02185726v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166272v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182754v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03064228908534701" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02297753v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181622v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/medihal-02194021v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-lee" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6304-6581" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/060261730" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/71563819" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000107835164" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216006v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory B. Lee" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215955v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216068v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001044v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991846v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04302018v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04363572v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04363574v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069891v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069899v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069902v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069907v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069927v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05225735v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05219112v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02266889v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02194680v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02196338v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02193136v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00435655v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Lee" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00435190v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176061v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215197v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215203v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05271256v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02175733v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02185975v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02397562v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175526v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Nordin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Xinran" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01868855v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181514v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186006v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01868858v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069866v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01868861v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176162v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069857v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070250v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02071452v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lee" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070372v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02297714v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02185978v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02297870v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02185977v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00366477v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00322532v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00322907v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02266335v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00322535v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188544v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-03189036v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arif Dirlik" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02266038v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391253v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02510604v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02300009v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05237508v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215213v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175511v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02071187v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069862v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02069676v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070360v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070275v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070366v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070369v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070354v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070273v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069920v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Villard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070010v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070001v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188308v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00322929v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02193980v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian May" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04821645v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Wong" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12u1q" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04821704v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04301914v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03068374.2023.2244313" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360923v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17449855.2023.2281405" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04821722v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12u2e" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04301996v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23801883.2023.2201684" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360926v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22599/wcj.41" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820260v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820242v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820327v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02457536v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02522894v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069979v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299808v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343589v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291556v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02176067v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.1223" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069485v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.1011" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069962v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.514" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182719v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741012000288" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01868854v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory B Lee" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.072.0079" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02187404v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13688790.2011.641915" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176060v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176057v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guan &#20896;&#23567;&#21494; Xiaoye" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176169v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Jingling" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00266407v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02690050802205118" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181581v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02690050802205332" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176176v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188543v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transtexts.61" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188520v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188540v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182738v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741004400290" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6EC209ED8EC7C5C16FC7190DC9448820D4A87611/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182749v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182735v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0009443902380288" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B098B01989F016B09237E554638172C631AE412E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182704v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mots.2001.2596" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182765v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162721v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vaca.011.0056" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162717v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Dutrait" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0009443901000419" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AF71A37F7A5F010A4770A58C015E11E2170A78C4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162718v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vaca.011.0070" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162719v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vaca.013.0050" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162725v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunny S K Lam" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0016-3287(98)00099-8" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6493914AFDC35B36D93B4D1B4961B0417DECD8F8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166158v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13698019800510171" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166143v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182746v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/cri.1998.0083" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182742v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/2658865" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7F8D411B5BF6FB88F91F437589676A66E3CD97A8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00323827v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166089v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0261143000007649" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3CA62B50E7BCB380CD5864EAE3CB5A53E090E789/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182736v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000034561" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A0CAD56D615E772E30B837E9C810A3E8F04AEAAB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182708v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000032719" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F9838D0C47C10A04DA8D970BCAA731CED36ABB03/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182741v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/2059363" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/825742E01FB414A3AA82B5E612A500800DF7E705/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182712v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182731v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000014028" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/245514534C420590BADA579089F8131D440B01EA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182734v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000045756" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A7AB3413DE6D90B13C00A1A70101AC02D24A4F35/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166247v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182723v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000004586" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2E85BD27C48F3D11E1984C8F50FD89D96D29CADE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166365v2" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182743v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/2058562" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0AAC4D592151F7A916C72A37574516AE7EFD2BAA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182725v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000005439" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9119FCEF776204B67D00F5EC2ADF66D3D0110097/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182716v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000031611" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/908A9E5924A3147BEB18C4C064E74E9BD68ED522/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182726v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000019123" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0C91DAE4DC938DCE3E79895DBE08A81520328F15/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181300v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182720v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S030574100003160X" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9928DBE6D46B6C96D5212CCEEB35AA350DFD8C03/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182714v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000031593" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/82F5F07E8C83FC84D66C4A24B3AD1A52029C28D2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182717v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000031623" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5CEE691D3BB5ED22EDBB7868BBA4EEE952EE7472/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182728v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000013710" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/23F11C53EED830E4364BC9B7EB7AC24DC1C993CC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182739v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0305741000023730" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9336B061889A46FE374764A0D38E8B93987C4D84/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02185736v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Cayley" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duo Duo" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Gonz&#225;lez Tosar" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182757v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03064228908534700" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02182895v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182759v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182751v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0041977X00114120" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/93021065B8C5BA1B35DDCFFB19F6AF0B456BE916/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04950391v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paldacci Fanny" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lincot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212219v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04301966v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Harrison-Hall" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Lovell" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thamesandhudson.com/creators-of-modern-china-100-lives-from-empire-to-republic-17961912-british-museum-9780500480809" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04301893v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04313478v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02270557v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069617v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14277/6969-190-4/SR-12-6" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069951v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsmimesis.fr/catalogue/nouvelles-psychogeographies/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02165306v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00436466v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-00385268v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186358v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yibing Huang" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1057/9780230608757#about" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186801v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi Zhecun" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cup.columbia.edu/search-results?keyword=9780231138406+" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02187163v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dai Wangshu" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188547v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02176056v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02182781v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182699v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02182848v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00188545v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162726v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plutobooks.com/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186689v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02187259v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186725v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181717v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181714v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181713v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181709v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181725v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02187369v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02187376v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02187363v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04306531v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huang Yu" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongling Liang" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Poon" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01868863v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hurstpublishers.com/book/china-imagined/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069940v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tigredepapier.org/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02162716v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zephyrpress.org/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02297914v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182694v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181556v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02181883v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.syllepse.net/la-chine-et-le-spectre-de-l-occident-_r_100_i_141.html" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181770v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02270385v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Forch&#233; Carolyn" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwnorton.com/books/9780393309768" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182744v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181804v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182745v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsbury.com/uk/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02182898v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04306520v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n Rosenkranz" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspar Orozco" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186289v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02186264v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166182v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02185726v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02166272v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02182754v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03064228908534701" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02297753v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02181622v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/medihal-02194021v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>