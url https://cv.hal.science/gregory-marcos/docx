--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -160,278 +160,278 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal bubbles formation induced by electric arc plasmas: detection and behavior</w:t>
+                <w:t xml:space="preserve">Production of NO in nitrogen-based active screen plasma nitriding devices, a disadvantage or an opportunity?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Hellé</w:t>
+                <w:t xml:space="preserve">Thierry Czerwiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Olivier Carrivain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Masieiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Robert Hugon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cardinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/ade3e8⟩</w:t>
+              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 500, pp.131896. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2025.131896⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05121235v1</w:t>
+                <w:t xml:space="preserve">hal-04975894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of NO in nitrogen-based active screen plasma nitriding devices, a disadvantage or an opportunity?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metal bubbles formation induced by electric arc plasmas: detection and behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Carrivain</w:t>
+                <w:t xml:space="preserve">Arthur Hellé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hugon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Masieiro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Robert Hugon</w:t>
+                <w:t xml:space="preserve">Frédéric Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Cardinaud</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gregory Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 500, pp.131896. </w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2025.131896⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/ade3e8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04975894v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05121235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of plasma nitriding and thermal annealing processes of austenitic stainless steel</w:t>
               </w:r>
@@ -443,51 +443,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arvaidas Galdikas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulius Andriūnas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Czerwiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -541,1307 +541,1307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05206858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced properties of alumina coating produced by combining plasma electrolytic oxidation and ultrasonic shot peening</w:t>
+                <w:t xml:space="preserve">Dynamics of the material ejection in a dipolar arc in continuous regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Martin</w:t>
+                <w:t xml:space="preserve">A Hellé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ekaterina Teriokhina</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thierry Czerwiec</w:t>
+                <w:t xml:space="preserve">R Hugon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Henrion</w:t>
+                <w:t xml:space="preserve">F Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Chouchene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matlet.2024.136840⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 57 (42), pp.425201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/ad6274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04613016v1</w:t>
+                <w:t xml:space="preserve">hal-04680877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of dispersed α-Al2O3 particles into a cold-sprayed aluminium coating on its subsequent oxidation by the PEO process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Maizeray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Cappella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Planche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Liao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 482, pp.130713. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2024.130713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04521097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of the material ejection in a dipolar arc in continuous regime</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhanced properties of alumina coating produced by combining plasma electrolytic oxidation and ultrasonic shot peening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Brochard</w:t>
+                <w:t xml:space="preserve">J. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Chouchene</w:t>
+                <w:t xml:space="preserve">Ekaterina Teriokhina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Czerwiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Marcos</w:t>
+                <w:t xml:space="preserve">Gérard Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 57 (42), pp.425201. </w:t>
+              <w:t xml:space="preserve">Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 370, pp.136840. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/ad6274⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matlet.2024.136840⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04680877v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04613016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new strategy to prepare alumina-zirconia composite or multilayered coatings by combining cold-spray deposition and plasma electrolytic oxidation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of carbon nanotubes on the plasma electrolytic oxidation process of aluminum under “soft” sparking conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Maizeray</w:t>
+                <w:t xml:space="preserve">Corentin da Silva Tousch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. da Silva Tousch</w:t>
+                <w:t xml:space="preserve">L. Magniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">S. Fontana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">G. Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">T. Czerwiec</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hérold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2023.106676⟩</w:t>
+              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 468, pp.129779. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2023.129779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04164070v1</w:t>
+                <w:t xml:space="preserve">hal-04158246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of carbon nanotubes on the plasma electrolytic oxidation process of aluminum under “soft” sparking conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Corentin da Silva Tousch</w:t>
+                <w:t xml:space="preserve">A new strategy to prepare alumina-zirconia composite or multilayered coatings by combining cold-spray deposition and plasma electrolytic oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Magniez</w:t>
+                <w:t xml:space="preserve">A. Maizeray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Fontana</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">C. da Silva Tousch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Hérold</w:t>
+                <w:t xml:space="preserve">T. Czerwiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 468, pp.129779. </w:t>
+              <w:t xml:space="preserve">Materials Today Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36, pp.106676. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2023.129779⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2023.106676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04158246v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04164070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of surface topography at different scales on the dispersion of the wetting data for sessile water droplets on nitrided austenitic stainless steels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Czerwiec</w:t>
+                <w:t xml:space="preserve">Evidence of in-depth incorporation of carbon nanotubes in alumina layers grown by plasma electrolytic oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. da Silva Tousch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svetlana Tsareva</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Grégory Marcos</w:t>
+                <w:t xml:space="preserve">T Czerwiec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Henrion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 441, pp.128510. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2022.128510⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 440, pp.128489. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2022.128489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04007039v1</w:t>
+                <w:t xml:space="preserve">hal-03866766v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of in-depth incorporation of carbon nanotubes in alumina layers grown by plasma electrolytic oxidation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">G. Marcos</w:t>
+                <w:t xml:space="preserve">Effects of surface topography at different scales on the dispersion of the wetting data for sessile water droplets on nitrided austenitic stainless steels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Czerwiec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Tsareva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Czerwiec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gérard Henrion</w:t>
+                <w:t xml:space="preserve">S. Bruyere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Marcos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 440, pp.128489. </w:t>
+              <w:t xml:space="preserve">, 2022, 441, pp.128510. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2022.128489⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2022.128510⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03866766v2</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04007039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inspection of contamination in nitrogen plasmas by monitoring the temporal evolution of the UV bands of NO-γ and of the fourth positive system of N 2</w:t>
+                <w:t xml:space="preserve">Etching of iron and iron–chromium alloys using ICP-RIE chlorine plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Carrivain</w:t>
+                <w:t xml:space="preserve">Guillaume Le Dain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Hugon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Marcos</w:t>
+                <w:t xml:space="preserve">Feriel Laourine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Noël</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">O. Skiba</w:t>
+                <w:t xml:space="preserve">Stéphane Guilet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Czerwiec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0064704⟩</w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (9), pp.095022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/ac1714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156701v1</w:t>
+                <w:t xml:space="preserve">hal-03378471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etching of iron and iron–chromium alloys using ICP-RIE chlorine plasma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inspection of contamination in nitrogen plasmas by monitoring the temporal evolution of the UV bands of NO-γ and of the fourth positive system of N 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Carrivain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Le Dain</w:t>
+                <w:t xml:space="preserve">R. Hugon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feriel Laourine</w:t>
+                <w:t xml:space="preserve">C. Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Guilet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Grégory Marcos</w:t>
+                <w:t xml:space="preserve">O. Skiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 30 (9), pp.095022. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 130 (17), pp.173304. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/ac1714⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0064704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03378471v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the surface durability of patterned AISI 316LM steels by nitriding treatment for dry friction sliding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasiia Pavlik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamadou Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Czerwiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tribology International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 146, pp.106232. </w:t>
@@ -1879,103 +1879,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AFM Measurements of the Deformation Kinetics of Silica Oxide Dots Deposited on a Sequentially Nitrided Stainless Steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feriel Laourine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Cleymand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Czerwiec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Key Engineering Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 813, pp.273-278. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2137,278 +2137,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04975867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the expanded austenite developed on AISI 316 LM steel by plasma nitriding</w:t>
+                <w:t xml:space="preserve">Influence of the real dimple shape on the performance of a textured mechanical seal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Keddam</w:t>
+                <w:t xml:space="preserve">Mohand Adjemout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Thiriet</w:t>
+                <w:t xml:space="preserve">Jean Bouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Brunetière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mining and Metallurgy, Section B: Metallurgy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2298/JMMB151115026K⟩</w:t>
+              <w:t xml:space="preserve">Tribology International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 115, pp.409-416. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.triboint.2017.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05016786v1</w:t>
+                <w:t xml:space="preserve">hal-03675556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the real dimple shape on the performance of a textured mechanical seal</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of the expanded austenite developed on AISI 316 LM steel by plasma nitriding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Bouyer</w:t>
+                <w:t xml:space="preserve">M. Keddam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noël Brunetière</w:t>
+                <w:t xml:space="preserve">T. Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Czerwiec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tribology International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 115, pp.409-416. </w:t>
+              <w:t xml:space="preserve">Journal of Mining and Metallurgy, Section B: Metallurgy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 53 (1), pp.47-52. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.triboint.2017.06.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2298/JMMB151115026K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03675556v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05016786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Duplex USSP/Nitriding Surface Treatments on the Dry Sliding Behavior of Ti6Al4V/AISI 316L Tribopairs.</w:t>
               </w:r>
@@ -2662,90 +2662,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructural characterization of the expanded austenite formed on the plasma nitrited AISI 316 L steel.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Keddam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Czerwiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2875,64 +2875,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Iséni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bruyere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Czerwiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Microplasmas (IWM 12)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Orléans (Auditorium du Musée des Beaux Arts), France. </w:t>
@@ -3118,51 +3118,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonctionnalisation de surfaces métalliques par plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Marcos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université de Lorraine; Institut Jean Lamour, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3683,51 +3683,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F60FC05E"/>
+    <w:nsid w:val="FCF273F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3914,51 +3914,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-marcos" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4469-0838" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121235v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hell&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hugon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brochard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Marcos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ade3e8" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975894v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Czerwiec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Carrivain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masieiro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cardinaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2025.131896" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206858v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvaidas Galdikas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulius Andri&#363;nas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Marcos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Moskaliovien&#279;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2025.417487" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613016v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Teriokhina" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Henrion" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2024.136840" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521097v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Maizeray" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cappella" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Planche" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Liao" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2024.130713" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680877v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hell&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hugon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Brochard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chouchene" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Marcos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ad6274" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164070v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maizeray" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. da Silva Tousch" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marcos" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Czerwiec" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2023.106676" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158246v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin da Silva Tousch" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Magniez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fontana" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. H&#233;rold" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2023.129779" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007039v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Tsareva" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Andrieux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruyere" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2022.128510" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866766v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Czerwiec" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2022.128489" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156701v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Carrivain" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hugon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#235;l" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Skiba" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0064704" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378471v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Dain" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Laourine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guilet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac1714" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03108818v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Pavlik" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Coulibaly" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vincent" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2020.106232" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166356v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cleymand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.813.273" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975867v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Skiba" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Redja&#239;mia" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Dulcy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#226;far Ghanbaja" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.07.019" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016786v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Keddam" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Thiriet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/JMMB151115026K" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675556v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Adjemout" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bouyer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Bruneti&#232;re" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2017.06.010" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299335v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maire" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Faure" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Philippon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Novelli" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2015.08.113" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285333v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Exbrayat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Calvie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Savall" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0011410eel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299119v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Michel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2013064" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-2099KJL4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607581v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric No&#235;l" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Is&#233;ni" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02372071v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabha Djerroud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brochard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Moritz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Ledig" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Faudot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03865823v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01518276v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Samih" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Novelli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Thiriet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bolle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Allain" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/63/1/012020" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500928v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cardinaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Clergereaux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mottin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/communities/integrations" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500932v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mottin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-marcos" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4469-0838" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975894v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Czerwiec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Carrivain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masieiro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hugon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cardinaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2025.131896" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121235v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hell&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brochard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Marcos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ade3e8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206858v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvaidas Galdikas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulius Andri&#363;nas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Marcos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Moskaliovien&#279;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2025.417487" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680877v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hell&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hugon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Brochard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chouchene" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Marcos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ad6274" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521097v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Maizeray" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cappella" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Planche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Liao" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2024.130713" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613016v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Teriokhina" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Henrion" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2024.136840" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158246v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin da Silva Tousch" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Magniez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fontana" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marcos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. H&#233;rold" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2023.129779" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164070v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maizeray" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. da Silva Tousch" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Czerwiec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2023.106676" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866766v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Czerwiec" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2022.128489" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007039v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Tsareva" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Andrieux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruyere" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2022.128510" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378471v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Dain" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Laourine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guilet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac1714" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156701v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Carrivain" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hugon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#235;l" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Skiba" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0064704" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03108818v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Pavlik" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Coulibaly" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vincent" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2020.106232" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166356v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cleymand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.813.273" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975867v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Skiba" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Redja&#239;mia" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Dulcy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#226;far Ghanbaja" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.07.019" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675556v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Adjemout" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bouyer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Bruneti&#232;re" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2017.06.010" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016786v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Keddam" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Thiriet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/JMMB151115026K" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299335v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maire" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Faure" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Philippon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Novelli" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2015.08.113" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285333v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Exbrayat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Calvie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Savall" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0011410eel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299119v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Michel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2013064" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-2099KJL4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607581v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric No&#235;l" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Is&#233;ni" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02372071v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabha Djerroud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brochard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Moritz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Ledig" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Faudot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03865823v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01518276v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Samih" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Novelli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Thiriet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bolle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Allain" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/63/1/012020" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500928v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cardinaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Clergereaux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mottin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/communities/integrations" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500932v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mottin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>