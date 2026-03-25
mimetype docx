--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1500,377 +1500,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03580235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative comparison between type Ia supernova spectra at low and high redshifts: A case study</w:t>
+                <w:t xml:space="preserve">Spectroscopic observations of eight supernovae at intermediate redshift</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Garavini</w:t>
+                <w:t xml:space="preserve">C. Balland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Folatelli</w:t>
+                <w:t xml:space="preserve">M. Mouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Nobili</w:t>
+                <w:t xml:space="preserve">R. Amanullah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Aldering</w:t>
+                <w:t xml:space="preserve">P. Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Amanullah</w:t>
+                <w:t xml:space="preserve">S. Fabbro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 470, pp.411-424. </w:t>
+              <w:t xml:space="preserve">, 2007, 464, pp.827-836. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361:20065400⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20066553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00142917v1</w:t>
+                <w:t xml:space="preserve">in2p3-00139454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectroscopic observations of eight supernovae at intermediate redshift</w:t>
+                <w:t xml:space="preserve">Quantitative comparison between type Ia supernova spectra at low and high redshifts: A case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Balland</w:t>
+                <w:t xml:space="preserve">G. Garavini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Mouchet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">G. Folatelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Nobili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Aldering</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Amanullah</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Fabbro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 464, pp.827-836. </w:t>
+              <w:t xml:space="preserve">, 2007, 470, pp.411-424. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361:20066553⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361:20065400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00139454v1</w:t>
+                <w:t xml:space="preserve">in2p3-00142917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectroscopy of twelve Type Ia supernovae at intermediate redshift</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Balland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Pain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.A. Walton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Amanullah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 445, pp.387-402. </w:t>
@@ -1908,77 +1908,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restframe I-band Hubble diagram for type Ia supernovae up to redshift z ˜ 0.5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Nobili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Nobili</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">R. Amanullah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Garavini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Goobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2068,77 +2068,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lidman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.A. Howell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Folatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Garavini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Nobili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 430, pp.843-851. </w:t>
@@ -2202,64 +2202,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. M. Hook</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. A. Howell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Aldering</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Amanullah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. S. Burns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2431,77 +2431,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Constraints on $\Omega_M$, $\Omega_\Lambda$, and w from an Independent Set of Eleven High-Redshift Supernovae Observed with HST</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. A. Knop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Aldering</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Amanullah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Astier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2523,138 +2523,410 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1086/378560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00130903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martian time-series unraveled: A multi-scale nested approach with factorial variational autoencoders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Siahkoohi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Randall Balestriero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Allys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Sainton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04177838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FARMYARD: A Generic GPU-based Pipeline for Feature Discovery from Massive Planetary LiDAR Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shen Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Porder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Sainton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03815740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unearthing InSights into Mars: Unsupervised Source Separation with Limited Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Siahkoohi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudy Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maarten V. de Hoop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Allys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2684,329 +2956,57 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of Machine Learning Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 202, pp.31754-31772, 2023, Proceedings of ICML 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04177840v1</w:t>
-              </w:r>
-[...270 lines deleted...]
-                <w:t xml:space="preserve">hal-03815740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3024,51 +3024,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">InSight for seismically detectability and seismically triggered avalanches on Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3351,51 +3351,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="66450A09"/>
+    <w:nsid w:val="4E702B39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3582,51 +3582,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-sainton" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9375-4877" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386179v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lucas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.J. Daubar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Teuff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Perrin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kawamura" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2023.115942" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04738339v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cornu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Salom&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Semelin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marchal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Freundlich" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449548" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04018766v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Plasman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Knapmeyer-Endrun" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Xu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL101627" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066274v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Golombek" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hudson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bailey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Balabanska" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Marteau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-023-00964-0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04187891v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanbo Xiao" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taichi Kawamura" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongbo Xu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n. Carrasco" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keisuke Onodera" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103429" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155699v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lognonn&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schimmel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Stutzmann" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Davis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drilleau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103205" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694923v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jacob" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Plasman" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Fuji" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lognonn&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2022.229434" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427455v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Menina" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Margerin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ta&#239;chi Kawamura" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lognonn&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Marti" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120210127" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532354v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Barkaoui" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Stutzmann" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Seydoux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120210095" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580235v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John&#8208;robert Scholz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Widmer&#8208;schnidrig" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Davis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pinot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020ea001317" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00142917v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garavini" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Folatelli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nobili" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aldering" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amanullah" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065400" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00139454v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Balland" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mouchet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Astier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fabbro" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20066553" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024538v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pain" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Walton" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20053552" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00455325v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goobar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lidman" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20042463" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023320v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Howell" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20041504" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025299v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. M. Hook" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Howell" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Burns" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024217v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blondin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Walsh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leibundgut" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sainton" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20042009" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00130903v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. A. Knop" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blanc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/378560" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177840v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Siahkoohi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Morel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten V. de Hoop" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Allys" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Sainton" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177838v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randall Balestriero" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815740v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Liang" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Porder" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Sainton" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fournier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797707v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bourdon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mangeney" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Adama Bah" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-366" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00106153v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-sainton" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9375-4877" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386179v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lucas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.J. Daubar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Teuff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Perrin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kawamura" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2023.115942" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04738339v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cornu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Salom&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Semelin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marchal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Freundlich" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449548" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04018766v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Plasman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Knapmeyer-Endrun" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Xu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL101627" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066274v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Golombek" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hudson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bailey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Balabanska" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Marteau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-023-00964-0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04187891v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanbo Xiao" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taichi Kawamura" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongbo Xu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n. Carrasco" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keisuke Onodera" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103429" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155699v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lognonn&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schimmel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Stutzmann" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Davis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drilleau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103205" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694923v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jacob" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Plasman" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Fuji" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lognonn&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2022.229434" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427455v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Menina" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Margerin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ta&#239;chi Kawamura" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lognonn&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Marti" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120210127" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532354v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Barkaoui" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Stutzmann" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Seydoux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120210095" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580235v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John&#8208;robert Scholz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Widmer&#8208;schnidrig" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Davis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pinot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020ea001317" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00139454v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Balland" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mouchet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amanullah" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Astier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fabbro" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20066553" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00142917v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garavini" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Folatelli" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nobili" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aldering" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065400" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024538v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pain" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Walton" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20053552" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00455325v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goobar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lidman" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20042463" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023320v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Howell" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20041504" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025299v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. M. Hook" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Howell" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Burns" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024217v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blondin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Walsh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leibundgut" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sainton" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20042009" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00130903v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. A. Knop" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blanc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/378560" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177838v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Siahkoohi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Morel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randall Balestriero" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Allys" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Sainton" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815740v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Liang" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lucas" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Porder" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Sainton" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fournier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177840v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten V. de Hoop" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797707v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bourdon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mangeney" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Adama Bah" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-366" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00106153v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>