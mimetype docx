--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -134,50 +134,57 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Responsable de fouilles archéologiques préventives à l'Inrap Midi-Méditerranée, j'interviens principalement dans les départements de l'Hérault et de l'Aude. Rattaché à l'UMR-ASM (Archéologie des Sociétés Méditerranéennes) de Montpellier, mes recherches portent sur l'évolution des habitats et plus globalement des différents composants de la topographie urbaine d'agglomérations antiques de l'époque tardo-républicaine et du Haut-Empire (Murviel-lès-Montpellier, Balaruc-les-Bains, Lodève, Narbonne).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
@@ -2175,768 +2182,755 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05082283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (25)</w:t>
+        <w:t xml:space="preserve">Rapport (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalas (34), Avenue Sainte Croix : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Murviel-lès-Montpellier (34), Clapissous - Colline de l’Yeuse - Route de Saint-Paul : rapport de fouille. Un sanctuaire antique aux marges de l’agglomération du Castellas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Inrap midi-MED. 2024, pp.60</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap midi-MED. 2025, 3 vol. ( 283 p., 262 p., 243p. )</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04878988v1</w:t>
+                <w:t xml:space="preserve">hal-05555035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thézan-les-Béziers (34), Chemin de Pailhès ZAC Granouillère - Tranche 1 : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Magalas (34), Avenue Sainte Croix : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Inrap midi-MED. 2023, pp.50</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap midi-MED. 2024, pp.60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04879608v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agde (34), La Méditerranéenne : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Thézan-les-Béziers (34), Chemin de Pailhès ZAC Granouillère - Tranche 1 : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Inrap midi-MED. 2023, pp.67</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barberan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ginouvez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap midi-MED. 2023, pp.50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04879022v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04879608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murviel-lès-Montpellier (34), 119 rue des Clauzes : rapport de diagnostic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agde (34), La Méditerranéenne : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Inrap midi-MED. 2023, 1 vol. (43 p.)</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jorda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pardies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap midi-MED. 2023, pp.67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-04247465v1</w:t>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04879022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sauvian (34), ZAC Les Mouilières - Tranche 2 : rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Murviel-lès-Montpellier (34), 119 rue des Clauzes : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Mazière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap midi-MED. 2023, pp.42</w:t>
+              <w:t xml:space="preserve">Inrap midi-MED. 2023, 1 vol. (43 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-04879005v1</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04247465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murviel-lès-Montpellier (34), 8 route de Bel Air : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Sauvian (34), ZAC Les Mouilières - Tranche 2 : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap midi-MED. 2023, pp.38</w:t>
+              <w:t xml:space="preserve">Inrap midi-MED. 2023, pp.42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04878998v1</w:t>
+                <w:t xml:space="preserve">hal-04879005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">49, avenue du Président Kennedy (Narbonne, Aude) - Tranche 1 et 2. Rapport de diagnostic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Murviel-lès-Montpellier (34), 8 route de Bel Air : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap Midi-Méditerranée. 2021, pp.192</w:t>
+              <w:t xml:space="preserve">Inrap midi-MED. 2023, pp.38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04849975v1</w:t>
+                <w:t xml:space="preserve">hal-04878998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Castelnau-le-Lez (34), Mas de Caylus : rapport de fouille</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">49, avenue du Président Kennedy (Narbonne, Aude) - Tranche 1 et 2. Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tosna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Midi-Méditerranée. 2021, 2 vol. (382 p., 362 p.)</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Midi-Méditerranée. 2021, pp.192</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03577440v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04849975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lezignan-Corbières (11), Domaine Saint-Estève, lotissement Domaine Saint-Estève : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Castelnau-le-Lez (34), Mas de Caylus : rapport de fouille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Inrap midi-MED. 2020, pp.44</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Molliex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Midi-Méditerranée. 2021, 2 vol. (382 p., 362 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-04879609v1</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03577440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lodève. Teisserenc. Musée Fleury</w:t>
               </w:r>
@@ -3038,1531 +3032,1610 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05178515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murviel-lès-Montpellier et son territoire durant la protohistoire et l'antiquité.</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">UMR5140 ASM / SRA Occitanie. 2019, pp.428</w:t>
+                <w:t xml:space="preserve">Lezignan-Corbières (11), Domaine Saint-Estève, lotissement Domaine Saint-Estève : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Vacassy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barberan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap midi-MED. 2020, pp.44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04884727v1</w:t>
+                <w:t xml:space="preserve">hal-04879609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murviel-lès-Montpellier (34) La Morte : les Saliniers nord-tranche 2 : rapport de diagnostic</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Inrap midi-MED. 2019, pp.42</w:t>
+                <w:t xml:space="preserve">Murviel-lès-Montpellier et son territoire durant la protohistoire et l'antiquité.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Thollard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Malignas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Le Bomin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UMR5140 ASM / SRA Occitanie. 2019, pp.428</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04879613v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murviel-lès-Montpellier (34) Avenue Suzanne Ivanez-Chupin : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Murviel-lès-Montpellier (34) La Morte : les Saliniers nord-tranche 2 : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Inrap midi-MED. 2018, pp.83</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap midi-MED. 2019, pp.42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04879643v1</w:t>
+                <w:t xml:space="preserve">hal-04879613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balaruc-le-Vieux (34), 90, rue Font Romain : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Murviel-lès-Montpellier (34) Avenue Suzanne Ivanez-Chupin : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barberan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap MED. 2017, pp.43</w:t>
+              <w:t xml:space="preserve">Inrap midi-MED. 2018, pp.83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04879751v1</w:t>
+                <w:t xml:space="preserve">hal-04879643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balaruc-les-Bains (34), Place du Mail : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Balaruc-le-Vieux (34), 90, rue Font Romain : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Inrap MED. 2017, pp.77</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barberan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap MED. 2017, pp.43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04879762v1</w:t>
+                <w:t xml:space="preserve">hal-04879751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lodève. Ancien Lycée, boulevard Gambetta</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Rapport Final d’Opération, Diagnostic, Inrap Med; SRA Languedoc-Roussillon-Midi-Pyrénées. 2017, 171 p</w:t>
+                <w:t xml:space="preserve">Balaruc-les-Bains (34), Place du Mail : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Vacassy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rascalou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap MED. 2017, pp.77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">halshs-02015174v1</w:t>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04879762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balaruc-les-Bains (34), 8, rue du Pioch : rapport de diagnostic</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">Inrap Med. 2016, pp.55</w:t>
+                <w:t xml:space="preserve">Lodève. Ancien Lycée, boulevard Gambetta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bergeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Attia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Donat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Pellé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Rapport Final d’Opération, Diagnostic, Inrap Med; SRA Languedoc-Roussillon-Midi-Pyrénées. 2017, 171 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-04879787v1</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02015174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colline de l'Yeuse : Murviel-lès-Montpellier : Occitanie - Pyrénées Méditerranée, Hérault : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Balaruc-les-Bains (34), 8, rue du Pioch : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Inrap Med. 2016, pp.76</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rascalou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Med. 2016, pp.55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04879794v1</w:t>
+                <w:t xml:space="preserve">hal-04879787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Esplanade II : Murviel-lès-Montpellier : Languedoc-Roussillon, Hérault (34) : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Colline de l'Yeuse : Murviel-lès-Montpellier : Occitanie - Pyrénées Méditerranée, Hérault : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Métais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barberan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Med. 2016, pp.76</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Métais</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-04879773v1</w:t>
+                <w:t xml:space="preserve">hal-04879794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balaruc-les-Bains (34), Aménagement de la Fiau - tranche 2 : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">L'Esplanade II : Murviel-lès-Montpellier : Languedoc-Roussillon, Hérault (34) : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barberan</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Inrap MED. 2016, pp.61</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Métais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap MED. 2016, pp.66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04879780v1</w:t>
+                <w:t xml:space="preserve">hal-04879773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atlas des fermes et des villae gallo-romaines de Beauce. Rapport de PCR</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l’Archéologie Centre-Val de Loire. 2015, pp.127</w:t>
+                <w:t xml:space="preserve">Balaruc-les-Bains (34), Aménagement de la Fiau - tranche 2 : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Vacassy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barberan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap MED. 2016, pp.61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03872194v1</w:t>
+                <w:t xml:space="preserve">hal-04879780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balaruc-les-Bains (34), Aménagements de la Fiau - tranche 1 : rapport de diagnostic</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">Inrap MED. 2015, pp.103</w:t>
+                <w:t xml:space="preserve">Atlas des fermes et des villae gallo-romaines de Beauce. Rapport de PCR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Lelong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Aubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Bailleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Besse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Bouet-Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l’Archéologie Centre-Val de Loire. 2015, pp.127</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04879818v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03872194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bourgogne, Nièvre, Entrains-sur-Nohain, 14, route d'Étais : construction d'un pavillon individuel : rapport de diagnostic</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Inrap GES. 2013, 115 p</w:t>
+                <w:t xml:space="preserve">Balaruc-les-Bains (34), Aménagements de la Fiau - tranche 1 : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Vacassy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barberan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Mazière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap MED. 2015, pp.103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04257011v1</w:t>
+                <w:t xml:space="preserve">hal-04879818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fortifier la ville à la fin du Moyen-Age : l'accrue St Aignan : Loiret, Orléans, La Motte Sanguin, lot 3 nord : rapport de fouille.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Millet</w:t>
+                <w:t xml:space="preserve">Bourgogne, Nièvre, Entrains-sur-Nohain, 14, route d'Étais : construction d'un pavillon individuel : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boislève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel E. Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Gaëtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Berthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2012</w:t>
+              <w:t xml:space="preserve">Inrap GES. 2013, 115 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02008356v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04257011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Fortifier la ville à la fin du Moyen-Age : l'accrue St Aignan : Loiret, Orléans, La Motte Sanguin, lot 3 nord : rapport de fouille.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Vacassy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Coussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Lallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02008356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Premières observations dans le quart sud-est de l'agglomération du Castellas : Hérault, Murviel-lès-Montpellier, 9 bis, route de Bel-Air : rapport de fouilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Vacassy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselyne Guerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Pellé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02008200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId113"/>
+      <w:footerReference w:type="default" r:id="rId114"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4630,51 +4703,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CD36EF03"/>
+    <w:nsid w:val="3DE235AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4861,51 +4934,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-vacassy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-5823-671X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/277433487" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04151975v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Vacassy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Vincent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Beylier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2021.2026" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125904v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boisson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Malignas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Vauxion" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2021.2047" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02008288v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.3579" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01990588v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.431" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05081719v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bouiron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Vecchione" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05081676v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Monteil" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04845997v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ollivier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa Bonsangue" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04816644v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879741v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Agusta-Boularot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487726v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487720v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493234v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03040016v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740886v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04360404v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337534v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josset" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Joyeux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Canny" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Massat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05081741v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05081689v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05082283v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04878988v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879608v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879022v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jorda" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pardies" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247465v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mazi&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879005v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04878998v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04849975v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tosna" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03577440v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Molliex" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879609v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05178515v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Attia" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barbe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884727v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Thollard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudouin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Le Bomin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879613v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879643v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879751v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879762v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rascalou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02015174v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Donat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pell&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879787v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879794v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure M&#233;tais" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879773v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879780v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872194v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lelong" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Aubourg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Bailleux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Besse" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bouet-Langlois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879818v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04257011v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel E. Fuchs" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ga&#235;tan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Berthet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02008356v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chambon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lallet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Millet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02008200v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselyne Guerre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gregory-vacassy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-5823-671X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/277433487" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04151975v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Vacassy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Vincent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Beylier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2021.2026" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125904v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boisson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Malignas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Vauxion" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2021.2047" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02008288v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.3579" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01990588v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.431" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05081719v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bouiron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Vecchione" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05081676v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Monteil" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04845997v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ollivier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sanchez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa Bonsangue" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04816644v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879741v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Agusta-Boularot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487726v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487720v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493234v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03040016v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740886v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04360404v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337534v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josset" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Joyeux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Canny" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Massat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05081741v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05081689v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05082283v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05555035v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04878988v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879608v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879022v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jorda" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pardies" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247465v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mazi&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879005v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04878998v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04849975v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tosna" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03577440v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Molliex" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05178515v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Attia" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barbe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879609v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884727v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Thollard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudouin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Le Bomin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879613v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879643v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879751v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879762v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rascalou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02015174v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Donat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pell&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879787v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879794v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure M&#233;tais" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879773v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879780v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872194v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lelong" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Aubourg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Bailleux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Besse" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bouet-Langlois" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04879818v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04257011v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel E. Fuchs" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ga&#235;tan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Berthet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02008356v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chambon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lallet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Millet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02008200v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselyne Guerre" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>