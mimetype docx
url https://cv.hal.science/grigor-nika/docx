--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -144,50 +144,62 @@
         <w:rPr/>
         <w:t xml:space="preserve">Universitetsgatan 2</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">SE-65188 Karlstad</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Intérêt de recherche</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Technologies des matériaux critiques</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Modélisation et homogénéisation des effets d'échelle</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Mécanique des milieux continus généralisés</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Thermodynamique des milieux continus</w:t>
@@ -221,51 +233,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -493,1600 +505,1616 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05463871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entropy correctors in homogenization of microheterogeneous rigid bodies</w:t>
+                <w:t xml:space="preserve">Asymptotics of a heterogeneous Canham-Helfrich flexoelectric biomembrane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Steinmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Stingl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Applied Mathematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1137/25M1778420⟩</w:t>
+              <w:t xml:space="preserve">Mathematics and Mechanics of Complex Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 14 (2), pp.257-283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2140/memocs.2026.14.257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05164000v1</w:t>
+                <w:t xml:space="preserve">hal-05044766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamic modeling and derivation of effective properties for heterogeneous dielectrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rspa.2024.1001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05106225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective medium theory for second-gradient elasticity with chirality</w:t>
+                <w:t xml:space="preserve">Entropy correctors in homogenization of microheterogeneous rigid bodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrian Muntean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asymptotic Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SIAM Journal on Applied Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 86 (1), pp.260-278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/25M1778420⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/ASY-241902⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04571844v1</w:t>
+                <w:t xml:space="preserve">hal-05164000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scale-size dependent multi-continuum homogenization of complex bodies</w:t>
+                <w:t xml:space="preserve">Effective medium theory for second-gradient elasticity with chirality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Muntean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quarterly of Applied Mathematics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Asymptotic Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/ASY-241902⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04378065v2</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04571844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On a hierarchy of effective models for the biomechanics of human compact bone tissue</w:t>
+                <w:t xml:space="preserve">Scale-size dependent multi-continuum homogenization of complex bodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMA Journal of Applied Mathematics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Quarterly of Applied Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03629864v2</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04378065v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypertemperature effects in heterogeneous media and thermal flux at small-length scales</w:t>
+                <w:t xml:space="preserve">On a hierarchy of effective models for the biomechanics of human compact bone tissue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrian Muntean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Networks and Heterogeneous Media</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3934/nhm.2023052⟩</w:t>
+              <w:t xml:space="preserve">IMA Journal of Applied Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/imamat/hxad011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04067022v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03629864v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A gradient system for a higher-gradient generalization of Fourier's law of heat conduction</w:t>
+                <w:t xml:space="preserve">Hypertemperature effects in heterogeneous media and thermal flux at small-length scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Muntean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modern Physics Letters B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S0217984923500112⟩</w:t>
+              <w:t xml:space="preserve">Networks and Heterogeneous Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (3), pp.1207-1225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/nhm.2023052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03724909v2</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04067022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cosserat continuum modelling of chiral scale-size effects and their influence on effective constitutive laws</w:t>
+                <w:t xml:space="preserve">A gradient system for a higher-gradient generalization of Fourier's law of heat conduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forces in Mechanics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Modern Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0217984923500112⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03755074v2</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03724909v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Derivation of effective models from heterogenous Cosserat media via periodic unfolding</w:t>
+                <w:t xml:space="preserve">Cosserat continuum modelling of chiral scale-size effects and their influence on effective constitutive laws</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ricerche di matematica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Forces in Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03156996v2</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03755074v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of thin micro-architectured panels with extension-bending coupling effects using topology optimization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Derivation of effective models from heterogenous Cosserat media via periodic unfolding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andrei Constantinescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ricerche di matematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2021.114496⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03525449v1</w:t>
+                <w:t xml:space="preserve">hal-03156996v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of multi-layer materials using inverse homogenization and a level set method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design of thin micro-architectured panels with extension-bending coupling effects using topology optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Agnelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Constantinescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 346, pp.388-409. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2018.11.029⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 391, pp.114496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2021.114496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02411495v1</w:t>
+                <w:t xml:space="preserve">hal-03525449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Design of multi-layer materials using inverse homogenization and a level set method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grigor Nika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Constantinescu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 346, pp.388-409. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2018.11.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02411495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Design and testing of 3D-printed micro-architectured polymer materials exhibiting a negative Poisson’s ratio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Agnelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Constantinescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Continuum Mechanics and Thermodynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00161-019-00851-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02410356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamic modeling and derivation of effective properties for heterogeneous dielectrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04982935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-continuum homogenization for scale-dependent materials in finite-sized structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H C V M Shyam Veluvali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05377382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotics of a heterogeneous Canham-Helfrich flexoelectric biomembrane</w:t>
+                <w:t xml:space="preserve">Hypertemperature effects in heterogeneous media and thermal flux at small-length scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Muntean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05044766v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03874976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypertemperature effects in heterogeneous media and thermal flux at small-length scales</w:t>
+                <w:t xml:space="preserve">An existence result for a class of nonlinear magnetorheological composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Adrian Muntean</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Vernescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03874976v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03668453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An existence result for a class of nonlinear magnetorheological composites</w:t>
+                <w:t xml:space="preserve">DESIGN OF MULTI-LAYER MATERIALS USING INVERSE HOMOGENIZATION AND A LEVEL SET METHOD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Constantinescu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03668453v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01765230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DESIGN OF MULTI-LAYER MATERIALS USING INVERSE HOMOGENIZATION AND A LEVEL SET METHOD</w:t>
+                <w:t xml:space="preserve">HOMOGENIZATION FOR A MULTI-SCALE MODEL OF MAGNETORHEOLOGICAL SUSPENSION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grigor Nika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Andrei Constantinescu</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Vernescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...74 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01723274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId55"/>
+      <w:footerReference w:type="default" r:id="rId56"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2154,51 +2182,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1B88C2FA"/>
+    <w:nsid w:val="EB8181FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2302,51 +2330,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="5F58FF62"/>
+    <w:nsid w:val="510D287C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2536,51 +2564,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/grigor-nika" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4403-6908" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299481v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Setta" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddie Wadbro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigor Nika" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2026.118752" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463871v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Veluvali" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidharth Beniwal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joep Kraeima" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Onck" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sstr.202500434" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164000v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/25M1778420" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106225v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2024.1001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571844v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Muntean" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ASY-241902" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378065v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629864v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imamat/hxad011" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067022v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/nhm.2023052" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724909v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217984923500112" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755074v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156996v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525449v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Agnelli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Constantinescu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2021.114496" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411495v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2018.11.029" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410356v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00161-019-00851-6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982935v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377382v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H C V M Shyam Veluvali" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044766v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Steinmann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Stingl" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874976v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668453v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Vernescu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765230v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723274v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/grigor-nika" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4403-6908" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299481v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Setta" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddie Wadbro" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigor Nika" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2026.118752" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463871v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Veluvali" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidharth Beniwal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joep Kraeima" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Onck" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sstr.202500434" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044766v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Steinmann" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Stingl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/memocs.2026.14.257" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106225v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2024.1001" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164000v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/25M1778420" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571844v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Muntean" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ASY-241902" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378065v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629864v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imamat/hxad011" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067022v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/nhm.2023052" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724909v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217984923500112" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755074v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156996v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525449v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Agnelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Constantinescu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2021.114496" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411495v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2018.11.029" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410356v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00161-019-00851-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982935v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377382v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H C V M Shyam Veluvali" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874976v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668453v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Vernescu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765230v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723274v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>