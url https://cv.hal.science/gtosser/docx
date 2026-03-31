--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -265,51 +265,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -372,877 +372,968 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05475557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction – Perspectives nouvelles sur John Williams (1) : héritages et postérités</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’héritage herrmannien dans Furie (Brian De Palma, 1978)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Émergences. Son, musique et médias audiovisuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.35562/emergences.265⟩</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35562/emergences.203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05035506v1</w:t>
+                <w:t xml:space="preserve">hal-05042720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Jablonka, Goldman</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction – Perspectives nouvelles sur John Williams (1) : héritages et postérités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Huvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transposition. Musique et sciences sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13, </w:t>
+              <w:t xml:space="preserve">Émergences. Son, musique et médias audiovisuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/15b0k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.35562/emergences.265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05475561v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05035506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’héritage herrmannien dans Furie (Brian De Palma, 1978)</w:t>
+                <w:t xml:space="preserve">Ivan Jablonka, Goldman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Émergences. Son, musique et médias audiovisuels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1, </w:t>
+              <w:t xml:space="preserve">Transposition. Musique et sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.35562/emergences.203⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/15b0k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05042720v1</w:t>
+                <w:t xml:space="preserve">hal-05475561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Björkographie : l’émergence des études sur Björk dans le champ universitaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martin Guerpin</w:t>
+                <w:t xml:space="preserve">Introduction – Perspectives nouvelles sur John Williams (2) : écriture, imaginaires, circulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Huvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circuit : musiques contemporaines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7202/1085809ar⟩</w:t>
+              <w:t xml:space="preserve">Émergences. Son, musique et médias audiovisuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35562/emergences.501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04566314v1</w:t>
+                <w:t xml:space="preserve">hal-05487484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le classique dans la chanson, la chanson dans le classique. Une étude des crossovers dans la production de William Sheller</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction. Björkographie : l’émergence des études sur Björk dans le champ universitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Guerpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martin Guerpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euterpe</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Circuit : musiques contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (3), pp.9-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1085809ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04471421v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04566314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bowie’s Way : une analyse harmonique de « Life on Mars ? »</w:t>
+                <w:t xml:space="preserve">Le classique dans la chanson, la chanson dans le classique. Une étude des crossovers dans la production de William Sheller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Guerpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Euterpe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34, pp.12-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/miranda.12965⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-01894960v1</w:t>
+                <w:t xml:space="preserve">hal-04471421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signature musicale et dimension autobiographique dans l'oeuvre de Dimitri Chostakovitch</w:t>
+                <w:t xml:space="preserve">Bowie’s Way : une analyse harmonique de « Life on Mars ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyse Musicale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Miranda : Revue pluridisciplinaire sur le monde anglophone. Multidisciplinary peer-reviewed journal on the English-speaking world </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paysages et héritages de David Bowie, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/miranda.12965⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01420211v1</w:t>
+                <w:t xml:space="preserve">halshs-01894960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Quelque chose se passe ». Signes (à déchiffrer), jeux (auxquels participer), messages (à traduire) : la transmission orale de György Kurtág</w:t>
+                <w:t xml:space="preserve">Signature musicale et dimension autobiographique dans l'oeuvre de Dimitri Chostakovitch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Analyse Musicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Thème agrégation 2016 : Les représentations du compositeur, création et recréation (II), 78, pp.63-70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ver.038.0023⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04465134v1</w:t>
+                <w:t xml:space="preserve">hal-01420211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hommages en fragments : le chemin entre György Kurtág et Luigi Nono</w:t>
+                <w:t xml:space="preserve">« Quelque chose se passe ». Signes (à déchiffrer), jeux (auxquels participer), messages (à traduire) : la transmission orale de György Kurtág</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drammaturgia Musicale e altri studi</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 38 (2), pp.23-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ver.038.0023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01371601v1</w:t>
+                <w:t xml:space="preserve">hal-04465134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Links and ligatures : György Kurtág’s Ligatura-Message to Frances-Marie (The answered unanswered question)</w:t>
+                <w:t xml:space="preserve">Hommages en fragments : le chemin entre György Kurtág et Luigi Nono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studia Musicologica Academiae Scientiarum Hungaricae</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 43 (3-4), pp.439-449</w:t>
+              <w:t xml:space="preserve">Drammaturgia Musicale e altri studi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Fascicolo 2, p. 45-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01388423v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01371601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Links and ligatures : György Kurtág’s Ligatura-Message to Frances-Marie (The answered unanswered question)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Tosser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studia Musicologica Academiae Scientiarum Hungaricae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 43 (3-4), pp.439-449</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01388423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'invisible, la rencontre, l'incertitude : topique du fragment chez György Kurtág</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Musica falsa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 14, p. 28-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01374424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1252,1573 +1343,1573 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sometimes I Wish We Were Leonard : Bill Callahan héritier de Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Old and New Ideas : résonances de Leonard Cohen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nathalie Vincent-Arnaud; Pierre Soubias; Philippe Birgy; Jérôme Cabot, Sep 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05289726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Appartenir » : tension de la forme héritée chez Jean-Jacques Goldman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">On ira (sur les pas de Jean-Jacques Goldman) : écouter, analyser, danser</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jérémy Michot; Grégoire Tosser, Dec 2025, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05427725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheller en segmentaire : vers une typologie formelle de la chanson shellerienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3e Congrès biennal de la Société française de musicologie SFM 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société française de musicologie, Oct 2025, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05427729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le féminisme de Kim Gordon au prisme du cinéma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Féminités et musiques à l’écran. Création, représentations et identités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chloé Huvet; Jérémy Michot, Nov 2024, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04817443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’héritage herrmannien dans The Fury (Brian De Palma, 1978)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">John Williams, dernier des symphonistes ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chloé Huvet; Grégoire Tosser, Dec 2022, Evry, Université d'Evry Paris-Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04471142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fersen, dramaturge du duo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dramaturgies de la chanson, 4e biennale internationale d’études sur la chanson</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Perle Abbrugiati; Joël July; Jean-Marie Jacono; Étienne Kippelen, Apr 2023, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04470768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Entre nous y'a un fossé » ? De l'analyse harmonique dans les chansons d'Aya Nakamura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aya Nakamura. Le minoritaire et le majoritaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Marta Amico; Emmanuel Parent, Oct 2024, Rennes (Université Rennes 2), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le lo-fi poétique et ornithologique de Bill Callahan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Littérature et musique populaire d'aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Catherine Girodet; Sylvie Mikowski, Jun 2023, Reims - Université de Reims-Champagne-Ardenne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04471161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tricky et ses égéries féminines</w:t>
+                <w:t xml:space="preserve">Chanson et cinéma chez Vincent Delerm : une écriture croisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Massive Attack et la scène trip-hop de Bristol</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mathieu Guillien; Matthieu Thibault; Grégoire Tosser, Oct 2023, Evry, Université d'Evry Paris-Saclay, France</w:t>
+              <w:t xml:space="preserve">« Musique et son dans les médias audiovisuels francophones », 14e congrès annuel du groupe de recherche Music and Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chloé Huvet; Jérémy Michot; Grégoire Tosser; Emile Wennekes, Jun 2023, Evry, Université d'Evry Paris-Saclay et ESEC, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04471275v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04471261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chanson et cinéma chez Vincent Delerm : une écriture croisée</w:t>
+                <w:t xml:space="preserve">Tricky et ses égéries féminines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Musique et son dans les médias audiovisuels francophones », 14e congrès annuel du groupe de recherche Music and Media</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Chloé Huvet; Jérémy Michot; Grégoire Tosser; Emile Wennekes, Jun 2023, Evry, Université d'Evry Paris-Saclay et ESEC, Paris, France</w:t>
+              <w:t xml:space="preserve">Massive Attack et la scène trip-hop de Bristol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mathieu Guillien; Matthieu Thibault; Grégoire Tosser, Oct 2023, Evry, Université d'Evry Paris-Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04471261v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04471275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les aventures harmoniques de Radiohead (1997-2007)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'études Radiohead</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Grégoire Tosser; Matthieu Thibault, Mar 2022, Evry, Université d'Evry Paris-Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04471291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le pire, absolument » ? Le travail d’Ennio Morricone pour Les Incorruptibles de Brian De Palma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Et pour quelques notes de plus… " Hommage à Ennio Morricone (1928-2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chloé Huvet, Mar 2021, Evry, Université d'Evry Paris-Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04471326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« I want to make this mine » : Björk et la poésie en chanson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Wanderlust » : l’art total de Björk</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Grégoire Tosser, Feb 2020, Evry, Université d'Evry Paris-Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04471348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'interprétation du silence pétrifié chez György Kurtág</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La musique de György Kurtág : les oeuvres et leurs interprétations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Márta Grabócz; Jean-Paul Olive; Álvaro Oviedo, Nov 2016, Paris, France. pp.61-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01512320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monstruosités dramatiques et musicales dans Phantom of the Paradise de Brian De Palma</w:t>
+                <w:t xml:space="preserve">Silence, musique et suspense sonore dans le cinéma de Bong Joon-ho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études Monstres en musique et autres monstruosités musicales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Inès Taillandier-Guittard, Mar 2019, Évry, France</w:t>
+              <w:t xml:space="preserve">Musique et design sonore dans les productions audiovisuelles contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chloé Huvet; Grégoire Tosser, Dec 2019, Evry, Université d'Evry Paris-Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02098237v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04471367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le nouveau monde ? Epopées et légendes chez William Sheller</w:t>
+                <w:t xml:space="preserve">Monstruosités dramatiques et musicales dans Phantom of the Paradise de Brian De Palma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études Simplement William Sheller</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Grégoire Tosser, Mar 2019, Évry, France</w:t>
+              <w:t xml:space="preserve">Journée d'études Monstres en musique et autres monstruosités musicales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Inès Taillandier-Guittard, Mar 2019, Évry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02098213v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02098237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silence, musique et suspense sonore dans le cinéma de Bong Joon-ho</w:t>
+                <w:t xml:space="preserve">Le nouveau monde ? Epopées et légendes chez William Sheller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Musique et design sonore dans les productions audiovisuelles contemporaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Chloé Huvet; Grégoire Tosser, Dec 2019, Evry, Université d'Evry Paris-Saclay, France</w:t>
+              <w:t xml:space="preserve">Journée d'études Simplement William Sheller</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Grégoire Tosser, Mar 2019, Évry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04471367v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02098213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’intégration de la corporalité dans la musique de György Kurtág</w:t>
+                <w:t xml:space="preserve">« The Mercy Seat » : hymne ou lamentation ? – une analyse musicologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Notation musicale et corporalité. Vers une construction de la notion de « corps » dans la notation musicale de la seconde moitié du XXe siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jean-Christophe Marti, Mar 2018, Evry, Université d'Evry Paris-Saclay, France</w:t>
+              <w:t xml:space="preserve">From Him to Eternity : trajectoires poétiques et musicales de Nick Cave</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Grégoire Tosser; Matthieu Thibault, Feb 2018, Evry, Université d'Evry Paris-Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04471380v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04471387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« The Mercy Seat » : hymne ou lamentation ? – une analyse musicologique</w:t>
+                <w:t xml:space="preserve">L’intégration de la corporalité dans la musique de György Kurtág</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">From Him to Eternity : trajectoires poétiques et musicales de Nick Cave</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Grégoire Tosser; Matthieu Thibault, Feb 2018, Evry, Université d'Evry Paris-Saclay, France</w:t>
+              <w:t xml:space="preserve">Notation musicale et corporalité. Vers une construction de la notion de « corps » dans la notation musicale de la seconde moitié du XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean-Christophe Marti, Mar 2018, Evry, Université d'Evry Paris-Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04471387v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04471380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’album Goodbye 20th Century (1999) : la problématique expérimentale de Sonic Youth</w:t>
+                <w:t xml:space="preserve">Analyse de la chanson &amp;quot;Like A Rolling Stone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des Ponts vers l'Amérique III : interactions entre musique savante et musique populaire aux Etats-Unis (XXe et XXIe siècles)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Max Noubel, Apr 2013, Paris, France. pp.131-142</w:t>
+              <w:t xml:space="preserve">Journée Bob Dylan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Grégoire Tosser, Mar 2017, Evry, Université d'Evry Paris-Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01499469v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la chanson &amp;quot;Like A Rolling Stone</w:t>
+                <w:t xml:space="preserve">L’album Goodbye 20th Century (1999) : la problématique expérimentale de Sonic Youth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Bob Dylan</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Grégoire Tosser, Mar 2017, Evry, Université d'Evry Paris-Saclay, France</w:t>
+              <w:t xml:space="preserve">Des Ponts vers l'Amérique III : interactions entre musique savante et musique populaire aux Etats-Unis (XXe et XXIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Max Noubel, Apr 2013, Paris, France. pp.131-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04520273v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01499469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Schweig und tanze !” : énigmes et contradictions dans la scène finale d’Elektra de Strauss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Taillandier-Guittard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chéreau en son temps</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01832988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2828,143 +2919,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Musique, histoire et musicologie. Mélanges offerts à Philippe Gumplowicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Guerpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Fléchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Tosser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermann, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04642662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2974,1440 +3065,1440 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fourmi et le prophète. Une introduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martin Guerpin</w:t>
+                <w:t xml:space="preserve">Philippe Gumplowicz au miroir de Michel Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Taillandier-Guittard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thierry Favier; Anaïs Fléchet; Martin Guerpin; Grégoire Tosser; Jean-Claude Yon. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Martin Guerpin, Thierry Favier, Anaïs Fléchet, Grégoire Tosser et Jean-Claude Yon (dir.), Musique, histoire et musicologie. Mélanges offerts à Philippe Gumplowicz</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hermann, pp.5-8, 2024</w:t>
+              <w:t xml:space="preserve">Musique, histoire et musicologie. Mélanges offerts à Philippe Gumplowicz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.199-210, 2024, 9791037038838</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04642669v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04393988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Der Humor und das Fragment. Der musikalische Witz in György Kurtágs Einige Sätze aus den Sudelbüchern Georg Christoph Lichtenbergs op. 37 und 37a</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La fourmi et le prophète. Une introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Guerpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Fléchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stimme Ausdruck Philosophie: Philosophische Erkundungen von Neuer Musik</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.131-159, 2024, 978-3-96707-464-2</w:t>
+              <w:t xml:space="preserve">Martin Guerpin, Thierry Favier, Anaïs Fléchet, Grégoire Tosser et Jean-Claude Yon (dir.), Musique, histoire et musicologie. Mélanges offerts à Philippe Gumplowicz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, pp.5-8, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04465040v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gumplowicz au miroir de Michel Delpech</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Der Humor und das Fragment. Der musikalische Witz in György Kurtágs Einige Sätze aus den Sudelbüchern Georg Christoph Lichtenbergs op. 37 und 37a</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Thierry Favier; Anaïs Fléchet; Martin Guerpin; Grégoire Tosser; Jean-Claude Yon. </w:t>
+              <w:t xml:space="preserve">Waibel, Violetta L.; Kammer, Salome. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Musique, histoire et musicologie. Mélanges offerts à Philippe Gumplowicz</w:t>
+              <w:t xml:space="preserve">Stimme Ausdruck Philosophie: Philosophische Erkundungen von Neuer Musik</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.199-210, 2024, 9791037038838</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">edition text + kritik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.131-159, 2024, 978-3-96707-464-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04393988v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04465040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le chemin de l’ars poetica selon Kurtág</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurence Le Diagno-Jacquin; Geneviève Mathon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De Franz Liszt à la musique contemporaine. Musicologie et significations. Hommage à Márta Grabócz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions universitaires de Dijon, pp.349-363, 2023, 978-2-36441-475-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04396542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monstruosités dramatiques et musicales dans Phantom of the Paradise de Brian De Palma (1974)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Julien Garde. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monstres en musique et autres monstruosités musicales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Delatour, pp.71-87, 2022, 978-2-7521-0456-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04396575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recomposed by Max Richter: Vivaldi, The Four Seasons : pistes de lecture et de relecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jérôme Rossi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Max Richter. Un créateur du XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dossier spécial baccalauréat musique, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Canopé Éditions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.31-37, 2019, 978-2-240-04754-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04465100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'accordeur arrosé : le bouleversement des clichés dans L'Accordeur d'Olivier Treiner (2010)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nathalie Vincent-Arnaud; Frédéric Sounac. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Accordeur de piano dans la littérature et au cinéma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions Universitaires de Dijon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 81-100, 2019, Sociétés, 978-2-36441-321-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03670504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vicissitudes cinématographiques du « Cold Song » de Purcell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stéphan Etcharry; Jérôme Rossi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Du concert à l’écran : la musique classique au cinéma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 100-123, 2019, PUR-cinéma, 9782753577398</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03670471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Schweig und tanze !” : énigmes et contradictions dans la scène finale d’Elektra de Strauss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Taillandier-Guittard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions de la Sorbonne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Patrice Chéreau en son temps</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 281-291, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04394017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un opus 1 choisi : le Quatuor à cordes de György Kurtág (1959)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vincent Cotro; Véronique Meyer; Marie-Luce Pujalte-Fraysse. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Première œuvre – arts et musique (XVe-XXIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.273-286, 2014, Arts et sociétés, 978-2-7535-3277-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01420649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximes et mirlitonnades : …pas à pas -nulle part… op. 36 de György Kurtág, long after Beckett</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Geneviève Mathon; David Lauffer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Beckett et la musique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Strasbourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.121-159, 2013, Formes et savoirs, 978-2-86820-503-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01418879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dilemmes de l’orientalisme afro-américain : Coltrane et l’imaginaire hispanique dans « Olé »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">COTRO, Vincent. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">John Coltrane. L’œuvre et son empreinte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Outre mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.125-148, 2011, Coll. « Contrepoints », 978-2-907891-79-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01388626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réécriture et métamorphose de la forme musicale dans les programmes composés de György Kurtág</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jackie Pigeaud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métamorphose(s) : XIIIe entretiens de la Garenne-Lemot</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 265-284, 2010, Interférences, 978-2-7535-1053-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01374494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La bougie silencieuse de György Kurtág et Andreï Tarkovski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GRABÓCZ, Márta &amp; OLIVE, Jean-Paul. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gestes, fragments, timbres : la musique de György Kurtág</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.117-138, 2009, 978-2-296-07473-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01388422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fleur, la mort, le souvenir : les Trois inscriptions anciennes op. 25</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MARÉCHAUX, Pierre &amp; TOSSER, Grégoire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ligatures : la pensée musicale de György Kurtág</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.193-215, 2009, Coll. « Æsthetica », 978-2-7535-0781-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01388494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humour et fragmentation : le Witz musical des Quelques phrases tirées des cahiers de brouillon de Georg Christoph Lichtenberg op. 37 et 37a</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MARÉCHAUX, Pierre &amp; TOSSER, Grégoire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ligatures : la pensée musicale de György Kurtág</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.129-158, 2009, Æsthetica, 978-2-7535-0781-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01388558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4417,91 +4508,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« C’est rare, mais cela arrive » : le parfum des années 1920 humé par Le Nez de Chostakovitch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005, pp.51-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01388424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4511,480 +4602,480 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perspectives nouvelles sur John Williams (2) : Écriture, imaginaires, circulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Émergences. Son, musique et médias audiovisuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.35562/emergences.289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perspectives nouvelles sur John Williams (1) : Héritages et postérités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Émergences. Son, musique et médias audiovisuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.35562/emergences.88⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Musique et design sonore dans les productions audiovisuelles contemporaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Huvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Filigrane - Musique, esthétique, sciences, société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 27, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03904221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Björk : une &amp;quot;artiste totale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Guerpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Circuit : musiques contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 31 (3), pp.5-96, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03780194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spécial Beatles Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Tosser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12 (2), 2015, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/volume.4703⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01902565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId100"/>
+      <w:footerReference w:type="default" r:id="rId102"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5052,51 +5143,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="43FA32B2"/>
+    <w:nsid w:val="D3048F89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5200,51 +5291,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="96D4D8FD"/>
+    <w:nsid w:val="EE3E27DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5434,51 +5525,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gtosser" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9552-2180" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/053510135" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/10019685" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000077314180" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475557v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Tosser" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05035506v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Huvet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/emergences.265" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475561v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15b0k" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05042720v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/emergences.203" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04566314v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Guerpin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1085809ar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471421v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01894960v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.12965" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420211v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465134v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ver.038.0023" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371601v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388423v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374424v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289726v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427725v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427729v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817443v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471142v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470768v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718700v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Michot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471161v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471275v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471261v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471291v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471326v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471348v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01512320v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02098237v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02098213v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471367v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471380v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471387v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01499469v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520273v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832988v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Taillandier-Guittard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642662v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Favier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Fl&#233;chet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Yon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642669v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465040v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.etk-muenchen.de/search/Details.aspx?subject=musik&amp;amp;sort=5&amp;amp;ISBN=9783967074642" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393988v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/musique-histoire-et-musicologie-thierry-favier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396542v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396575v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465100v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reseau-canope.fr/notice/max-richter.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670504v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/arts-et-histoire-de-l-art/663-l-accordeur-de-piano-dans-la-litterature-et-au-cinema-9782364413214.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670471v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/detail.php?idOuv=4880" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394017v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420649v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418879v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pus.unistra.fr/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388626v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Parent" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://outremesure.lfi.fr/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374494v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pur/40027" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388422v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=27752" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388494v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388558v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388424v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487480v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/emergences.289" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05035500v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/emergences.88" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904221v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780194v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902565v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Julien" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4703" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gtosser" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9552-2180" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/053510135" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/10019685" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000077314180" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475557v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Tosser" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05042720v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/emergences.203" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05035506v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Huvet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/emergences.265" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475561v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15b0k" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05487484v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/emergences.501" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04566314v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Guerpin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1085809ar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471421v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01894960v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/miranda.12965" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420211v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465134v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ver.038.0023" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371601v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388423v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374424v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289726v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427725v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427729v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817443v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471142v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470768v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718700v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Michot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471161v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471261v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471275v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471291v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471326v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471348v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01512320v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471367v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02098237v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02098213v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471387v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471380v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520273v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01499469v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832988v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Taillandier-Guittard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642662v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Favier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Fl&#233;chet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Yon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393988v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/musique-histoire-et-musicologie-thierry-favier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642669v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465040v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.etk-muenchen.de/search/Details.aspx?subject=musik&amp;amp;sort=5&amp;amp;ISBN=9783967074642" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396542v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396575v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465100v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reseau-canope.fr/notice/max-richter.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670504v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/arts-et-histoire-de-l-art/663-l-accordeur-de-piano-dans-la-litterature-et-au-cinema-9782364413214.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670471v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/detail.php?idOuv=4880" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394017v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420649v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418879v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pus.unistra.fr/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388626v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Parent" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://outremesure.lfi.fr/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374494v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pur/40027" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388422v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=27752" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388494v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388558v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388424v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487480v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/emergences.289" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05035500v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/emergences.88" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904221v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780194v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902565v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Julien" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4703" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>