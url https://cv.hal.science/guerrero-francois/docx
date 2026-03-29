--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -468,1312 +468,1312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04816562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association between rat decompression sickness resistance, transthyretin single nucleotide polymorphism, and expression: A pilot study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gene expression of Decompression Sickness-resistant rats through a miRnome/transcriptome crossed approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Orsat</w:t>
+                <w:t xml:space="preserve">Anthony Guernec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Guernec</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">F. Guerrero</w:t>
+                <w:t xml:space="preserve">Jérémy Orsat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guerrero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14814/phy2.16160⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-024-06963-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04667566v1</w:t>
+                <w:t xml:space="preserve">hal-04767211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiology of deep closed circuit rebreather mixed gas diving: vascular gas emboli and biological changes during a week-long liveaboard safari</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association between rat decompression sickness resistance, transthyretin single nucleotide polymorphism, and expression: A pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Orsat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Guernec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Le Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Costantino Balestra</w:t>
+                <w:t xml:space="preserve">V. Pichereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Lévêque</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F. Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphys.2024.1395846⟩</w:t>
+              <w:t xml:space="preserve">Physiological Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (14), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14814/phy2.16160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05225476v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04667566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene expression of Decompression Sickness-resistant rats through a miRnome/transcriptome crossed approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
+                <w:t xml:space="preserve">Physiology of deep closed circuit rebreather mixed gas diving: vascular gas emboli and biological changes during a week-long liveaboard safari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costantino Balestra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Mrakic-Sposta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Guernec</w:t>
+                <w:t xml:space="preserve">Alessandra Vezzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Orsat</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Wauthy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 7, </w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, pp.1395846. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42003-024-06963-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2024.1395846⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04767211v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05225476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highlighting of the interactions of MYD88 and NFKB1 SNPs in rats resistant to decompression sickness: toward an autoimmune response</w:t>
+                <w:t xml:space="preserve">Does Decreased Diffusing Capacity of the Lungs for Carbon Monoxide Constitute a Risk of Decompression Sickness in Occupational Divers?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vallée</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
+                <w:t xml:space="preserve">Brice Loddé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Virginie Desruelle</w:t>
+                <w:t xml:space="preserve">Marie-Agnès Giroux-Metges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simone Richard</w:t>
+                <w:t xml:space="preserve">Hubert Galinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Coupé</w:t>
+                <w:t xml:space="preserve">Hèlène Kerspern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Pougnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphys.2023.1253856⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20 (15), pp.6516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph20156516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05382122v1</w:t>
+                <w:t xml:space="preserve">hal-04188288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidative Stress Response’s Kinetics after 60 Minutes at Different (30% or 100%) Normobaric Hyperoxia Exposures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Leveque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Mrakic-Sposta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lafère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vezzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Germonpré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 24 (1), pp.664. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms24010664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04077990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scientific shallow saturation dive expedition using diving rebreathers and a specific dry habitat: medical management of the “Capsule” programme</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Eric Blatteau</w:t>
+                <w:t xml:space="preserve">Highlighting of the interactions of MYD88 and NFKB1 SNPs in rats resistant to decompression sickness: toward an autoimmune response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bernard Gardette</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Virginie Desruelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Coupé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International maritime health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5603/IMH.2023.0004⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2023.1253856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04077985v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05382122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skin Temperature Influence on Transcutaneous Carbon Dioxide (CO 2 ) Conductivity and Skin Blood Flow in Healthy Human Subjects at the Arm and Wrist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Dervieux</w:t>
+                <w:t xml:space="preserve">Scientific shallow saturation dive expedition using diving rebreathers and a specific dry habitat: medical management of the “Capsule” programme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Gouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Eric Blatteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gardette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphys.2023.1293752⟩</w:t>
+              <w:t xml:space="preserve">International maritime health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 74 (1), pp.36-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5603/IMH.2023.0004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301290v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04077985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does Decreased Diffusing Capacity of the Lungs for Carbon Monoxide Constitute a Risk of Decompression Sickness in Occupational Divers?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Skin Temperature Influence on Transcutaneous Carbon Dioxide (CO 2 ) Conductivity and Skin Blood Flow in Healthy Human Subjects at the Arm and Wrist</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Galinat</w:t>
+                <w:t xml:space="preserve">Emmanuel Dervieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hèlène Kerspern</w:t>
+                <w:t xml:space="preserve">Wilfried Uhring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Pougnet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Agnès Giroux-Metgès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Theron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 20 (15), pp.6516. </w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.1293752. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijerph20156516⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2023.1293752⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04188288v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Cardio-vascular Dysfunction and Physiological Manifestations Induced by Environmental Conditions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michael Delp</w:t>
+                <w:t xml:space="preserve">Blood pressure in rats selectively bred for their resistance to decompression sickness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Orsat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guerrero</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphys.2022.870917⟩</w:t>
+              <w:t xml:space="preserve">Diving and hyperbaric medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 52 (2), pp.119-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.28920/dhm52.2.119-125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03655000v1</w:t>
+                <w:t xml:space="preserve">hal-04077998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blood pressure in rats selectively bred for their resistance to decompression sickness</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Orsat</w:t>
+                <w:t xml:space="preserve">Editorial: Cardio-vascular Dysfunction and Physiological Manifestations Induced by Environmental Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Custaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Vinogradova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Gharib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Delp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guerrero</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diving and hyperbaric medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 52 (2), pp.119-125. </w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.Article number 870917. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.28920/dhm52.2.119-125⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2022.870917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04077998v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03655000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of occupational exposure to welding fumes and noise on heart rate variability: An exposed-unexposed study on welders and airport workers' population</w:t>
               </w:r>
@@ -1893,103 +1893,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physiology of repeated mixed gas 100-m wreck dives using a closed-circuit rebreather: a field bubble study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costantino Balestra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigrid Theunissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Germonpré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lafère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 122 (2), pp.515-522. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2036,51 +2036,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physiological effects of mixed-gas deep sea dives using a closed-circuit rebreather: a field pilot study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costantino Balestra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2153,90 +2153,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of insulation provided by dry or wetsuits among recreational divers during cold water immersion (&amp;lt; 5°C)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lafère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Germonpré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costantino Balestra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International maritime health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 72 (3), pp.217-222. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2296,51 +2296,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vallee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Virginie Desruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Tardivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2577,51 +2577,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Amérand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Guernec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Pichavant-Rafini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2724,51 +2724,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lafère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diving and Hyperbaric Medicine Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 49 (2), pp.96-106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2815,51 +2815,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angiotensin Converting Enzyme Inhibitor Has a Protective Effect on Decompression Sickness in Rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandra Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Guernec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Lautridou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2930,321 +2930,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01723939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decreased Incidence of Pulmonary Barotrauma After Discontinuation of Emergency Free Ascent Training</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Guerrero</w:t>
+                <w:t xml:space="preserve">Effect of personalized moderate exercise training on Wistar rats fed with a fructose enriched water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Dupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Marroni</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Annie Feray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Guernec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Pengam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Inizan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerospace Medicine and Human Performance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3357/AMHP.5003.2018⟩</w:t>
+              <w:t xml:space="preserve">Nutrition and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12986-018-0307-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02142987v1</w:t>
+                <w:t xml:space="preserve">hal-02142986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of personalized moderate exercise training on Wistar rats fed with a fructose enriched water</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Morgane Pengam</w:t>
+                <w:t xml:space="preserve">Decreased Incidence of Pulmonary Barotrauma After Discontinuation of Emergency Free Ascent Training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lafère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Germonpré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Inizan</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alessandro Marroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costantino Balestra</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrition and Metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 15 (1), </w:t>
+              <w:t xml:space="preserve">Aerospace Medicine and Human Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 89 (9), pp.816-821. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12986-018-0307-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3357/AMHP.5003.2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02142986v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02142987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial: Extreme Environments in Movement Science and Sport Psychology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costantino Balestra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacek Kot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3328,1164 +3328,1164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02142984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the plasma proteome of divers before and after a single SCUBA dive</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacky Lautridou</w:t>
+                <w:t xml:space="preserve">Metabolic Syndrome and Hypertension Resulting from Fructose Enriched Diet in Wistar Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Feray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Goanvec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Guernec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vianney Pichereau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Otto Barak</w:t>
+                <w:t xml:space="preserve">Nolwenn Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PROTEOMICS - Clinical Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/prca.201700016⟩</w:t>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2017, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2017/2494067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01723941v1</w:t>
+                <w:t xml:space="preserve">hal-04491802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Venous gas emboli are involved in post-dive macro, but not microvascular dysfunction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hubert Galinat</w:t>
+                <w:t xml:space="preserve">Evidence of Heritable Determinants of Decompression Sickness in Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Lautridou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Buzzacott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Belhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lafère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00421-017-3537-9⟩</w:t>
+              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49 (12), pp.2433 - 2438. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1249/MSS.0000000000001385⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01723942v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01723940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of Heritable Determinants of Decompression Sickness in Rats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lafère</w:t>
+                <w:t xml:space="preserve">Venous gas emboli are involved in post-dive macro, but not microvascular dysfunction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Lambrechts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costantino Balestra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Théron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Henckes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Galinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1249/MSS.0000000000001385⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 117 (2), pp.335 - 344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00421-017-3537-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01723940v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01723942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic Syndrome and Hypertension Resulting from Fructose Enriched Diet in Wistar Rats</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anthony Guernec</w:t>
+                <w:t xml:space="preserve">Evolution of the plasma proteome of divers before and after a single SCUBA dive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Lautridou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Pichereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Artigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Samson</w:t>
+                <w:t xml:space="preserve">Otto Barak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 2017, pp.1-10. </w:t>
+              <w:t xml:space="preserve">PROTEOMICS - Clinical Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (9-10), pp.1700016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2017/2494067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/prca.201700016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04491802v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01723941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Environmental Conditions Contribute to Narcosis Onset and Symptom Severity?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lafère</w:t>
+                <w:t xml:space="preserve">Pre-dive Whole-Body Vibration Better Reduces Decompression-Induced Vascular Gas Emboli than Oxygenation or a Combination of Both</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costantino Balestra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Theunissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Balestra</w:t>
+                <w:t xml:space="preserve">Virginie Papadopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Hemelryck</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cedric Le Mener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Germonpré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/s-0042-110573⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2016.00586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01412097v1</w:t>
+                <w:t xml:space="preserve">hal-01412098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age, weight and decompression sickness in rats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kate Lambrechts</w:t>
+                <w:t xml:space="preserve">Progressive Induction of Type 2 Diabetes: Effects of a Reality–Like Fructose Enriched Diet in Young Wistar Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Goanvec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Feray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Guernec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Alain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Physiology and Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3109/13813455.2016.1140787⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (1), pp.146821 - 146821. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0146821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01412101v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01412099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progressive Induction of Type 2 Diabetes: Effects of a Reality–Like Fructose Enriched Diet in Young Wistar Rats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Charlène Alain</w:t>
+                <w:t xml:space="preserve">Age, weight and decompression sickness in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Buzzacott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Lambrechts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0146821⟩</w:t>
+              <w:t xml:space="preserve">Archives of Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 122 (2), pp.67 - 69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3109/13813455.2016.1140787⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01412099v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01412101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-dive Whole-Body Vibration Better Reduces Decompression-Induced Vascular Gas Emboli than Oxygenation or a Combination of Both</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sigrid Theunissen</w:t>
+                <w:t xml:space="preserve">Do Environmental Conditions Contribute to Narcosis Onset and Symptom Severity?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lafère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Balestra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Papadopoulou</w:t>
+                <w:t xml:space="preserve">W. Hemelryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Le Mener</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P. Germonpré</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7, </w:t>
+              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2016.00586⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/s-0042-110573⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01412098v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01412097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of decompression sickness on vasocontraction of isolated rat vessels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandra Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Lambrechts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Belhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Theron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4530,368 +4530,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01412091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A rat model of chronic alcohol consumption and risk of decompression sickness.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
+                <w:t xml:space="preserve">ROS, Mitochondria, and Endothelial Cell Death during In Vitro Simulated Dives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Lambrechts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Buzzacott</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michael Theron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diving and hyperbaric medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 20 (2), Epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1249/MSS.0000000000000563⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04677339v1</w:t>
+                <w:t xml:space="preserve">hal-01129995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ROS, Mitochondria, and Endothelial Cell Death during In Vitro Simulated Dives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+                <w:t xml:space="preserve">A rat model of chronic alcohol consumption and risk of decompression sickness.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Buzzacott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mazur Alexandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Lambrechts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Peter Buzzacott</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Theron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Diving and hyperbaric medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 45 (2), pp.75-78</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01129995v1</w:t>
+                <w:t xml:space="preserve">hal-04677339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antioxidants, endothelial dysfunction, and DCS: in vitro and in vivo study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandra Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Lambrechts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Buzzacott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 119 (12), pp.1355 - 1362. </w:t>
@@ -5075,51 +5075,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanism of action of antiplatelet drugs on decompression sickness in rats: a protective effect of anti-GPIIbIIIa therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Lambrechts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Pontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5127,51 +5127,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandra Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Theron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Buzzacott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 118 (10), </w:t>
@@ -5203,368 +5203,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A ternary model of decompression sickness in rats.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
+                <w:t xml:space="preserve">A new measure of decompression sickness in the rat.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Buzzacott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Lambrechts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Virginie Papadopoulou</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Theron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Biology and Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2014, pp.123581. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2014/123581⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01129997v1</w:t>
+                <w:t xml:space="preserve">hal-01074006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new measure of decompression sickness in the rat.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
+                <w:t xml:space="preserve">A ternary model of decompression sickness in rats.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Buzzacott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Lambrechts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandra Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michael Theron</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Papadopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computers in Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 55, pp.74-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2014/123581⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01074006v1</w:t>
+                <w:t xml:space="preserve">hal-01129997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different effect of l-NAME treatment on susceptibility to decompression sickness in male and female rats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandra Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Buzzacott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Lambrechts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Belhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, pp.1-6. </w:t>
@@ -5602,90 +5602,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of splenectomy on platelet activation and decompression sickness outcome in a rat model of decompression.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Lambrechts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Pontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksandra Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Buzzacott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Goanvec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5721,971 +5721,971 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01129996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dark chocolate reduces endothelial dysfunction after successive breath-hold dives in cool water.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sigrid Theunissen</w:t>
+                <w:t xml:space="preserve">Effect of decompression-induced bubble formation on highly trained divers microvascular function.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Lambrechts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Pontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Buzzacott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Schumacker</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Antoine Boutros</w:t>
+                <w:t xml:space="preserve">Jean Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00421-013-2732-6⟩</w:t>
+              <w:t xml:space="preserve">Physiol Rep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (6), pp.e00142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/phy2.142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00868832v1</w:t>
+                <w:t xml:space="preserve">hal-00932408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitric oxide-related endothelial changes in breath-hold and scuba divers.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of Decompression Sickness on Vasomotion of Isolated Rat Vessels.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Lambrechts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Buzzacott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Theunissen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Guerrero</w:t>
+                <w:t xml:space="preserve">Qiang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Sponsiello</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Pieri</w:t>
+                <w:t xml:space="preserve">M. Belhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Undersea and Hyperbaric Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0033-1358472⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00828386v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00912957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Decompression Sickness on Vasomotion of Isolated Rat Vessels.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dark chocolate reduces endothelial dysfunction after successive breath-hold dives in cool water.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Theunissen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Schumacker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mazur</w:t>
+                <w:t xml:space="preserve">Frauke Tillmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Lambrechts</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">M. Belhomme</w:t>
+                <w:t xml:space="preserve">Antoine Boutros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, epub ahead of print. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/s-0033-1358472⟩</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00421-013-2732-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00912957v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00868832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidative stress in breath-hold divers after repetitive dives.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sigrid Theunissen</w:t>
+                <w:t xml:space="preserve">Nitric oxide-related endothelial changes in breath-hold and scuba divers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Theunissen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Sponsiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicola Sponsiello</w:t>
+                <w:t xml:space="preserve">D. Cialoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miroslav Rozloznik</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Guerrero</w:t>
+                <w:t xml:space="preserve">M. Pieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diving and hyperbaric medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 43 (2), pp.63-6</w:t>
+              <w:t xml:space="preserve">Undersea and Hyperbaric Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 40 (2), pp.135-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00842024v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00828386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of a single, open-sea, air scuba dive on human micro- and macrovascular function.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Qiong Wang</w:t>
+                <w:t xml:space="preserve">Oxidative stress in breath-hold divers after repetitive dives.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigrid Theunissen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Sponsiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miroslav Rozloznik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Germonpré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Diving and hyperbaric medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 43 (2), pp.63-6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00852422v1</w:t>
+                <w:t xml:space="preserve">hal-00842024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diving under a Microscope-A New Simple and Versatile In Vitro Diving Device for Fluorescence and Confocal Microscopy Allowing the Controls of Hydrostatic Pressure, Gas Pressures, and Kinetics of Gas Saturation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+                <w:t xml:space="preserve">Effect of a single, open-sea, air scuba dive on human micro- and macrovascular function.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Lambrechts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Pontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costantino Balestra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiong Wang</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Kate Lambrechts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, pp.1-9. </w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, epub ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1431927613000378⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00421-013-2676-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00819310v1</w:t>
+                <w:t xml:space="preserve">hal-00852422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of decompression-induced bubble formation on highly trained divers microvascular function.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+                <w:t xml:space="preserve">Diving under a Microscope-A New Simple and Versatile In Vitro Diving Device for Fluorescence and Confocal Microscopy Allowing the Controls of Hydrostatic Pressure, Gas Pressures, and Kinetics of Gas Saturation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Belhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Lambrechts</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiol Rep</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 1 (6), pp.e00142. </w:t>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/phy2.142⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1431927613000378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00932408v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00819310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of tetrahydrobiopterin and exercise training on endothelium-dependent vasorelaxation in SHR.</w:t>
               </w:r>
@@ -6723,51 +6723,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Goanvec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigrid Theunissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Feray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physiology and Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, epub ahead of print. </w:t>
@@ -7086,51 +7086,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Thioub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Saïag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Guerrero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Sports Medicine and Physical Fitness</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 48 (2), pp.246-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7328,51 +7328,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Yruela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Kirilovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Alfonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7440,51 +7440,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Heylen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Elkaïm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7720,51 +7720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Joanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Steinberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sauze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8208,51 +8208,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Joulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Barthèlemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Guerrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Jammes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8441,424 +8441,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05417995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diving Practices in Technical Divers’ Community and Behaviour towards Self-reported Unusual Symptoms</w:t>
+                <w:t xml:space="preserve">Do the different helium-based breathing mixtures properties impact physiological responses after a single deep closed-circuit rebreather dive?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Orsat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhiannon Brenner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Giroux-Metges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48th annual meeting of European Underwater and Baromedical Society (EUBS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05064240v1</w:t>
+                <w:t xml:space="preserve">hal-05064260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of hyperbaric stress on rat leukocytes and platelets according to sex and decompression sickness susceptibility</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Pochard</w:t>
+                <w:t xml:space="preserve">Diving Practices in Technical Divers’ Community and Behaviour towards Self-reported Unusual Symptoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Gouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Monnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Éric Blatteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48th annual meeting of European Underwater and Baromedical Society (EUBS), Brest (France)</w:t>
+              <w:t xml:space="preserve">48th annual meeting of European Underwater and Baromedical Society (EUBS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04996867v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05064240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do the different helium-based breathing mixtures properties impact physiological responses after a single deep closed-circuit rebreather dive?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Effect of hyperbaric stress on rat leukocytes and platelets according to sex and decompression sickness susceptibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Orsat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Dugrenot</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Marec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhiannon Brenner</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Pochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48th annual meeting of European Underwater and Baromedical Society (EUBS)</w:t>
+              <w:t xml:space="preserve">48th annual meeting of European Underwater and Baromedical Society (EUBS), Brest (France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05064260v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04996867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bloodstream air microbubbles and decompression sickness resistance in rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Orsat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9075,90 +9075,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of hyperbaric stress on rat leukocytes and platelets: the impact on decompression sickness susceptibility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Orsat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Marec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guerrero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9365,51 +9365,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05305036v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Theron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Blasselle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Nedellec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ballet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dugrenot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00357.2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170318v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gouin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pm Monnot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guerrero" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-&#201;ric Blatteau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm55.2.114-125" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04816562v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2024.09.001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04667566v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Orsat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guernec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Mar&#233;chal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pichereau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guerrero" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.16160" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05225476v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Balestra" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Mrakic-Sposta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Vezzoli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wauthy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2024.1395846" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04767211v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Guernec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Orsat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06963-3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05382122v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vall&#233;e" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Virginie Desruelle" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Richard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Coup&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2023.1253856" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077990v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Leveque" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laf&#232;re" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Germonpr&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24010664" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077985v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Eric Blatteau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gardette" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5603/IMH.2023.0004" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301290v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dervieux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Uhring" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Giroux-Metg&#232;s" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2023.1293752" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188288v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lodd&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Giroux-Metges" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Galinat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#232;l&#232;ne Kerspern" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pougnet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20156516" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03655000v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Custaud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Vinogradova" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gharib" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Delp" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.870917" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077998v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm52.2.119-125" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077997v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lucas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jouve" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hery" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Capellmann" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.937774" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03655061v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Theunissen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-021-04856-5" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077999v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan L&#8217;her" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-021-04798-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04078001v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5603/IMH.2021.0040" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326872v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vallee" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tardivel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Martin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-87952-y" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491850v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Mayer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Goanvec" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Hetzel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Linders" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000002354" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04412504v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Lautridou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Am&#233;rand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pichavant-Rafini" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00324.2020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02171481v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Monnot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm49.96-106" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01723939v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Mazur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dupas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00064" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02142987v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Marroni" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3357/AMHP.5003.2018" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02142986v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Feray" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pengam" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Inizan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12986-018-0307-6" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02142984v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Kot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shai Efrati" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Blatteau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.02391" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01723941v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Pichereau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artigaud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Barak" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prca.201700016" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01723942v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Lambrechts" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Th&#233;ron" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Henckes" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-017-3537-9" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01723940v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Buzzacott" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Belhomme" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001385" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04491802v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Samson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/2494067" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01412097v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Balestra" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hemelryck" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Germonpr&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-110573" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01412101v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong Wang" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13813455.2016.1140787" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01412099v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Alain" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146821" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01412098v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Papadopoulou" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Le Mener" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2016.00586" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01412091v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00139.2015" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677339v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazur Alexandra" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01129995v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000000563" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01412103v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00167.2015" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01129994v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goanvec" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Feray" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thioub" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Theron" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mansourati" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2014.07.014" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X283T5WP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01240261v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Pontier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Theron" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00125.2015" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01129997v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01074006v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2014/123581" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01074005v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2014-0148" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01129996v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00868832v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Schumacker" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Tillmans" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boutros" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-013-2732-6" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GGTGXL1F-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00828386v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Theunissen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sponsiello" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cialoni" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pieri" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00912957v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mazur" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lambrechts" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Buzzacott" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Wang" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhomme" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0033-1358472" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00842024v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Sponsiello" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Rozloznik" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00852422v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-013-2676-x" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5B2PF1RH-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00819310v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927613000378" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00932408v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Morin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/phy2.142" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743418v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=San&#233;o Thioub" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13105-012-0210-y" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743421v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mansourati" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Corporeau" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Heylen" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Delarue" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114508047715" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743419v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Castagna" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743422v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Heylen" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sa&#239;ag" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743423v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HJR.0b013e3282f17baa" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00259208v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roncel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Yruela" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kirilovsky" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alfonso" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743424v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Simon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Elka&#239;m" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2005-837452" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743425v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helga Berbari" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Gilard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sa&#239;ag" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2005.03.018" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VPKN6HX0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743427v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joanny" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Steinberg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sauze" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oliver" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743426v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sebert" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04350995v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sebert" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743428v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe S&#233;bert" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743433v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Burnet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13813459508996133" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743435v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Joulia" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barth&#232;lemy" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jammes" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05417995v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Caillard" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Veses" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Luciani" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lecomte" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05064240v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996867v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mandin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Marec" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pochard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05064260v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon Brenner" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996839v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409499v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blat" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vincent" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pichon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poupon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurheartj/eht308.P1575" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996910v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05305036v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Theron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Blasselle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Nedellec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ballet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dugrenot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00357.2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170318v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gouin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pm Monnot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guerrero" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-&#201;ric Blatteau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm55.2.114-125" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04816562v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2024.09.001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04767211v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Guernec" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Orsat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06963-3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04667566v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Orsat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guernec" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Mar&#233;chal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pichereau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guerrero" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.16160" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05225476v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Balestra" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Mrakic-Sposta" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Vezzoli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wauthy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2024.1395846" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188288v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lodd&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Giroux-Metges" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Galinat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#232;l&#232;ne Kerspern" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pougnet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20156516" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077990v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Leveque" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laf&#232;re" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Germonpr&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24010664" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05382122v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vall&#233;e" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Virginie Desruelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Richard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Coup&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2023.1253856" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077985v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Eric Blatteau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gardette" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5603/IMH.2023.0004" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301290v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dervieux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Uhring" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Giroux-Metg&#232;s" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2023.1293752" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077998v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm52.2.119-125" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03655000v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Custaud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Vinogradova" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gharib" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Delp" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.870917" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077997v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lucas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jouve" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hery" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Capellmann" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.937774" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03655061v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Theunissen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-021-04856-5" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04077999v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan L&#8217;her" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-021-04798-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04078001v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5603/IMH.2021.0040" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03326872v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vallee" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tardivel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Martin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-87952-y" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491850v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Mayer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Goanvec" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Hetzel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Linders" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000002354" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04412504v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Lautridou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Am&#233;rand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pichavant-Rafini" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00324.2020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02171481v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Monnot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28920/dhm49.96-106" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01723939v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Mazur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dupas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00064" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02142986v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Feray" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pengam" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Inizan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12986-018-0307-6" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02142987v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Marroni" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3357/AMHP.5003.2018" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02142984v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Kot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shai Efrati" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Blatteau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.02391" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04491802v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Samson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/2494067" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01723940v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Buzzacott" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Belhomme" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001385" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01723942v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Lambrechts" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Th&#233;ron" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Henckes" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-017-3537-9" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01723941v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Pichereau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artigaud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Barak" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prca.201700016" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01412098v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Papadopoulou" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Le Mener" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2016.00586" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01412099v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Alain" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146821" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01412101v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong Wang" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13813455.2016.1140787" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01412097v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Balestra" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hemelryck" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Germonpr&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-110573" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01412091v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00139.2015" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01129995v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000000563" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677339v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazur Alexandra" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01412103v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00167.2015" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01129994v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goanvec" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Feray" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thioub" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Theron" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mansourati" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2014.07.014" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X283T5WP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01240261v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Pontier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Theron" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00125.2015" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01074006v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2014/123581" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01129997v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01074005v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2014-0148" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01129996v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00932408v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Morin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/phy2.142" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00912957v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mazur" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lambrechts" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Buzzacott" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Wang" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhomme" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0033-1358472" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00868832v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Schumacker" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Tillmans" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Boutros" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-013-2732-6" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GGTGXL1F-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00828386v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Theunissen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sponsiello" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cialoni" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pieri" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00842024v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Sponsiello" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Rozloznik" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00852422v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-013-2676-x" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5B2PF1RH-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00819310v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927613000378" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743418v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=San&#233;o Thioub" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13105-012-0210-y" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743421v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mansourati" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Corporeau" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Heylen" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Delarue" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114508047715" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743419v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Castagna" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743422v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Heylen" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sa&#239;ag" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743423v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HJR.0b013e3282f17baa" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00259208v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roncel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Yruela" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kirilovsky" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alfonso" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743424v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Simon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Elka&#239;m" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2005-837452" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743425v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helga Berbari" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Gilard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sa&#239;ag" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2005.03.018" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VPKN6HX0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743427v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joanny" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Steinberg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sauze" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oliver" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743426v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sebert" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04350995v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sebert" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743428v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe S&#233;bert" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743433v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Burnet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13813459508996133" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00743435v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Joulia" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barth&#232;lemy" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jammes" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05417995v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Caillard" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Veses" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Luciani" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lecomte" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05064260v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon Brenner" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05064240v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996867v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mandin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Marec" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pochard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996839v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409499v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blat" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vincent" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pichon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poupon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurheartj/eht308.P1575" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996910v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>