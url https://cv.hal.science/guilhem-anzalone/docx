--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -3459,217 +3459,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05167129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles visions partagées entre les acteurs de l'accompagnement concernant les freins et leviers à l'installation : une analyse sociologique des consensus et dissensus au regard des juridictions professionnelles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le rapport au travail et au capital : quel impact sur la transmission des exploitations agricoles ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Anzalone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jade Ballot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Anzalone</w:t>
+                <w:t xml:space="preserve">Nejla Ben Arfa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Française d'Economie Rurale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Angers, France</w:t>
+              <w:t xml:space="preserve">Journées de recherche en Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Economie Rurale, Jun 2024, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05448886v1</w:t>
+                <w:t xml:space="preserve">hal-05458617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le rapport au travail et au capital : quel impact sur la transmission des exploitations agricoles ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quelles visions partagées entre les acteurs de l'accompagnement concernant les freins et leviers à l'installation : une analyse sociologique des consensus et dissensus au regard des juridictions professionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Ballot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Melot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Anzalone</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nejla Ben Arfa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de recherche en Sciences Sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Economie Rurale, Jun 2024, Angers, France</w:t>
+              <w:t xml:space="preserve">Société Française d'Economie Rurale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05458617v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05448886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La méthanisation au cœur des dynamiques territoriales, entre coopérations et conflits</w:t>
               </w:r>
@@ -5695,51 +5695,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0EE407D3"/>
+    <w:nsid w:val="49451D38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5926,51 +5926,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/guilhem-anzalone" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1183-2545" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170512096" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:guilhem.anzalone@sciencespo.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://socioeco.hypotheses.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458748v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Anzalone" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990273v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dedieu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-024-00221-0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342639v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.033.0226" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03908239v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonnaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.42358" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013856v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155198v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2021.02.002" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109726v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.8299" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285792v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623253v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernardin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giffona Justinia Hanitravelo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Thareau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.34176" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195642v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Pailleux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-020-00104-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513368v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599600v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Alber" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bernon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.1085" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395444v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1027213ar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827422v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02169415v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barraud-Didier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Henninger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395461v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395318v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2008.12.004" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395334v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.009.0125" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780531v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jutteau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lacquement" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-69797-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-69797-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063940v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Purseigle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Nguyen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Hervieu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785747v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01783735v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reti&#232;re" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559272v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4351" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395447v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395494v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395457v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-1192-2.c018" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395339v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.barth.2011.01.0199" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395436v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Barraud de Lagerie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Debril" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01395311v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012IEPP0027" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496912v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lacquement" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458566v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458693v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swanne Layotte" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05167129v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448886v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Ballot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Perrot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Melot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458617v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejla Ben Arfa" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629119v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Depoudent" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boudes" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458665v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Sigwalt" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629097v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02795819v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459111v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459119v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02959061v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sauc&#232;de" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhair Bouhsina" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397382v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397411v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397408v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397419v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397415v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397425v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397422v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399278v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399289v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399381v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03348185v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Velly" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barral" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pinaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.024.0189" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063962v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923739v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Espagnol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Avadi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Ayari" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blazy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399388v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/guilhem-anzalone" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1183-2545" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170512096" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:guilhem.anzalone@sciencespo.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://socioeco.hypotheses.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458748v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Anzalone" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990273v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dedieu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-024-00221-0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342639v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.033.0226" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03908239v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonnaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.42358" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013856v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155198v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2021.02.002" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109726v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.8299" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285792v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623253v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernardin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giffona Justinia Hanitravelo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Thareau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.34176" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195642v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Pailleux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-020-00104-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513368v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599600v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Alber" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bernon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.1085" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395444v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1027213ar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827422v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02169415v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barraud-Didier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Henninger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395461v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395318v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2008.12.004" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395334v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.009.0125" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780531v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jutteau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lacquement" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-69797-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-69797-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063940v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Purseigle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Nguyen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Hervieu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785747v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01783735v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reti&#232;re" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559272v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4351" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395447v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395494v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395457v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-1192-2.c018" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395339v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.barth.2011.01.0199" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395436v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Barraud de Lagerie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Debril" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01395311v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012IEPP0027" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496912v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lacquement" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458566v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458693v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swanne Layotte" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05167129v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458617v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejla Ben Arfa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448886v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Ballot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Perrot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Melot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629119v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Depoudent" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boudes" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458665v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Sigwalt" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629097v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02795819v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459111v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459119v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02959061v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sauc&#232;de" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhair Bouhsina" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397382v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397411v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397408v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397419v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397415v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397425v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397422v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399278v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399289v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399381v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03348185v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Velly" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barral" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pinaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.024.0189" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063962v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923739v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Espagnol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Avadi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Ayari" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blazy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399388v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>