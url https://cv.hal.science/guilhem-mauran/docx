--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -875,295 +875,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03656248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoarchaeology and zooarchaeology of Border Cave, South Africa: Initial multiproxy considerations of stratigraphy and site formation processes from the Backwell et al. excavations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Border Cave: A 227,000-year-old archive from the southern African interior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jamie Clark</w:t>
+                <w:t xml:space="preserve">Lucinda Backwell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Wojcieszak</w:t>
+                <w:t xml:space="preserve">Lyn Wadley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lyn Wadley</w:t>
+                <w:t xml:space="preserve">Francesco d'Errico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco d'Errico</w:t>
+                <w:t xml:space="preserve">William E. Banks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma de la Peña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 291, pp.107618. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2022.107618⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 291, pp.107597. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2022.107597⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03766093v1</w:t>
+                <w:t xml:space="preserve">hal-03766056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Border Cave: A 227,000-year-old archive from the southern African interior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucinda Backwell</w:t>
+                <w:t xml:space="preserve">Geoarchaeology and zooarchaeology of Border Cave, South Africa: Initial multiproxy considerations of stratigraphy and site formation processes from the Backwell et al. excavations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominic Stratford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamie Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Wojcieszak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyn Wadley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lyn Wadley</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Francesco d'Errico</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paloma de la Peña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 291, pp.107597. </w:t>
+              <w:t xml:space="preserve">, 2022, 291, pp.107618. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2022.107597⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2022.107618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03766056v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03766093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Biodiversity and Biodeteriogenic Activity of Microbial Communities Present in the Hypogenic Environment of the Escoural Cave, Alentejo, Portugal</w:t>
               </w:r>
@@ -1283,51 +1283,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Red Balloon Rock Shelter: Iron Age and Middle Stone Age occupations on the Waterberg Plateau in Limpopo, South Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyn Wadley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1670,355 +1670,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03608278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Namibian reference ochres description and geochemical data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Calcium oxalate radiocarbon dating: preliminary tests to date rock art of decorated open-air caves of Erongo Mountains in Namibia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pascal Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Caffy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Nankela</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Bahain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Zenodo</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Radiocarbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 62 (6), pp.1551-1562. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/RDC.2020.81⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03363397v1</w:t>
+                <w:t xml:space="preserve">hal-02568823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcium oxalate radiocarbon dating: preliminary tests to date rock art of decorated open-air caves of Erongo Mountains in Namibia</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Matières colorantes ferrugineuses, pigments de l’art rupestre et comportements des populations Later Stone Age à Leopard Cave (Erongo, Namibie).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiocarbon</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les carnets de recherche de l'Institut français d'Afrique du Sud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23, pp.53-59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/RDC.2020.81⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02568823v1</w:t>
+                <w:t xml:space="preserve">hal-03362667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matières colorantes ferrugineuses, pigments de l’art rupestre et comportements des populations Later Stone Age à Leopard Cave (Erongo, Namibie).</w:t>
+                <w:t xml:space="preserve">Namibian reference ochres description and geochemical data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alma Nankela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Bahain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les carnets de recherche de l'Institut français d'Afrique du Sud</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 23, pp.53-59</w:t>
+              <w:t xml:space="preserve"> Zenodo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03362667v1</w:t>
+                <w:t xml:space="preserve">hal-03363397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeological ochres of the rock art site of Leopard Cave (Erongo, Namibia): looking for Later Stone Age socio-cultural behaviours</w:t>
               </w:r>
@@ -2151,51 +2151,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First in situ pXRF analyses of rock paintings in Erongo, Namibia: results, current limits, and prospects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Detroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2272,51 +2272,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of painting pigments and ochres associated with the Hoabinhian archaeological context at the rock-shelter site of Doi Pha Kan (Thailand)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3119,286 +3119,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04843318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mineral pigments use by Micoquian neanderthals in Crimea</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francesco D’errico</w:t>
+                <w:t xml:space="preserve">Lithic raw material procurement analysis at Olieboomspoort rock shelter and Mwulu’s Cav</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dineo Masia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma de la Peña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zubair Jinnah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vadim Stepanchuk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th EAA Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
+              <w:t xml:space="preserve">The Association of Southern African Professional Archaeologists 2024 biennial meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Roma, Lesotho</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04853687v1</w:t>
+                <w:t xml:space="preserve">hal-04853699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lithic raw material procurement analysis at Olieboomspoort rock shelter and Mwulu’s Cav</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Zubair Jinnah</w:t>
+                <w:t xml:space="preserve">Mineral pigments use by Micoquian neanderthals in Crimea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco D’errico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Africa Pitarch Martí</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Majkić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vadim Stepanchuk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Association of Southern African Professional Archaeologists 2024 biennial meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Roma, Lesotho</w:t>
+              <w:t xml:space="preserve">30th EAA Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04853699v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative analysis of iron-based coloring material by means of p-XRF spectrometry.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3598,338 +3598,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04853680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lithic raw material procurement analysis at Olieboomspoort rock shelter and Mwulu’s Cave</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">FROM THE DEPTHS OF THE EARTH TO THE SYMBOLIC UNIVERSE: COLORING MATERIALS SOURCING IN THE HOLOCENE LEVANTINE PAINTINGS FROM THE MAESTRAT REGION (SPAIN)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Telm Bover-Arnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther López-Montalvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Goemaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Association of Southern African Professionnal Archaeologists 2024 Biennial Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Roma, Lesotho</w:t>
+              <w:t xml:space="preserve">XV Congresso Ibérico de Arqueometria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Asociación de Arqueometría ibérica, Oct 2024, Aveiro (Portugal), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04922761v1</w:t>
+                <w:t xml:space="preserve">hal-04843352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FROM THE DEPTHS OF THE EARTH TO THE SYMBOLIC UNIVERSE: COLORING MATERIALS SOURCING IN THE HOLOCENE LEVANTINE PAINTINGS FROM THE MAESTRAT REGION (SPAIN)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lithic raw material procurement analysis at Olieboomspoort rock shelter and Mwulu’s Cave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dineo Masia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma de la Peña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zubair Jinnah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Manuel Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XV Congresso Ibérico de Arqueometria</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Asociación de Arqueometría ibérica, Oct 2024, Aveiro (Portugal), Portugal</w:t>
+              <w:t xml:space="preserve">The Association of Southern African Professionnal Archaeologists 2024 Biennial Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Roma, Lesotho</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04843352v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Of Pigments and Tools : Lithic and Ochre raw material procurement strategies during MIS 5 at Mwulu’s Cave (Limpopo, South Africa)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Hodgskiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dineo Masia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dineo Masia</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Zubair Jinnah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paloma de la Peña</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society for American Archaeology 89th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Nouvelle Orléans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3980,64 +3980,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther López-Montalvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Telm Bover-Arnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Goemaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clodoaldo Roldán</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4151,191 +4151,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Middle Stone Age specularite, hematite and ochre assemblages from the Waterberg: materials preference or adaptation to mountainous resources?</w:t>
+                <w:t xml:space="preserve">The Leswika geodatabase: a rocks and colouring materials library in southern Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tammy Hodgskiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma de la Peña</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Ochre Procurement, Use, Modification in Prehistorc Africa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Mbabane, Swaziland</w:t>
+              <w:t xml:space="preserve">The Association of Southern African Professional Archaeologists 2022 Biennial Meeting Archaeology and Society in Southern Africa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Johannesburg, South-Africa, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04922720v1</w:t>
+                <w:t xml:space="preserve">hal-04922703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Leswika geodatabase: a rocks and colouring materials library in southern Africa</w:t>
+                <w:t xml:space="preserve">Middle Stone Age specularite, hematite and ochre assemblages from the Waterberg: materials preference or adaptation to mountainous resources?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paloma de la Peña</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Association of Southern African Professional Archaeologists 2022 Biennial Meeting Archaeology and Society in Southern Africa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Johannesburg, South-Africa, South Africa</w:t>
+              <w:t xml:space="preserve">Workshop Ochre Procurement, Use, Modification in Prehistorc Africa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Mbabane, Swaziland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04922703v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses pXRF in situ : avantages et inconvénients. Retours d’expériences des analyses menées en Afrique australe</w:t>
               </w:r>
@@ -4524,51 +4524,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation of coloring materials at the rock art site of Leopard Cave, Namibia: provenience, transformation and usages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Pleurdeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4613,51 +4613,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04922684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of colouring materials and rock art pigments in the Erongo Mountains (Namibia).</w:t>
+                <w:t xml:space="preserve">Hues of Namibia: characterization and provenience of Erongo rock art pigments.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lebon</w:t>
@@ -4692,293 +4692,293 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Detroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meeting African Stone Age</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Nanterre, France</w:t>
+              <w:t xml:space="preserve">5th Young Natural History scientists Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02875952v1</w:t>
+                <w:t xml:space="preserve">hal-02875950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Art rupestre et patrimoine dans le massif de l’Erongo en Namibie.</w:t>
+                <w:t xml:space="preserve">Characterisation of colouring materials and rock art pigments in the Erongo Mountains (Namibia).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lebon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nankela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Detroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire OPUS « Pour une muséalisation du patrimoine Africain »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Meeting African Stone Age</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02875949v1</w:t>
+                <w:t xml:space="preserve">hal-02875952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hues of Namibia: characterization and provenience of Erongo rock art pigments.</w:t>
+                <w:t xml:space="preserve">Art rupestre et patrimoine dans le massif de l’Erongo en Namibie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nivart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lebon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Young Natural History scientists Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire OPUS « Pour une muséalisation du patrimoine Africain »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02875950v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02875949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeological research in the Erongo mountains, Namibia: a Franco-Namibian cooperation.</w:t>
               </w:r>
@@ -5098,51 +5098,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coloured materials, insights into rock art archaeological context: the case of Leopard Cave (Erongo, Namibia).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5329,286 +5329,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02906084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photons and electrons for the study of a white veil covering some walls in prehistoric caves</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bioteriogenic activity of microbial biofilm’s communities of Escoural cave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tânia Rosado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferrier Catherine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Queffelec</w:t>
+                <w:t xml:space="preserve">Catia Salvador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nick Schiavon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Mirão</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMEKO International Conference on Metrology for Archaeology and Cultural Heritage</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European conference on Biodeterioration of stone monuments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Cergy, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02542767v1</w:t>
+                <w:t xml:space="preserve">hal-02906117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioteriogenic activity of microbial biofilm’s communities of Escoural cave</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photons and electrons for the study of a white veil covering some walls in prehistoric caves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catia Salvador</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">José Mirão</w:t>
+                <w:t xml:space="preserve">Ferrier Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Queffelec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European conference on Biodeterioration of stone monuments</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IMEKO International Conference on Metrology for Archaeology and Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Politecnico, Oct 2016, Turin, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21014/acta_imeko.v6i3.483⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02906117v1</w:t>
+                <w:t xml:space="preserve">hal-02542767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomeneralisation and corraloides: two calcitic facies involved in the conservation of Paleolithic rock art</w:t>
               </w:r>
@@ -5928,51 +5928,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Le Meillour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Préhistoire sous les tropiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
@@ -6241,277 +6241,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02906125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premières analyses des matières colorantes de l'art rupestre du massif de l'Erongo (Namibie)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Lebon</w:t>
+                <w:t xml:space="preserve">Caractérisation multiphysique des concrétions calcitiques endokarstiques de la grotte laboratoire de Leye: intérêt pour les grottes ornées paléolithiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Bassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Océane Lapauze</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Florent Détroit</w:t>
+                <w:t xml:space="preserve">Faten Ammari Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferrier Catherine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème Colloque du GMPCA (GMPCA 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Rennes, France. </w:t>
+              <w:t xml:space="preserve">XXIe colloque du GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02906078v1</w:t>
+                <w:t xml:space="preserve">hal-02561187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation multiphysique des concrétions calcitiques endokarstiques de la grotte laboratoire de Leye: intérêt pour les grottes ornées paléolithiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léna Bassel</w:t>
+                <w:t xml:space="preserve">Premières analyses des matières colorantes de l'art rupestre du massif de l'Erongo (Namibie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faten Ammari Ammari</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ferrier Catherine</w:t>
+                <w:t xml:space="preserve">Océane Lapauze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alma Nankela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Détroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIe colloque du GMPCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">21ème Colloque du GMPCA (GMPCA 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Rennes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02561187v1</w:t>
+                <w:t xml:space="preserve">hal-02906078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7458,51 +7458,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E514E6E6"/>
+    <w:nsid w:val="B5DCDEC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7689,51 +7689,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/guilhem-mauran" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3884-5194" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448756v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pargeter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mcgrath" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cawthra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. M. Chase" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. T. Faith" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.70090" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340486v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;errico" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Mauran" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Africa Pitarch Mart&#237;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Majki&#263;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Stepanchuk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adx4722" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853664v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096708v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-023-01778-5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967480v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Esteban" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Stratford" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sievers" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma de La Pe&#241;a" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107898" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03656248v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caron" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent D&#233;troit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103454" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03766093v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Clark" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Wojcieszak" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyn Wadley" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Errico" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107618" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03766056v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucinda Backwell" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E. Banks" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma de la Pe&#241;a" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107597" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362639v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Teresa Caldeira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Schiavon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;tia Salvador" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#226;nia Rosado" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings11020209" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516527v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hennie van Deventer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Biemond" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412164v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Caron" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.3949321" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03608278v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Nankela" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102757" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363397v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568823v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Dumoulin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lebon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Caffy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/RDC.2020.81" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362667v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568815v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mauran" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lapauze" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Detroit" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Bahain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10437-020-09394-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02144748v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Detroit" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-019-00787-7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159816v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gallet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bondetti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pont" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2019.05.020" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02144762v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Bassel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lacanette" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bousquet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12434" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140149v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Queffelec" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21014/acta_imeko.v6i3.483" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904275v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gonz&#225;lez-P&#233;rez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Brinco" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Vieira" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-016-0725-0" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053319v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther L&#243;pez-Montalvo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096012v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843318v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clodoaldo Rold&#225;n" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Murcia-Mascar&#243;s" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorgelina Carballo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853687v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853699v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dineo Masia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zubair Jinnah" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922778v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent E" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Calligaro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853680v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Mcgrath" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley Cawthra" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Tyler Faith" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian M. Chase" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922761v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843352v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Telm Bover-Arnal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Goemaere" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Henry" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922745v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Hodgskiss" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889469v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889299v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922720v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922703v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammy Hodgskiss" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922726v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922731v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Mesfin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stecy Meyeno-Ilougou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy de Saulieu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Oslisly" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922684v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pleurdeau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875952v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nankela" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875949v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nivart" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875950v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867637v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pleurdeau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#233;troit" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612370v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906084v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Silva" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mir&#227;o" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542767v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrier Catherine" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906117v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catia Salvador" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729880v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Ammari" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378675v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Arbez" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boboeuf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922800v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Lesur" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Le Meillour" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550785v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Dumoulin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Caffy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Delque-Koli&#269;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Moreau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906125v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivona Posedi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Smiriou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom K&#252;pper" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippa Hoskin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906078v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Lapauze" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561187v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Ammari Ammari" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568460v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Calligaro" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Castelle" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/2430" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906039v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Candeias" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695555v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanteraud" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chassin de Kergommeaux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010625v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014300v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010624v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Wadley" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906360v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03020872v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03463238v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019MNHN0019" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/guilhem-mauran" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3884-5194" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448756v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pargeter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mcgrath" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cawthra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. M. Chase" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. T. Faith" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.70090" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340486v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;errico" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Mauran" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Africa Pitarch Mart&#237;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Majki&#263;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Stepanchuk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adx4722" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853664v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096708v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-023-01778-5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967480v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Esteban" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Stratford" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sievers" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma de La Pe&#241;a" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107898" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03656248v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caron" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent D&#233;troit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103454" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03766056v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucinda Backwell" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyn Wadley" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Errico" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E. Banks" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma de la Pe&#241;a" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107597" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03766093v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Clark" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Wojcieszak" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107618" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362639v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Teresa Caldeira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Schiavon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;tia Salvador" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#226;nia Rosado" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings11020209" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516527v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hennie van Deventer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Biemond" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412164v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Caron" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.3949321" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03608278v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Nankela" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102757" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568823v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Dumoulin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lebon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Caffy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/RDC.2020.81" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362667v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363397v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568815v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mauran" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lapauze" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Detroit" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Bahain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10437-020-09394-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02144748v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Detroit" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-019-00787-7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159816v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gallet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bondetti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pont" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2019.05.020" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02144762v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Bassel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lacanette" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bousquet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/arcm.12434" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140149v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Queffelec" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21014/acta_imeko.v6i3.483" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904275v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gonz&#225;lez-P&#233;rez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Brinco" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Vieira" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-016-0725-0" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053319v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther L&#243;pez-Montalvo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096012v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843318v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clodoaldo Rold&#225;n" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Murcia-Mascar&#243;s" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorgelina Carballo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853699v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dineo Masia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zubair Jinnah" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853687v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922778v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent E" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Calligaro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853680v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Mcgrath" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley Cawthra" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Tyler Faith" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian M. Chase" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843352v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Telm Bover-Arnal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Goemaere" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Henry" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922761v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922745v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Hodgskiss" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889469v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889299v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922703v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammy Hodgskiss" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922720v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922726v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922731v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Mesfin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stecy Meyeno-Ilougou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy de Saulieu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Oslisly" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922684v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pleurdeau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875950v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nankela" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875952v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875949v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nivart" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867637v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pleurdeau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#233;troit" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612370v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906084v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Silva" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mir&#227;o" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906117v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catia Salvador" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542767v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferrier Catherine" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729880v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Ammari" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378675v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Arbez" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boboeuf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Br&#233;hard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922800v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Lesur" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Le Meillour" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550785v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Dumoulin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Caffy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Delque-Koli&#269;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Moreau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906125v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivona Posedi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Smiriou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom K&#252;pper" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippa Hoskin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561187v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Ammari Ammari" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906078v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Lapauze" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568460v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Calligaro" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Castelle" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/2430" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906039v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Candeias" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695555v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanteraud" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chassin de Kergommeaux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010625v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014300v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010624v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Wadley" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906360v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03020872v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03463238v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019MNHN0019" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>