--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electroporation of spheroids using an electric field gradient: a tool to study intensity-dependent permeabilization</w:t>
+                <w:t xml:space="preserve">Thermal aging of conductive and dielectric inks for flexible printed electronics: Toward reliable strain gauge application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théo Le Berre</w:t>
+                <w:t xml:space="preserve">Elsa Dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Marchalot</w:t>
+                <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Rival</w:t>
+                <w:t xml:space="preserve">Bruce Mioko Deme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Franqueville</w:t>
+                <w:t xml:space="preserve">Joshua Degraff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rabia Önbaş</w:t>
+                <w:t xml:space="preserve">Richard Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lab on a Chip</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 26 (1), pp.164-177. </w:t>
+              <w:t xml:space="preserve">Materials Today Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 50, pp.114346. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D5LC00613A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2025.114346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05490809v1</w:t>
+                <w:t xml:space="preserve">hal-05375734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal aging of conductive and dielectric inks for flexible printed electronics: Toward reliable strain gauge application</w:t>
+                <w:t xml:space="preserve">Electroporation of spheroids using an electric field gradient: a tool to study intensity-dependent permeabilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Dos Santos</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Théo Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Marchalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joshua Degraff</w:t>
+                <w:t xml:space="preserve">Laure Franqueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Liang</w:t>
+                <w:t xml:space="preserve">Rabia Önbaş</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 50, pp.114346. </w:t>
+              <w:t xml:space="preserve">Lab on a Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 26 (1), pp.164-177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2025.114346⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D5LC00613A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375734v1</w:t>
+                <w:t xml:space="preserve">hal-05490809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of structural and poling strategies in piezoelectric elastomer composites for soft sensing applications</w:t>
               </w:r>
@@ -502,200 +502,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05450066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Correlation between Pressure and Bone Volume Fraction: Introduction to a Novel Experimental Device</w:t>
+                <w:t xml:space="preserve">Filler Size Hybridization and Dielectrophoretic Structuring of Soft Polymer Based Thermally Conductive Composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Bertrand</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Omar Zahhaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia d'Ambrogio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grasland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Quyen Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique, </w:t>
+              <w:t xml:space="preserve">Macromolecular Materials and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/mbj.14489⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mame.202500271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04737964v2</w:t>
+                <w:t xml:space="preserve">hal-05373230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Printed ultrasound sensors for enhanced structural health monitoring: development, characterization, and real-time evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliott Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Cottinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -759,103 +776,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution of relaxation times as a tool to monitor tissue electroporation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Voyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Frénéa-Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Marchalot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 15 (1), pp.41678. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
@@ -883,338 +900,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05490783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filler Size Hybridization and Dielectrophoretic Structuring of Soft Polymer Based Thermally Conductive Composites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hydrothermal Synthesis Optimization of High-Aspect Ratio α-Al&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Microfibers for Thermally Conductive Soft Composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Zahhaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omar Zahhaf</w:t>
+                <w:t xml:space="preserve">Giulia D’ambrogio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grasland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia d'Ambrogio</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Minh Quyen Le</w:t>
+                <w:t xml:space="preserve">Minh-Quyen Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Materials and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mame.202500271⟩</w:t>
+              <w:t xml:space="preserve">Ceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (4), pp.127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ceramics8040127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05373230v1</w:t>
+                <w:t xml:space="preserve">hal-05373243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrothermal Synthesis Optimization of High-Aspect Ratio α-Al&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Microfibers for Thermally Conductive Soft Composites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Omar Zahhaf</w:t>
+                <w:t xml:space="preserve">Exploring the Correlation between Pressure and Bone Volume Fraction: Introduction to a Novel Experimental Device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia D’ambrogio</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Rival</w:t>
+                <w:t xml:space="preserve">Nina Attik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minh-Quyen Le</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rémy Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ceramics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (4), pp.127. </w:t>
+              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique, </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ceramics8040127⟩</w:t>
+                <w:t xml:space="preserve">⟨10.46298/mbj.14489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05373243v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737964v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cold Storage of Human Femoral Arteries for Twelve Months: Impact on Mechanical Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Seveyrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1291,64 +1291,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement and comparison of dielectric properties of human pancreatic tumours, healthy tissues and porcine tissues ex vivo between 1Hz and 1MHz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Marchalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Frenea-Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1419,624 +1419,624 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04705630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viscoelastic Properties of Polypropylene during Crystallization and Melting: Experimental and Phenomenological Modeling</w:t>
+                <w:t xml:space="preserve">Carbon footprint evaluation of routine anatomic pathology practices using eco-audit: Current status and mitigation strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noëlle Billon</w:t>
+                <w:t xml:space="preserve">Alexis Trecourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Cottinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Castellani</w:t>
+                <w:t xml:space="preserve">Marie Donzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Bouvard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marion Favretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Bancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/polym15183846⟩</w:t>
+              <w:t xml:space="preserve">Annals of Diagnostic Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 67, pp.152210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anndiagpath.2023.152210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04214995v1</w:t>
+                <w:t xml:space="preserve">hal-04567711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon footprint evaluation of routine anatomic pathology practices using eco-audit: Current status and mitigation strategies</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Haptic Feedback Device Using 3D-Printed Flexible, Multilayered Piezoelectric Coating for In-Car Touchscreen Interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Donzel</w:t>
+                <w:t xml:space="preserve">Van-Cuong Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Favretto</w:t>
+                <w:t xml:space="preserve">Victor Oliva-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Bancel</w:t>
+                <w:t xml:space="preserve">Claude Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Fabien Capsal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Diagnostic Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 67, pp.152210. </w:t>
+              <w:t xml:space="preserve">Micromachines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (8), pp.1553. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.anndiagpath.2023.152210⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/mi14081553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04567711v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04567650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haptic Feedback Device Using 3D-Printed Flexible, Multilayered Piezoelectric Coating for In-Car Touchscreen Interface</w:t>
+                <w:t xml:space="preserve">Time–Temperature Superposition Principle in Shearing Tests Compared to Tension Conditions for Polymers Close to Glass Transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Van-Cuong Nguyen</w:t>
+                <w:t xml:space="preserve">Noëlle Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Oliva-Torres</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Carlos Eloy Federico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Richard</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Luc Bouvard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Burr</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micromachines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/mi14081553⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (4), pp.3944. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms24043944⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567650v1</w:t>
+                <w:t xml:space="preserve">hal-04014924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time–Temperature Superposition Principle in Shearing Tests Compared to Tension Conditions for Polymers Close to Glass Transition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Viscoelastic Properties of Polypropylene during Crystallization and Melting: Experimental and Phenomenological Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Castellani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Bouvard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Burr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24 (4), pp.3944. </w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (18), pp.3846. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms24043944⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/polym15183846⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04014924v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04214995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molten-State Dielectrophoretic Alignment of EVA/BaTiO3 Thermoplastic Composites: Enhancement of Piezo-Smart Sensor for Medical Application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Zahhaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omar Zahhaf</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Giulia D’ambrogio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Giunta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh-Quyen Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 23 (24), pp.15745. </w:t>
@@ -2074,51 +2074,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ageing of PEEK/Carbon Fibre composite under electronic irradiations: Influence on mechanical behaviour and charge transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Dantras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2178,51 +2178,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic irradiation ageing in the vicinity of glass transition temperature for PEEK space applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dantras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2282,51 +2282,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of electronic irradiations on the chemical and structural properties of PEEK for space applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2412,856 +2412,856 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piezoelectric Composite Sensors for Artificial Arteries: Toward Realistic Simulation of Vascular Mechanics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Ex vivo analysis of pressure and streaming potential in bone explants during loading: development of a new experimental protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Xavier P Morelle</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Attik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th European Solid Mechanics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2025, Lyon, France. pp.488-489</w:t>
+              <w:t xml:space="preserve">, Jul 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05208247v1</w:t>
+                <w:t xml:space="preserve">hal-05345968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ex vivo analysis of pressure and streaming potential in bone explants during loading: development of a new experimental protocol</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Development and implementation of screen printed flexible piezoelectric sensor-based PI/PZT composite for high temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nina Attik</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Cottinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Solid Mechanics Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Smart Structures + Nondestructive Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Vancouver, Canada. pp.27, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.3050425⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05345968v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05151324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de la réponse mécanique de capteurs piézoélectriques à base de silicones pour l'instrumentation d'un simulateur vasculaire</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Advanced printed ultrasound sensors for structural health monitoring: design, performance, and applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliott Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Cottinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32eme Congrès sur la DEformation des Polymères Solides - DEPOS32</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Poitiers, France</w:t>
+              <w:t xml:space="preserve">22nd International Symposium on Applied Electromagnetics and Mechanics (ISEM 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, East Lansing (US), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05208273v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05146612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and implementation of screen printed flexible piezoelectric sensor-based PI/PZT composite for high temperature</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Optimisation de la réponse mécanique de capteurs piézoélectriques à base de silicones pour l'instrumentation d'un simulateur vasculaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tasnim Missaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Jean Cottinet</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier P Morelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Smart Structures + Nondestructive Evaluation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">32eme Congrès sur la DEformation des Polymères Solides - DEPOS32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.3050425⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05151324v1</w:t>
+                <w:t xml:space="preserve">hal-05208273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced printed ultrasound sensors for structural health monitoring: design, performance, and applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Optimisation du couplage piézoélectrique dans des composites PDMS / BaTiO3 pour l’instrumentation d’un simulateur vasculaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tasnim Missaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Morelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Fabien Capsal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Symposium on Applied Electromagnetics and Mechanics (ISEM 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, East Lansing (US), United States</w:t>
+              <w:t xml:space="preserve">3èmes journées du GdR "Relations structures / propriétés électriques dans les polymères"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Saint-Valéry-en-Caux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05146612v1</w:t>
+                <w:t xml:space="preserve">hal-05266994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation du couplage piézoélectrique dans des composites PDMS / BaTiO3 pour l’instrumentation d’un simulateur vasculaire</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evaluation of the impact of reversible electroporation in situ through impedance measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Siagian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Marchalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Frénéa-Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes journées du GdR "Relations structures / propriétés électriques dans les polymères"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Saint-Valéry-en-Caux, France</w:t>
+              <w:t xml:space="preserve">BioEM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Rennes (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05266994v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05187069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the impact of reversible electroporation in situ through impedance measurements</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elsa Siagian</w:t>
+                <w:t xml:space="preserve">Piezoelectric Composite Sensors for Artificial Arteries: Toward Realistic Simulation of Vascular Mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tasnim Missaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Marchalot</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guilhem Rival</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier P Morelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEM 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Rennes (FR), France</w:t>
+              <w:t xml:space="preserve">12th European Solid Mechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Lyon, France. pp.488-489</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05187069v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05208247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New microsystem for gradual electroporation of a regular spheroid population and application for protocol comparison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Marchalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3312,77 +3312,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microsystem for culture and electroporation parameters screening on a population of spheroids using a gradient of electric field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Marchalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3427,247 +3427,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04747620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence d’irradiations ionisantes sur le comportement électrique et diélectrique d’un polymère hautes performances à finalité spatiale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Electronic irradiation effects on the electrical behaviour of a high- performance space-used thermoplastic polymer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Éric Dantras</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dantras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paulmier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SDM 2 - Spectroscopie Diélectrique des Matériaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">ISE 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Limerick, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04924196v1</w:t>
+                <w:t xml:space="preserve">hal-02389770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic irradiation effects on the electrical behaviour of a high- performance space-used thermoplastic polymer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Influence d’irradiations ionisantes sur le comportement électrique et diélectrique d’un polymère hautes performances à finalité spatiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Dantras</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Dantras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paulmier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISE 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Limerick, Ireland</w:t>
+              <w:t xml:space="preserve">SDM 2 - Spectroscopie Diélectrique des Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02389770v1</w:t>
+                <w:t xml:space="preserve">hal-04924196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of electronic irradiations on electrical properties of a high-performance space-used thermoplastic polymer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paulmier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3750,77 +3750,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electroporation of spheroids using an electric field gradient: a tool to study intensity-dependent permeabilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Marchalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Prat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3888,51 +3888,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en oeuvre et optimisation de capteurs piézoélectriques pour l’instrumentation d’un simulateur vasculaire expérimental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tasnim Missaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Fabien Capsal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3970,64 +3970,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and implementation of multifunctional materials for printed electronics in harsh environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Cottinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4097,51 +4097,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieillissement sous irradiation électronique du polyetheretherketone : optimisation des propriétés électriques pour applications en environnement spatial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Rival</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matériaux. Université Toulouse 3 Paul Sabatier, 2020. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4337,51 +4337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490809v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Le Berre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marchalot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Rival" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Franqueville" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia &#214;nba&#351;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5LC00613A" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375734v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Dos Santos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Mioko Deme" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Degraff" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Liang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2025.114346" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450066v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasnim Missaoui" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier P Morelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Quyen Le" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Cottinet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fabien Capsal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2026.115457" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737964v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bertrand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Attik" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Gauthier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14489" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146604v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Brun" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pelletier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/adb4b3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490783v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Voyer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fr&#233;n&#233;a-Robin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-25647-4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373230v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Zahhaf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia d'Ambrogio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grasland" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.202500271" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373243v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia D&#8217;ambrogio" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Quyen Le" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ceramics8040127" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783324v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bordet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Seveyrat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Millon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejvs.2024.07.040" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705630v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Frenea-Robin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cros" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2024.108821" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04214995v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Billon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Castellani" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bouvard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym15183846" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567711v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Trecourt" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Donzel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Favretto" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bancel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anndiagpath.2023.152210" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567650v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Cuong Nguyen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Oliva-Torres" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Richard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi14081553" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04014924v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Eloy Federico" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Burr" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24043944" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567666v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Giunta" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232415745" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514081v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dantras" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paulmier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2021.106769" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969116v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dantras" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2020.109305" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307101v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2019.108943" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208247v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345968v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ter-Ovanessian" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208273v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151324v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3050425" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146612v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266994v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Morelle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187069v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Siagian" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747635v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rivi&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747620v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924196v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389770v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983330v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187054v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Marcellier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610597v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620399v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03160374v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375734v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Dos Santos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Rival" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Mioko Deme" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Degraff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Liang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2025.114346" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490809v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Le Berre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marchalot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Franqueville" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia &#214;nba&#351;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5LC00613A" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450066v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasnim Missaoui" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier P Morelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Quyen Le" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Cottinet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fabien Capsal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2026.115457" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373230v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Zahhaf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia d'Ambrogio" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grasland" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.202500271" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146604v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Brun" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pelletier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/adb4b3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490783v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Voyer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fr&#233;n&#233;a-Robin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-25647-4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373243v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia D&#8217;ambrogio" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Quyen Le" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ceramics8040127" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737964v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bertrand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Attik" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Gauthier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14489" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783324v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bordet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Seveyrat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Millon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejvs.2024.07.040" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705630v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Frenea-Robin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cros" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2024.108821" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567711v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Trecourt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Donzel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Favretto" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bancel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anndiagpath.2023.152210" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567650v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Cuong Nguyen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Oliva-Torres" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Richard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi14081553" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04014924v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Billon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Eloy Federico" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bouvard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Burr" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24043944" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04214995v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Castellani" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym15183846" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567666v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Giunta" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232415745" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514081v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dantras" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paulmier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2021.106769" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969116v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dantras" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2020.109305" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307101v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2019.108943" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345968v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ter-Ovanessian" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151324v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3050425" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146612v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208273v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266994v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Morelle" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187069v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Siagian" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208247v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747635v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rivi&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747620v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389770v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924196v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983330v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187054v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Marcellier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610597v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620399v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03160374v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>