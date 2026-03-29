--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -66,5108 +66,5108 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (46)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of social contacts patterns in France over the SARS-CoV-2 pandemic: results from the SocialCov survey</w:t>
+                <w:t xml:space="preserve">Choice of antimicrobial therapy for infective endocarditis caused by viridans streptococci: an international practice survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flora Soussand</w:t>
+                <w:t xml:space="preserve">Asmaa Tazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armiya Youssouf Abdou</w:t>
+                <w:t xml:space="preserve">Vincent Le Moing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Sanchez</w:t>
+                <w:t xml:space="preserve">François Goehringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bich-Tram Huynh</w:t>
+                <w:t xml:space="preserve">Raphaël Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coralie Giese</w:t>
+                <w:t xml:space="preserve">Guillaume Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 25 (1), pp.224. </w:t>
+              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12879-025-10611-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10096-026-05463-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05029280v1</w:t>
+                <w:t xml:space="preserve">hal-05568605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What Place Is There for Long-Acting Antibiotics in the Management of Gram-Positive Infections? A Qualitative Cross-Sectional Study</w:t>
+                <w:t xml:space="preserve">Evolution of social contacts patterns in France over the SARS-CoV-2 pandemic: results from the SocialCov survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Dinh</w:t>
+                <w:t xml:space="preserve">Flora Soussand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Béraud</w:t>
+                <w:t xml:space="preserve">Armiya Youssouf Abdou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johan Courjon</w:t>
+                <w:t xml:space="preserve">Marie Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Le Goff</w:t>
+                <w:t xml:space="preserve">Bich-Tram Huynh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Kader Ettahar</w:t>
+                <w:t xml:space="preserve">Coralie Giese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antibiotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 13 (7), pp.644. </w:t>
+              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (1), pp.224. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/antibiotics13070644⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12879-025-10611-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05080236v1</w:t>
+                <w:t xml:space="preserve">hal-05029280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of vaccination on the presence and severity of symptoms in hospitalized patients with an infection of the Omicron variant (B.1.1.529) of the SARS-CoV-2 (subvariant BA.1)</w:t>
+                <w:t xml:space="preserve">What Place Is There for Long-Acting Antibiotics in the Management of Gram-Positive Infections? A Qualitative Cross-Sectional Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Beraud</w:t>
+                <w:t xml:space="preserve">Aurélien Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Bouetard</w:t>
+                <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Civljak</w:t>
+                <w:t xml:space="preserve">Johan Courjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Michon</w:t>
+                <w:t xml:space="preserve">Yann Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Tulek</w:t>
+                <w:t xml:space="preserve">Nicolas Kader Ettahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 29 (5), pp.642-650. </w:t>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (7), pp.644. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cmi.2022.12.020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics13070644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04122789v1</w:t>
+                <w:t xml:space="preserve">hal-05080236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques et perceptions des RCP d'endocardite infectieuse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of vaccination on the presence and severity of symptoms in hospitalized patients with an infection of the Omicron variant (B.1.1.529) of the SARS-CoV-2 (subvariant BA.1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Beraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Beraud</w:t>
+                <w:t xml:space="preserve">Laura Bouetard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Donnadieu</w:t>
+                <w:t xml:space="preserve">R. Civljak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Duval</w:t>
+                <w:t xml:space="preserve">J. Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Vidal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Tazi</w:t>
+                <w:t xml:space="preserve">N. Tulek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine et Maladies Infectieuses Formation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mmifmc.2023.03.113⟩</w:t>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (5), pp.642-650. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmi.2022.12.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04104688v1</w:t>
+                <w:t xml:space="preserve">hal-04122789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persistent headaches one year after bacterial meningitis: prevalence, determinants and impact on quality of life</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pratiques et perceptions des RCP d'endocardite infectieuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Beraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Nguyen Van</w:t>
+                <w:t xml:space="preserve">A. Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Tubiana</w:t>
+                <w:t xml:space="preserve">X. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas de Broucker</w:t>
+                <w:t xml:space="preserve">M. Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Cédric</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carine Roy</w:t>
+                <w:t xml:space="preserve">A. Tazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10096-023-04673-y⟩</w:t>
+              <w:t xml:space="preserve">Médecine et Maladies Infectieuses Formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2 (2), pp.S38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mmifmc.2023.03.113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04264335v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04104688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobacco, alcohol, cannabis, and illicit drug use and their association with CD4/CD8 cell count ratio in people with controlled HIV: a cross-sectional study (ANRS CO3 AQUIVIH-NA-QuAliV)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Devos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Devos</w:t>
+                <w:t xml:space="preserve">François Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Bonnet</w:t>
+                <w:t xml:space="preserve">Mojgan Hessamfar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mojgan Hessamfar</w:t>
+                <w:t xml:space="preserve">Didier Neau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Olivier Vareil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 23 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12879-022-07963-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04590453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of vaccination on the symptoms of hospitalised patients with SARS-CoV-2 Delta variant (B.1.617.1) infection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Persistent headaches one year after bacterial meningitis: prevalence, determinants and impact on quality of life</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Nguyen Van</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Epaulard</w:t>
+                <w:t xml:space="preserve">Sarah Tubiana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Abgrall</w:t>
+                <w:t xml:space="preserve">Thomas de Broucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëva Lefebvre</w:t>
+                <w:t xml:space="preserve">Joseph Cédric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean François Faucher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jocelyn Michon</w:t>
+                <w:t xml:space="preserve">Carine Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cmi.2022.06.019⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42 (12), pp.1459-1467. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10096-023-04673-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03888902v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04264335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-Year Sequelae and Quality of Life in Adults with Meningococcal Meningitis: Lessons from the COMBAT Multicentre Prospective Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time trends in social contacts before and during the COVID-19 pandemic: the CONNECT study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Drolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Duval</w:t>
+                <w:t xml:space="preserve">Aurélie Godbout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+                <w:t xml:space="preserve">Myrto Mondor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Lamaury</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Gueit</w:t>
+                <w:t xml:space="preserve">Léa Drolet-Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12325-022-02149-7⟩</w:t>
+              <w:t xml:space="preserve">BMC Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (1), pp.1032. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12889-022-13402-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03889949v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03693157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time trends in social contacts before and during the COVID-19 pandemic: the CONNECT study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">One-Year Sequelae and Quality of Life in Adults with Meningococcal Meningitis: Lessons from the COMBAT Multicentre Prospective Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Drolet</w:t>
+                <w:t xml:space="preserve">Isabelle Lamaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Godbout</w:t>
+                <w:t xml:space="preserve">Lélia Escaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myrto Mondor</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Léa Drolet-Roy</w:t>
+                <w:t xml:space="preserve">Isabelle Gueit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12889-022-13402-7⟩</w:t>
+              <w:t xml:space="preserve">Advances in Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 39 (6), pp.3031-3041. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12325-022-02149-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03693157v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined Bacterial Meningitis and Infective Endocarditis: When Should We Search for the Other When Either One is Diagnosed?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Tubiana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Erpelding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Line Erpelding</w:t>
+                <w:t xml:space="preserve">Vincent Le-Moing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Chirouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infectious Diseases and Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11, pp.1521-1540. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s40121-022-00651-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03680022v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacy and Safety of Doravirine-Based Regimens in Real Life: A Prospective Monocentric French Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Garcia</w:t>
+                <w:t xml:space="preserve">Jean Philippe Martellosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Philippe Martellosio</w:t>
+                <w:t xml:space="preserve">Valentin Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Catroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIDS Research and Human Retroviruses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 38 (10), pp.779-781. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1089/AID.2022.0058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03906347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical Decision Support Systems for Antibiotic Prescribing: An Inventory of Current French Language Tools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Durand</w:t>
+                <w:t xml:space="preserve">Serge Alfandari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Alfandari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Béraud</w:t>
+                <w:t xml:space="preserve">Rosy Tsopra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antibiotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11 (3), pp.384. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/antibiotics11030384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03738939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Survey of delivery of parenteral antimicrobials in non-inpatient settings across Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Emilie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Emilie</w:t>
+                <w:t xml:space="preserve">Phebe de Nocker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phebe de Nocker</w:t>
+                <w:t xml:space="preserve">Nadia Saïdani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Saïdani</w:t>
+                <w:t xml:space="preserve">Mark Gilchrist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Andrew Seaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.106559. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2022.106559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03622451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Should we Use Multicolumn Spinal Cord Stimulation to Optimize Back Pain Spatial Neural Targeting? A Prospective, Multicenter, Randomized, Double-Blind, Controlled Trial (ESTIMET Study)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of vaccination on the symptoms of hospitalised patients with SARS-CoV-2 Delta variant (B.1.617.1) infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Epaulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Rigoard</w:t>
+                <w:t xml:space="preserve">Sophie Abgrall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Billot</w:t>
+                <w:t xml:space="preserve">Maëva Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Ingrand</w:t>
+                <w:t xml:space="preserve">Jean François Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Durand-Zaleski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manuel Roulaud</w:t>
+                <w:t xml:space="preserve">Jocelyn Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuromodulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ner.13251⟩</w:t>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (12), pp.1629-1635. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmi.2022.06.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03268088v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03888902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Should we Use Multicolumn Spinal Cord Stimulation to Optimize Back Pain Spatial Neural Targeting? A Prospective, Multicenter, Randomized, Double-Blind, Controlled Trial (ESTIMET Study)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rigoard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Billot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ingrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Durand-Zaleski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuromodulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 24 (1), pp.86-101. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ner.13251⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ner.13251⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04449086v1</w:t>
+                <w:t xml:space="preserve">hal-03268088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feasibility of early switch to oral antibiotic in brain abscesses and empyema: a multicentre retrospective study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How Should we Use Multicolumn Spinal Cord Stimulation to Optimize Back Pain Spatial Neural Targeting? A Prospective, Multicenter, Randomized, Double-Blind, Controlled Trial (ESTIMET Study)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rigoard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Billot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lauda-Maillen</w:t>
+                <w:t xml:space="preserve">Pierre Ingrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Lemaignen</w:t>
+                <w:t xml:space="preserve">Isabelle Durand-Zaleski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Puyade</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">G. Le Moal</w:t>
+                <w:t xml:space="preserve">Manuel Roulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10096-020-03904-w⟩</w:t>
+              <w:t xml:space="preserve">Neuromodulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 24 (1), pp.86-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ner.13251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03464322v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04449086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hysterectomy, non-malignant gynecological diseases, and the risk of incident hypertension: The E3N prospective cohort</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Feasibility of early switch to oral antibiotic in brain abscesses and empyema: a multicentre retrospective study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lauda-Maillen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Madika</w:t>
+                <w:t xml:space="preserve">A. Lemaignen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conor James Macdonald</w:t>
+                <w:t xml:space="preserve">M. Puyade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Gelot</w:t>
+                <w:t xml:space="preserve">M. Catroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sixtine Hitier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire Mounier-Vehier</w:t>
+                <w:t xml:space="preserve">G. Le Moal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Maturitas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.maturitas.2021.06.001⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 40 (1), pp.209-213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10096-020-03904-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03336373v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03464322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lockdown impact on age-specific contact patterns and behaviours, France, April 2020</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hysterectomy, non-malignant gynecological diseases, and the risk of incident hypertension: The E3N prospective cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Madika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Bosetti</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marie Sanchez</w:t>
+                <w:t xml:space="preserve">Conor James Macdonald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Eisenhauer</w:t>
+                <w:t xml:space="preserve">Amandine Gelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sixtine Hitier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mounier-Vehier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosurveillance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2021.26.48.2001636⟩</w:t>
+              <w:t xml:space="preserve">Maturitas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 150, pp.22-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.maturitas.2021.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03464765v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03336373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between serotypes, disease characteristics and 30-day mortality in adults with invasive pneumococcal disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Benadji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kostas Danis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Hoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 50 (1), pp.223-233. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s15010-021-01688-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mycobacterium tuberculosis prosthetic joint infections a case series and literature review</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lockdown impact on age-specific contact patterns and behaviours, France, April 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Poinsignon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Chirouze</w:t>
+                <w:t xml:space="preserve">Paolo Bosetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bich-Tram Huynh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Béraud</w:t>
+                <w:t xml:space="preserve">Armiya Youssouf Abdou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Eisenhauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jinf.2018.08.008⟩</w:t>
+              <w:t xml:space="preserve">Eurosurveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (48), pp.2001636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2021.26.48.2001636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01862286v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03464765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bag-in-the-lens implantation helps avoid posterior synechiae of the iris after phacovitrectomy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Perceptions, attitudes, and practices of French junior physicians regarding antibiotic use and resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Lux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Beraud</w:t>
+                <w:t xml:space="preserve">C. Lévin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Degoumois</w:t>
+                <w:t xml:space="preserve">N. Thilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Billotte</w:t>
+                <w:t xml:space="preserve">M. Dousak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Beraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Klesnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cataract and Refractive Surgery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcrs.2019.05.054⟩</w:t>
+              <w:t xml:space="preserve">Médecine et Maladies Infectieuses (1971-2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 49 (4), pp.241-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.medmal.2018.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03487459v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02360025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the French Infectious Diseases Society's (SPILF) proposals for shorter antibiotic therapies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Practices, organisation, and regulatory aspects in advising on antibiotic prescription: the international ESCMID AntibioLegalMap survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Luc</w:t>
+                <w:t xml:space="preserve">Gianpiero Tebano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Béraud</w:t>
+                <w:t xml:space="preserve">Oliver Dyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Castan</w:t>
+                <w:t xml:space="preserve">Bojana Beovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Gauzit</w:t>
+                <w:t xml:space="preserve">Frédérique Claudot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine et Maladies Infectieuses (1971-2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 49 (6), pp.456-462. </w:t>
+              <w:t xml:space="preserve">Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 47 (5), pp.749-760. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.medmal.2019.07.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s15010-019-01298-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02459159v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02465814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceptions, attitudes, and practices of French junior physicians regarding antibiotic use and resistance</w:t>
+                <w:t xml:space="preserve">Young doctors’ perspectives on antibiotic use and resistance: a multinational and inter-specialty cross-sectional European Society of Clinical Microbiology and Infectious Diseases (ESCMID) survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Lévin</w:t>
+                <w:t xml:space="preserve">Bojana Beović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Thilly</w:t>
+                <w:t xml:space="preserve">May Doušak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Dousak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Beraud</w:t>
+                <w:t xml:space="preserve">Céline Pulcini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Klesnik</w:t>
+                <w:t xml:space="preserve">Jose Ramon Paño Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine et Maladies Infectieuses (1971-2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 49 (4), pp.241-249. </w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 74 (12), pp.3611-3618. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.medmal.2018.09.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkz375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02360025v1</w:t>
+                <w:t xml:space="preserve">hal-02297581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practices, organisation, and regulatory aspects in advising on antibiotic prescription: the international ESCMID AntibioLegalMap survey</w:t>
+                <w:t xml:space="preserve">Impact of the French Infectious Diseases Society's (SPILF) proposals for shorter antibiotic therapies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gianpiero Tebano</w:t>
+                <w:t xml:space="preserve">G. Macheda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oliver Dyar</w:t>
+                <w:t xml:space="preserve">A. Luc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bojana Beovic</w:t>
+                <w:t xml:space="preserve">G. Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Claudot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Béraud</w:t>
+                <w:t xml:space="preserve">B. Castan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gauzit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s15010-019-01298-2⟩</w:t>
+              <w:t xml:space="preserve">Médecine et Maladies Infectieuses (1971-2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 49 (6), pp.456-462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.medmal.2019.07.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02465814v1</w:t>
+                <w:t xml:space="preserve">hal-02459159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Young doctors’ perspectives on antibiotic use and resistance: a multinational and inter-specialty cross-sectional European Society of Clinical Microbiology and Infectious Diseases (ESCMID) survey</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bag-in-the-lens implantation helps avoid posterior synechiae of the iris after phacovitrectomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">May Doušak</w:t>
+                <w:t xml:space="preserve">Clément Auchère Lavayssiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Pulcini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Béraud</w:t>
+                <w:t xml:space="preserve">Anne-Laure Lux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose Ramon Paño Pardo</w:t>
+                <w:t xml:space="preserve">Alice Degoumois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Billotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jac/dkz375⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cataract and Refractive Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 45, pp.1386 - 1392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrs.2019.05.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02297581v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03487459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defensive medicine among antibiotic stewards: the international ESCMID AntibioLegalMap survey</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Thilly</w:t>
+                <w:t xml:space="preserve">Mycobacterium tuberculosis prosthetic joint infections a case series and literature review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Uhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Corvaisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Poinsignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Chirouze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jac/dky098⟩</w:t>
+              <w:t xml:space="preserve">Journal of Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 78 (1), pp.27-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jinf.2018.08.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02381111v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01862286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibiotic treatment of infections caused by carbapenem-resistant Gram-negative bacilli: an international ESCMID cross-sectional survey among infectious diseases specialists practicing in large hospitals</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Pulcini</w:t>
+                <w:t xml:space="preserve">Defensive medicine among antibiotic stewards: the international ESCMID AntibioLegalMap survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianpiero Tebano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Dyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bojana Beovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Durante-Mangoni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Rodríguez-Baño</w:t>
+                <w:t xml:space="preserve">Nathalie Thilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cmi.2018.01.015⟩</w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 73 (7), pp.1989-1996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dky098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02373533v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02381111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are infection specialists recommending short antibiotic treatment durations? An ESCMID international cross-sectional survey</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antibiotic treatment of infections caused by carbapenem-resistant Gram-negative bacilli: an international ESCMID cross-sectional survey among infectious diseases specialists practicing in large hospitals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Papst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Macheda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Oliver Dyar</w:t>
+                <w:t xml:space="preserve">B. Beović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Luc</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Béraud</w:t>
+                <w:t xml:space="preserve">C. Pulcini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Durante-Mangoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rodríguez-Baño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jac/dkx528⟩</w:t>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (10), pp.1070-1076. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmi.2018.01.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02360086v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02373533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resurgence risk for measles, mumps and rubella in France in 2018 and 2020</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Are infection specialists recommending short antibiotic treatment durations? An ESCMID international cross-sectional survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Dervaux</w:t>
+                <w:t xml:space="preserve">Gabriel Macheda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Dyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niel Hens</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Amandine Luc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bojana Beovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Béraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosurveillance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 23 (25), pp.21. </w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 73 (4), pp.1084-1090. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2018.23.25.1700796⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkx528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02519631v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02360086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Legal framework of antimicrobial stewardship in hospitals (LEASH): a European Society of Clinical Microbiology and Infectious Diseases (ESCMID) cross-sectional international survey</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Pulcini</w:t>
+                <w:t xml:space="preserve">Resurgence risk for measles, mumps and rubella in France in 2018 and 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Dumartin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Béraud</w:t>
+                <w:t xml:space="preserve">Steven Abrams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Nerat</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Beutels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dervaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niel Hens</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2018.07.019⟩</w:t>
+              <w:t xml:space="preserve">Eurosurveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (25), pp.21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2018.23.25.1700796⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02349363v1</w:t>
+                <w:t xml:space="preserve">hal-02519631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the impact of changes in day-care contact patterns on the dynamics of varicella transmission in France between 1991 and 2015</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Legal framework of antimicrobial stewardship in hospitals (LEASH): a European Society of Clinical Microbiology and Infectious Diseases (ESCMID) cross-sectional international survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bojana Beović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pulcini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dumartin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Merler</w:t>
+                <w:t xml:space="preserve">Barbara Nerat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 14 (8), pp.e1006334. </w:t>
+              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 52 (5), pp.616-621. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1006334⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2018.07.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01880120v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02349363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management of bloodstream infections by infection specialists: an international ESCMID cross-sectional survey</w:t>
+                <w:t xml:space="preserve">Modeling the impact of changes in day-care contact patterns on the dynamics of varicella transmission in France between 1991 and 2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Diallo</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Valentina Marziano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piero Poletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Önder Ergonul</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Boëlle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Merler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2017.12.010⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (8), pp.e1006334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1006334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02353172v1</w:t>
+                <w:t xml:space="preserve">hal-01880120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nebulized Liposomal Amphotericin B for Treatment of Pulmonary Infection Caused by Hormographiella aspergillata: Case Report and Literature Review</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Management of bloodstream infections by infection specialists: an international ESCMID cross-sectional survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blandine Rammaert</w:t>
+                <w:t xml:space="preserve">Kévin Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Luc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Grosset</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gwenaël Le Moal</w:t>
+                <w:t xml:space="preserve">Önder Ergonul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mycopathologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11046-017-0117-9⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (5), pp.794-798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2017.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02534946v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02353172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erratum to ‘Predominance of healthcare-associated cases among episodes of community-onset bacteraemia due to extended-spectrum β-lactamase-producing Enterobacteriaceae’ [International Journal of Antimicrobial Agents 49/1 67–73]</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ESGAP inventory of target indicators assessing antibiotic prescriptions: a cross-sectional survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Howard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Ralph Zahar</w:t>
+                <w:t xml:space="preserve">Benedikt Huttner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bojana Beovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Lesprit</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hitoto Hikombo</w:t>
+                <w:t xml:space="preserve">Diamantis Kofteridis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2017.02.007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 72 (10), pp.2910-2914. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkx243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05463767v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ESGAP inventory of target indicators assessing antibiotic prescriptions: a cross-sectional survey</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Erratum to ‘Predominance of healthcare-associated cases among episodes of community-onset bacteraemia due to extended-spectrum β-lactamase-producing Enterobacteriaceae’ [International Journal of Antimicrobial Agents 49/1 67–73]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Ralph Zahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lesprit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Ruckly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelia Eden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philip Howard</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Diamantis Kofteridis</w:t>
+                <w:t xml:space="preserve">Hitoto Hikombo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jac/dkx243⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49 (4), pp.480-481. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2017.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02338638v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05463767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erratum to 'Predominance of healthcare-associated cases among episodes of community-onset bacteraemia due to extended-spectrum β-lactamase-producing Enterobacteriaceae' [International Journal of Antimicrobial Agents 49/1 67-73]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Ralph Zahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lesprit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruckly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelia Eden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hitoto Hikombo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 49 (4), pp.480-481. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2017.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01509557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 55-Year-Old French Man With Sudden Hemiparesis and Hemiplegia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nebulized Liposomal Amphotericin B for Treatment of Pulmonary Infection Caused by Hormographiella aspergillata: Case Report and Literature Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Brunet</w:t>
+                <w:t xml:space="preserve">Estelle Cateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alida Minoza</w:t>
+                <w:t xml:space="preserve">Blandine Rammaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Portet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Beraud</w:t>
+                <w:t xml:space="preserve">Marine Grosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Helene Rodier</w:t>
+                <w:t xml:space="preserve">Gwenaël Le Moal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 62 (6), pp.807 - 808. </w:t>
+              <w:t xml:space="preserve">Mycopathologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 182 (7-8), pp.709-713. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cid/civ1191⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11046-017-0117-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01427783v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02534946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First case report of renal improvement on tenofovir alafenamide in an HIV/hepatitis B virus-coinfected patient with adefovir-induced Fanconiʼs syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Le Moal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Chagneau-Derrode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5218,51 +5218,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CT Imaging Assessment of Response to Treatment in Chronic Pulmonary Aspergillosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ingrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie France Carette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5486,103 +5486,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do physicians cope with controversial topics in existing guidelines for the management of infective endocarditis? Results of an international survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pulcini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Ramón Paño-Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Hoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bojana Beovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 22 (2), pp.163-170. </w:t>
@@ -5633,77 +5633,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Sclerotic Scatter Limbal Arc Is More Easily Elicited under Mesopic Rather Than Photopic Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Denion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Lux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mouriaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 11 (3), pp.e0150314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5731,217 +5731,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01301140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotyping chronic pulmonary aspergillosis by cluster analysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A 55-Year-Old French Man With Sudden Hemiparesis and Hemiplegia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Laurent</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Béraud</w:t>
+                <w:t xml:space="preserve">Kevin Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Toper</w:t>
+                <w:t xml:space="preserve">Alida Minoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boubou Camara</w:t>
+                <w:t xml:space="preserve">Sylvain Portet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Beraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Helene Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Respiratory Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1183/13993003.00869-2015⟩</w:t>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 62 (6), pp.807 - 808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cid/civ1191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02477982v1</w:t>
+                <w:t xml:space="preserve">hal-01427783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Results of a multinational study suggests rapid diagnosis and early onset of antiviral treatment in herpetic meningoencephalitis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakan Erdem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasemin Cag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derya Ozturk-Engin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylviane Defres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5950,350 +5950,484 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selcuk Kaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 59 (6), pp.3084-3089. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AAC.05016-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01147274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The french connection: the first large population-based contact survey in france relevant for the spread of infectious diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Kazmercziak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beutels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Levy-Bruhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, PLoS One, 10, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0133203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02527529v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Phenotyping chronic pulmonary aspergillosis by cluster analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Béraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Toper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubou Camara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Respiratory Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 46 (5), pp.1509-1512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1183/13993003.00869-2015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Severe ear chondritis due to cowpox virus transmitted by a pet rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Elsendoorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Agius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Le Moal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Aajaji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 63 (5), pp.391-393. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jinf.2011.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02472875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6303,114 +6437,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling infectious agent transmission using social mixing data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Béraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Human health and pathology. Université du Droit et de la Santé - Lille II; Universiteit Hasselt (1970-..), 2015. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015LIL2S040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01303739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId267"/>
+      <w:footerReference w:type="default" r:id="rId273"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6557,51 +6691,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029280v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Soussand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armiya Youssouf Abdou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sanchez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich-Tram Huynh" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Giese" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-025-10611-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080236v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dinh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume B&#233;raud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Courjon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Goff" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kader Ettahar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13070644" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122789v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beraud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bouetard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Civljak" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tulek" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2022.12.020" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04104688v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beraud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Donnadieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Duval" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vidal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tazi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmifmc.2023.03.113" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04264335v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Nguyen Van" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tubiana" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas de Broucker" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph C&#233;dric" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Roy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-023-04673-y" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590453v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Devos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojgan Hessamfar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Neau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier Vareil" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-022-07963-6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888902v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Epaulard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Abgrall" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Lefebvre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Faucher" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Michon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2022.06.019" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03889949v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Duval" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhamed-Kheir Taha" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lamaury" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;lia Escaut" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gueit" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12325-022-02149-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03693157v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Drolet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Godbout" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrto Mondor" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Drolet-Roy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-022-13402-7" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680022v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Erpelding" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le-Moing" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chirouze" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40121-022-00651-7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906347v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Garcia" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Martellosio" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Giraud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Catroux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/AID.2022.0058" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738939v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Durand" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Alfandari" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosy Tsopra" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lescure" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11030384" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03622451v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Emilie" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phebe de Nocker" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Sa&#239;dani" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Gilchrist" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Andrew Seaton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2022.106559" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268088v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rigoard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Billot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ingrand" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Durand-Zaleski" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Roulaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ner.13251" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449086v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464322v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lauda-Maillen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemaignen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Puyade" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Catroux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Moal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-020-03904-w" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336373v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Madika" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor James Macdonald" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gelot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine Hitier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mounier-Vehier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.maturitas.2021.06.001" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03464765v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bosetti" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Eisenhauer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2021.26.48.2001636" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889226v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Benadji" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostas Danis" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hoen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Page" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s15010-021-01688-5" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01862286v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Uhel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Corvaisier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Poinsignon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2018.08.008" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487459v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Auch&#232;re Lavayssiere" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Lux" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Degoumois" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Billotte" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrs.2019.05.054" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02459159v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Macheda" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Luc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. B&#233;raud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Castan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gauzit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2019.07.005" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02360025v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L&#233;vin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thilly" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dousak" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Klesnik" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2018.09.003" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02465814v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianpiero Tebano" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Dyar" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bojana Beovic" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Claudot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s15010-019-01298-2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02297581v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bojana Beovi&#263;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May Dou&#353;ak" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pulcini" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Ramon Pa&#241;o Pardo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkz375" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02381111v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Thilly" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dky098" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02373533v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Papst" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Beovi&#263;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pulcini" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Durante-Mangoni" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rodr&#237;guez-Ba&#241;o" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2018.01.015" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02360086v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Macheda" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Luc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkx528" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02519631v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Abrams" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beutels" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dervaux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niel Hens" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2018.23.25.1700796" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02349363v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dumartin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Nerat" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2018.07.019" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01880120v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Marziano" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Poletti" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bo&#235;lle" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Merler" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1006334" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02353172v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Diallo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;nder Ergonul" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2017.12.010" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534946v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Godet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Cateau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rammaert" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Grosset" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Le Moal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11046-017-0117-9" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463767v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ralph Zahar" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lesprit" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ruckly" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Eden" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hitoto Hikombo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2017.02.007" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GJ4RGD6T-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02338638v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Howard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Huttner" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diamantis Kofteridis" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkx243" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509557v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427783v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Brunet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alida Minoza" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Portet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Rodier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/civ1191" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472146v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Chagneau-Derrode" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000001059" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01963439v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie France Carette" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frat" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Roblot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Laurent" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2016.02.640" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01302408v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasemin Cag" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakan Erdem" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Leib" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Defres" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selcuk Kaya" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2016.03.027" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01813608v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ram&#243;n Pa&#241;o-Pardo" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2015.10.013" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01301140v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Denion" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mouriaux" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0150314" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477982v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laurent" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Toper" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubou Camara" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.00869-2015" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01147274v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derya Ozturk-Engin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.05016-14" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02527529v2" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Kazmercziak" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Levy-Bruhl" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lenne" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0133203" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472875v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Elsendoorn" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Agius" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Aajaji" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Favier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2011.06.004" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SXV8XVTR-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01303739v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LIL2S040" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05568605v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmaa Tazi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Moing" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goehringer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lecomte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beraud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-026-05463-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029280v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Soussand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armiya Youssouf Abdou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sanchez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich-Tram Huynh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Giese" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-025-10611-4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080236v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dinh" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume B&#233;raud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Courjon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Goff" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kader Ettahar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13070644" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122789v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bouetard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Civljak" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tulek" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2022.12.020" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04104688v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beraud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Donnadieu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Duval" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vidal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tazi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmifmc.2023.03.113" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590453v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Devos" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojgan Hessamfar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Neau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier Vareil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-022-07963-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04264335v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Nguyen Van" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tubiana" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas de Broucker" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph C&#233;dric" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Roy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-023-04673-y" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03693157v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Drolet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Godbout" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrto Mondor" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Drolet-Roy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-022-13402-7" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03889949v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Duval" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhamed-Kheir Taha" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lamaury" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;lia Escaut" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gueit" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12325-022-02149-7" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680022v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Erpelding" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le-Moing" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chirouze" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40121-022-00651-7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906347v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Garcia" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Martellosio" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Giraud" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Catroux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/AID.2022.0058" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738939v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Durand" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Alfandari" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosy Tsopra" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lescure" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11030384" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03622451v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Emilie" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phebe de Nocker" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Sa&#239;dani" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Gilchrist" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Andrew Seaton" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2022.106559" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888902v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Epaulard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Abgrall" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Lefebvre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Faucher" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Michon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2022.06.019" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268088v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rigoard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Billot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ingrand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Durand-Zaleski" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Roulaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ner.13251" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449086v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464322v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lauda-Maillen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemaignen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Puyade" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Catroux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Moal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-020-03904-w" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336373v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Madika" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor James Macdonald" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gelot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine Hitier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mounier-Vehier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.maturitas.2021.06.001" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889226v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Benadji" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostas Danis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hoen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Page" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s15010-021-01688-5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03464765v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bosetti" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Eisenhauer" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2021.26.48.2001636" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02360025v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L&#233;vin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thilly" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dousak" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Klesnik" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2018.09.003" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02465814v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianpiero Tebano" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Dyar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bojana Beovic" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Claudot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s15010-019-01298-2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02297581v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bojana Beovi&#263;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May Dou&#353;ak" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pulcini" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Ramon Pa&#241;o Pardo" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkz375" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02459159v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Macheda" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Luc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. B&#233;raud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Castan" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gauzit" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2019.07.005" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487459v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Auch&#232;re Lavayssiere" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Lux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Degoumois" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Billotte" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrs.2019.05.054" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01862286v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Uhel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Corvaisier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Poinsignon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2018.08.008" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02381111v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Thilly" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dky098" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02373533v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Papst" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Beovi&#263;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pulcini" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Durante-Mangoni" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rodr&#237;guez-Ba&#241;o" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2018.01.015" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02360086v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Macheda" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Luc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkx528" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02519631v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Abrams" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beutels" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dervaux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niel Hens" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2018.23.25.1700796" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02349363v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dumartin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Nerat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2018.07.019" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01880120v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Marziano" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Poletti" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bo&#235;lle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Merler" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1006334" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02353172v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Diallo" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;nder Ergonul" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2017.12.010" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02338638v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Howard" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Huttner" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diamantis Kofteridis" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkx243" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463767v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ralph Zahar" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lesprit" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ruckly" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Eden" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hitoto Hikombo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2017.02.007" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GJ4RGD6T-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509557v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534946v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Godet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Cateau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rammaert" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Grosset" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Le Moal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11046-017-0117-9" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472146v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Chagneau-Derrode" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000001059" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01963439v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie France Carette" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frat" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Roblot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Laurent" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2016.02.640" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01302408v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasemin Cag" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakan Erdem" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Leib" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Defres" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selcuk Kaya" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2016.03.027" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01813608v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ram&#243;n Pa&#241;o-Pardo" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2015.10.013" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01301140v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Denion" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mouriaux" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0150314" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427783v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Brunet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alida Minoza" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Portet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Rodier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/civ1191" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01147274v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derya Ozturk-Engin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.05016-14" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02527529v2" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Kazmercziak" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Levy-Bruhl" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lenne" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0133203" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477982v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laurent" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Toper" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubou Camara" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.00869-2015" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472875v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Elsendoorn" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Agius" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Aajaji" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Favier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2011.06.004" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SXV8XVTR-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01303739v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LIL2S040" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>