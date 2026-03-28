--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -986,165 +986,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03172478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Avec Grégory Quenet, « Les études éthiopiennes et l’environnement », Études rurales 197, 2016, p. 9-24</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03172488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Some insights into French environmental history », Environment and History 22-1, 2016, p. 151-154</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environment and History</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03172492v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-03172488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Making Heritage in Ethiopia »</w:t>
               </w:r>
@@ -1545,1225 +1545,1231 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03172505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À chacun son territoire ? Savoirs, représentations et protection de la « nature » africaine (19-21e siècle)</w:t>
+                <w:t xml:space="preserve">Colonialisme vert et violence écologique en Afrique. D'aujourd'hui à hier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Politiques de l’espace et formes de l’habiter, université Paris 8, département de philosophie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Université Paris 8, France</w:t>
+              <w:t xml:space="preserve">Séminaire général de l’IHTP (Institut d’histoire du temps présent), université Paris 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IHTP (Institut d’histoire du temps présent), université Paris 8, Mar 2026, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05496012v1</w:t>
+                <w:t xml:space="preserve">hal-05562369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">When Liberation comes, fight goes on. Seeing 1945 with an Afro-Asian perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence internationale. 1945-2025. War and Post-War(s). Contemporary Perspectives On the Post WWII World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d’histoire sociale des mondes contemporains (CHS), Jun 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1961 : il faut sauver la nature africaine ! Quatre mondes, quatre échelles, mais une seule histoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Histoire sociale et culturelle du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris Cité, Nov 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05496006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mondes connectés de la nature “africaine” (années 1950 - années 1970)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire "Environnement. Une histoire (post) coloniale (19e-21e siècles)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS-Paris, Jan 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05496019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au cœur du colonialisme vert : histoires du Projet Spécial Africain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Colonialisme bleu et vert : continuité et nouvelles formes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TELEMMe - Temps, espaces, langages, Europe méridionale, Méditerranée (UMR 7303), Mar 2025, Aix-en- Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05496017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’Afrique vue d’Afrique. Retour aux sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Singaravélou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elara Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29ème édition des Rendez-vous de l'Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Le Centre Européen de Promotion de l'Histoire, Oct 2025, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05496022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">When Liberation comes, fight goes on. Seeing 1945 with an Afro-Asian perspective</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À chacun son territoire ? Savoirs, représentations et protection de la « nature » africaine (19-21e siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence internationale 1945-2025. War and Post-War(s)War and Post-War(s)Contemporary Perspectives On the Post WWII World</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire. Politiques de l’espace et formes de l’habiter : géographie, cartographie, écologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d’études et de recherches sur les Logiques Contemporaines de la Philosophie (LLCP) - Université Paris 8, Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05496012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Humanités environnementales. Un label académique, ou une méthode scientifique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier Humanités environnementales : un état des lieux en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PRODIG, Mar 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05496015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Afrique contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coup de pouce de l'APHG pour l'agrégation interne d'histoire-géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association des Professeurs d'Histoire-Géographie, Sep 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05496028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L’empire colonial français et l’environnement</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arusha 1961. La nature (africaine) des uns et des autres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’empire colonial français et l’environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Aix-en- Provence, France</w:t>
+              <w:t xml:space="preserve">Séminaire Commune nature. Mettre la montagne en valeur, entre protection et marchandisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire FRAMESPA - Université Jean Jaurès, Jun 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05496010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arusha 1961 : le moment (post)colonial de la nature « africaine »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire général de l’IMAF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut des mondes africains, Dec 2025, Auberviliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05496001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...205 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1961 : le « Projet Spécial Africain », ou la nature de la postcolonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire axe 5 Environnement et santé : « La fabrique multiscalaire de la conservation de la nature »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Afriques dans le Monde - SciencesPo Bordeaux, Jun 2024, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le futur de la recherche dans le Rift (et plus largement en Afrique)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Bonnefille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raymonde Bonnefille</w:t>
+                <w:t xml:space="preserve">Marie Bridonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessie Cauliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Derat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Grand Rift Africain, à la confluence des Temps, Hommage à Yves Coppens, Collège de France, Novembre 2023, Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, F.-X. Fauvelle, P. Descola, Y. Coppens, 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04861788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justice naturelle, injustice politique : quelle nature est préservée en Afrique ? Faut-il penser la nature sans l’homme ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26èmes Journées Scientifiques de l'Environnement - Déclin de la biodiversité, peut-on inverser la tendance ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Créteil, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03201368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (17)</w:t>
+        <w:t xml:space="preserve">Ouvrages (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Empires. Une histoire sociale de l'environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Plarier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS éditions, 432 p., 2025, 9782271151889</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05294518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tropical Nature. Colonial and Post-Colonial Conservation in Africa and Asia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
@@ -2783,51 +2789,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Quenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berghahn Books</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 978-1-80539-891-2. </w:t>
+              <w:t xml:space="preserve">, 328 p., 2025, 978-1-80539-891-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3167/9781805398912⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -2852,1217 +2858,1089 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nature de l'historien. Par le haut, par le bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">CNRS éditions, 2025</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 208 p., 2025, 9782271149466</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04946775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">CNRS éditions. 8165, pp.64, 2025, La Documentation Photographique</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nature des hommes : Une mission écologique pour « sauver » l’Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Découverte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 336 p., 2024, Histoire-monde, 9782348081743</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colonisations. Notre histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Singaravélou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">CNRS éditions, 2025, 9782271151889</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Asseraf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Yala Kisukidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Lamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 944 p., 2023, 9782021494150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...46 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Découverte</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 336 p., 2024, Histoire-monde, 9782348081743</w:t>
+                <w:t xml:space="preserve">hal-04197284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décolonisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Points, 1 vol. (530 p.), 2022, 978-2-7578-9285-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Pierre Singaravélou</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03582278v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'invention du colonialisme vert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flammarion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Champs, 9782081504394</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protéger et détruire. Gouverner la nature sous les Tropiques (20e-21e siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arthur Asseraf</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Quenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS Éditions,, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03822247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sociétés africaines et le monde : une histoire connectée (1900-1980)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nadia Yala Kisukidi</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">, 944 p., 2023, 9782021494150</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Chantre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Chomentowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Fredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atlande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.792, 2022, 978-2-35030-841-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...58 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Champs, 9782081504394</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03822652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’invention du colonialisme vert. Pour en finir avec le mythe de l’Éden africain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Flammarion, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Protéger et détruire. Gouverner la nature sous les Tropiques (20e-21e siècle)</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03172440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un communiste d’Algérie. Les vies de Jules Molina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Barzakh; Éditions de la Sorbonne, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03172447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avec Bridonneau Marie et Thomas Guindeuil (dir.), Annales d’Éthiopie n°31 « Making Heritage in Ethiopia », 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03172453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Humanités environnementales. Enquêtes et contre-enquêtes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Guérin</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Demeulenaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">CNRS Éditions,, 2022</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolf Feuerhahn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guillaume Blanc; Elise Demeulenaere; Wolf Feuerhahn </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions de la Sorbonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.352, 2017, 02926679</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...114 lines deleted...]
-              <w:t xml:space="preserve">, pp.792, 2022, 978-2-35030-841-8</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01447087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avec Demeulenaere Élise et Wolf Feuerhahn (dir.), Humanités environnementales. Enquêtes et contre-enquêtes, Paris, Publications de la Sorbonne, collection « histoire environnementale » 2, 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Points, 1 vol. (530 p.), 2022, 978-2-7578-9285-5</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03172457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avec Grégory Quenet (dir.), Études rurales n°197 « Pour une histoire environnementale de l’Éthiopie », 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Flammarion, 2020</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03172483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une histoire environnementale de la nation. Regards croisés sur les parcs nationaux du Canada, d’Éthiopie et de France, Paris, Publications de la Sorbonne, 2015, collection « histoire environnementale » 1, 319 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...307 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
-              <w:r>
-[...100 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03172449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4072,1432 +3950,1432 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction: Protecting Nature in Africa and Asia. Towards a Small-Scale Global History</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guillaume Blanc, Mathieu Guérin, Grégory Quenet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tropical Nature: Colonial and Post-Colonial Conservation in Africa and Asia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berghahn Books</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1-22, 2025, Coll. Environment in History. International Perspectives series, n° 26, 978-1-80539-891-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05224642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« 2022. Françafrique, fin et suite »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Patrick Boucheron (dir.), Histoire mondiale de la France, Paris, Seuil, 2025 [2ème éd.], p. 910-914.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05311653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...39 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
-              <w:r>
-[...43 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fantasmes d’une nature vierge et colonialisme vert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Boursier, Clémence Guimont. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écologies. Le vivant et le social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, pp.390-397, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03969095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers les indépendances (1930-1962). Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Singaravélou Pierre (dir.), Arthur Asseraf, Guillaume Blanc, Nadia Yala Kisukidi et Mélanie Lamotte (coord.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colonisations. Notre histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Seuil, pp.197-209, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Fortress Conservation in Modern Africa: Past and Present »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dawson Ashley et Fiore Longo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Decolonize Conservation. Global Voices for Indigenous Self-Determination, Land, and a World in Common</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Common Notions, pp.15-20, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04083279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le jardin perdu d’Afrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Catherine Courtet; Mireille Besson; Françoise Lavocat; François Lecercle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contes, mondes et récits. Rencontres Recherche et Création du Festival d’Avignon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.87-101, 2023, 9782271149398</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04191739v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
-              <w:r>
-[...43 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bandung, le tiers-monde et l’Occident</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Singaravélou (dir); Arthur Asseraf; Guillaume Blanc; Nadia Yala Kisukidi; Mélanie Lamotte (coord). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colonisations. Notre histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.255-256, 2023, 978-2021494150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197288v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au-delà du dualisme « nature-culture »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Renaud Boisserie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Eczet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Renaud Boisserie; Sandrine Prat; Christel Tiberi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Grand Rift Africain, à la confluence des temps</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Le Cherche-Midi; CNRS, pp.140-147, 2023, 978-2-7491-7814-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04843126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prédation au paradis. La nature africaine comme nostalgie et laboratoire écologique du monde (XVIIe-XXIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
-              <w:r>
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanc Guillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">François-Xavier Fauvelle; Anne Lafont. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Afrique et le monde : histoires renouées. De la Préhistoire au XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Découverte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.199-228, 2022, SH / histoire-monde, 9782348068232</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
-              <w:r>
-[...43 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protéger la nature en Afrique et en Asie : vers une histoire globale à échelle réduite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guillaume Blanc, Mathieu Guérin, Grégory Quenet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Protéger et détruire. Gouverner la nature sous les Tropiques (20e-21e siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS Éditions, p. 7-32., 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03822253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humanités environnementales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frédéric Alexandre, Fabrice Argounès, Rémi Bénos, David Blanchon, Frédérique Blot, Laine Chanteloup, Émilie Chevalier, Sylvain Guyot, Francis Huguet, Boris Lebeau, Géraud Magrin, Philippe Pelletier, Marie Redon, Fabien Roussel, Alexis Sierra, Didier Soto. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire critique de l’anthropocène</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.344-349, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03172510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Parc national, nature et exercice du pouvoir (Canada, Éthiopie, France) », dans Laurent Coumel, Raphaël Morera et Alexis Vrignon (dir.), Pouvoirs et environnement. Entre confiance et défiance, XVe-XXIe siècle, Rennes, PUR, 2018, p. 225-238</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pouvoirs et environnement. Entre confiance et défiance, XVe-XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03172513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Difficile interdisciplinarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Demeulenaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolf Feuerhahn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Blanc, E. Demeulenaere, W. Feuerhahn. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanités environnementales. Enquêtes et contre-enquêtes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions de la Sorbonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.271-275, 2017, 2-85944-988-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03172519v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01654055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L’histoire environnementale : nouveaux problèmes, nouveaux objets et nouvelles façons de faire de l’histoire », dans G. Blanc, É. Demeulenaere et W. Feuerhahn (dir.), Humanités environnementales. Enquêtes et contre-enquêtes, Paris, Publications de la Sorbonne, 2017, p. 76-96</w:t>
+                <w:t xml:space="preserve">Avec Demeulenaere Élise et Wolf Feuerhahn, « Difficile interdisciplinarité », dans G. Blanc, É. Demeulenaere et W. Feuerhahn (dir.), Humanités environnementales. Enquêtes et contre-enquêtes, Paris, Publications de la Sorbonne, 2017, p. 271-275</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanités environnementales. Enquêtes et contre-enquêtes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03172518v1</w:t>
+                <w:t xml:space="preserve">halshs-03172523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Difficile interdisciplinarité</w:t>
-[...46 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Avec Demeulenaere Élise et Wolf Feuerhahn, « Les sciences humaines et sociales aux prises avec l’environnement », dans G. Blanc, É. Demeulenaere et W. Feuerhahn (dir.), Humanités environnementales. Enquêtes et contre-enquêtes, Paris, Publications de la Sorbonne, 2017, p. 7-18</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanités environnementales. Enquêtes et contre-enquêtes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03172519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">Avec Demeulenaere Élise et Wolf Feuerhahn, « Difficile interdisciplinarité », dans G. Blanc, É. Demeulenaere et W. Feuerhahn (dir.), Humanités environnementales. Enquêtes et contre-enquêtes, Paris, Publications de la Sorbonne, 2017, p. 271-275</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’histoire environnementale : nouveaux problèmes, nouveaux objets et nouvelles façons de faire de l’histoire », dans G. Blanc, É. Demeulenaere et W. Feuerhahn (dir.), Humanités environnementales. Enquêtes et contre-enquêtes, Paris, Publications de la Sorbonne, 2017, p. 76-96</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanités environnementales. Enquêtes et contre-enquêtes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03172518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avec Marie Bridonneau, « Érythrée », dans Gildas Simon (dir.), Dictionnaire géohistorique des migrations internationales, Paris, Armand Colin, 2015, p. 235-238</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire géohistorique des migrations internationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03172524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le Simien Mountains National Park (Éthiopie), un “territoire-patrimoine” », dans Anne-François Garçon et al. (dir.), L’aluminium et la calebasse. Patrimoines techniques, patrimoines de l’industrie en Afrique, Paris, UTBM, 2013, p. 133-145</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’aluminium et la calebasse. Patrimoines techniques, patrimoines de l’industrie en Afrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03172528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5507,50 +5385,112 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À qui appartient la nature ? [Podcast]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environnement : le paradis africain, un mythe encouragé par le colonialisme ? [Podcast]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
@@ -5577,221 +5517,159 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05501539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À qui appartient la nature ?</w:t>
+                <w:t xml:space="preserve">L’histoire grandeur nature [Podcast]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05501540v1</w:t>
+                <w:t xml:space="preserve">hal-05501536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’histoire grandeur nature [Podcast]</w:t>
+                <w:t xml:space="preserve">Les parcs africains ou l’histoire d’un colonialisme vert [Entretien]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
-              <w:r>
-[...60 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05224755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId124"/>
+      <w:footerReference w:type="default" r:id="rId123"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5938,51 +5816,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342085v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claude Ambroise-Rendu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Trespeuch-Berthelot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Hagimont" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Fran&#231;ois Mathis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14z4c" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493204v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978939v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Plarier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Seri-Hersch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoirepolitique.8326" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03676158v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tao" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03675939v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tap" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03471999v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ris.124.0017" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172467v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172464v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172469v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172470v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172478v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172492v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172488v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172472v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ethio.2016.1621" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172490v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172498v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172496v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172501v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172505v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496012v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496022v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Singarav&#233;lou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elara Bertho" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411866v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496028v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495715v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496010v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496015v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496001v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496017v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496019v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495724v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496006v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923160v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861788v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Bonnefille" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bridonneau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Cauliez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Derat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03201368v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033149v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gu&#233;rin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Quenet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.berghahnbooks.com/title/BlancTropical" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/9781805398912" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04946775v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063742v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294518v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504506v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/la_nature_des_hommes-9782348081743" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197284v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Asseraf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Yala Kisukidi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lamotte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seuil.com/ouvrage/colonisations-pierre-singaravelou/9782021494150" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788214v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.flammarion.com/linvention-du-colonialisme-vert/9782081504394" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822247v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822652v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Blum" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Chantre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chomentowski" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fredj" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/histoire-contemporaine/925-les-societes-africaines-et-le-monde-une-histoire-connectee-1900-1980-9782350308418.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03582278v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172440v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172447v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172453v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447087v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Demeulenaere" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolf Feuerhahn" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsdelasorbonne.fr/fr/livre/?GCOI=28405100107070" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172457v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172483v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172449v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311653v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224642v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.berghahnbooks.com/downloads/intros/BlancTropical_intro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969095v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197285v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083279v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191739v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/arts-et-essais-litteraires/contes-mondes-et-recits/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197288v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04843126v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Renaud Boisserie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Eczet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788217v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanc Guillaume" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/l_afrique_et_le_monde___histoires_renouees-9782348068232" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822253v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172510v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172513v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172519v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172518v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01654055v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.publications-sorbonne.fr/fr/livre/?GCOI=28405100107070" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172523v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172524v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172528v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501539v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501540v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501536v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224755v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342085v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claude Ambroise-Rendu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Trespeuch-Berthelot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Hagimont" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Fran&#231;ois Mathis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14z4c" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493204v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978939v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Plarier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Seri-Hersch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoirepolitique.8326" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03676158v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tao" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03675939v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tap" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03471999v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ris.124.0017" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172467v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172464v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172469v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172470v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172478v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172488v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172492v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172472v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ethio.2016.1621" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172490v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172498v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172496v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172501v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172505v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562369v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495724v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496006v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496019v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496017v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496022v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Singarav&#233;lou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elara Bertho" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496012v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496015v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496028v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496010v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496001v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923160v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861788v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Bonnefille" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bridonneau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Cauliez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Derat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03201368v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294518v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033149v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gu&#233;rin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Quenet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.berghahnbooks.com/title/BlancTropical" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/9781805398912" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04946775v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504506v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/la_nature_des_hommes-9782348081743" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197284v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Asseraf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Yala Kisukidi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lamotte" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seuil.com/ouvrage/colonisations-pierre-singaravelou/9782021494150" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03582278v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788214v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.flammarion.com/linvention-du-colonialisme-vert/9782081504394" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822247v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822652v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Blum" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Chantre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chomentowski" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fredj" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/histoire-contemporaine/925-les-societes-africaines-et-le-monde-une-histoire-connectee-1900-1980-9782350308418.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172440v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172447v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172453v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447087v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Demeulenaere" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolf Feuerhahn" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsdelasorbonne.fr/fr/livre/?GCOI=28405100107070" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172457v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172483v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172449v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224642v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.berghahnbooks.com/downloads/intros/BlancTropical_intro.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311653v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969095v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197285v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083279v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191739v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/arts-et-essais-litteraires/contes-mondes-et-recits/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197288v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04843126v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Renaud Boisserie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Eczet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788217v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanc Guillaume" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/l_afrique_et_le_monde___histoires_renouees-9782348068232" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822253v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172510v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172513v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01654055v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.publications-sorbonne.fr/fr/livre/?GCOI=28405100107070" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172523v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172519v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172518v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172524v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03172528v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501540v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501539v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501536v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224755v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>