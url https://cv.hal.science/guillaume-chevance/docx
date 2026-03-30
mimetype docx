--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -3169,299 +3169,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Smartphone Intervention to Promote a Sustainable Healthy Diet: Protocol for a Pilot Study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paquito Bernard</w:t>
+                <w:t xml:space="preserve">Heart rate and oxygen uptake kinetics obtained from continuous measurements with wearable devices during outdoor walks of patients with COPD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joren Buekers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergi Fabregues</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anna Boronat</w:t>
+                <w:t xml:space="preserve">Ane Arbillaga-Etxarri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vera Araújo-Soares</w:t>
+                <w:t xml:space="preserve">Elena Gimeno-Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Donaire-Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chevance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2196/41443⟩</w:t>
+              <w:t xml:space="preserve">Digital Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/20552076231162989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05035206v1</w:t>
+                <w:t xml:space="preserve">hal-05051219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heart rate and oxygen uptake kinetics obtained from continuous measurements with wearable devices during outdoor walks of patients with COPD</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ane Arbillaga-Etxarri</w:t>
+                <w:t xml:space="preserve">A Smartphone Intervention to Promote a Sustainable Healthy Diet: Protocol for a Pilot Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ujué Fresán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paquito Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Gimeno-Santos</w:t>
+                <w:t xml:space="preserve">Sergi Fabregues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Boronat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Donaire-Gonzalez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Chevance</w:t>
+                <w:t xml:space="preserve">Vera Araújo-Soares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 9, </w:t>
+              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12, pp.e41443. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/20552076231162989⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2196/41443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05051219v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05035206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical activity promotion, human and planetary health – a conceptual framework and suggested research priorities</w:t>
               </w:r>
@@ -7549,252 +7549,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01622336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etat des connaissances sur les comportements sédentaires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le modèle transthéorique : description, intérêts et application dans la motivation à l'activité physique auprès de populations en surcharge pondérale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Jérôme Romain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chevance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aude-Marie Foucaut</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Caudroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paquito Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Presse Médicale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.lpm.2016.01.004⟩</w:t>
+              <w:t xml:space="preserve">Obésité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (1), pp.47-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11690-015-0504-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01577982v1</w:t>
+                <w:t xml:space="preserve">hal-02326326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le modèle transthéorique : description, intérêts et application dans la motivation à l'activité physique auprès de populations en surcharge pondérale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etat des connaissances sur les comportements sédentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chevance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Johan Caudroit</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude-Marie Foucaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paquito Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Obésité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11 (1), pp.47-55. </w:t>
+              <w:t xml:space="preserve">La Presse Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 45 (3), pp.313-318. </w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11690-015-0504-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.lpm.2016.01.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02326326v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01577982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intention and automaticity toward physical and sedentary screen-based leisure activities in adolescents: A profile perspective</w:t>
               </w:r>
@@ -8784,271 +8784,271 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05033494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing Understanding of Just-in-Time States for Supporting Physical Activity (Project JustWalk JITAI): Protocol for a System ID Study of Just-in-Time Adaptive Interventions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sarasij Banerjee</w:t>
+                <w:t xml:space="preserve">Effects of supervised physical exercise on emotions among adults with a diagnostic of borderline personality disorder: A series of mixed method single-case experimental trials combined with ecological momentary assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel St-Amour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Cailhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Baretta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chevance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023</w:t>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05058149v1</w:t>
+                <w:t xml:space="preserve">hal-05042189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of supervised physical exercise on emotions among adults with a diagnostic of borderline personality disorder: A series of mixed method single-case experimental trials combined with ecological momentary assessment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Chevance</w:t>
+                <w:t xml:space="preserve">Advancing Understanding of Just-in-Time States for Supporting Physical Activity (Project JustWalk JITAI): Protocol for a System ID Study of Just-in-Time Adaptive Interventions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junghwan Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meelim Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed El Mistiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachael Kha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarasij Banerjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05042189v1</w:t>
+                <w:t xml:space="preserve">hal-05058149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correspondence: “How researchers can help fight climate change in 2022 and beyond (Nature)”</w:t>
               </w:r>
@@ -9073,51 +9073,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chevance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura König</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Araújo-Soares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10269,51 +10269,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Différences en matière d’activité physique, d’inactivité physique et de sédentarité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chevance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude-Marie Foucaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Congrès National de la Société Française des Professionnels en Activité Physique Adaptée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFP-APA, May 2015, Bobigny, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10731,51 +10731,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05479405v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza Vielma" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Ballester" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Basaga&#241;a" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Nomah" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chevance" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pclm.0000795" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05498110v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hognon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Teran-Escobar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paquito Bernard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Caille" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvp.2026.102942" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05092347v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uju&#233; Fres&#225;n" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Boronat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Zazpe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maira Bes-Rastrollo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joren Buekers" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tjnut.2025.05.029" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322598v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Baretta" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Koch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith M. Garcia-Aymerich" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Knapova" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41746-025-01998-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307390v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Binter" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biaf167" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035013v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Marchant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Ladino" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacquemond" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.117843.3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373475v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Caudroit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel St-Amour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josyanne Lapointe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed J&#233;r&#244;me Romain" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Steve Comtois" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32872/cpe.14851" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04999298v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bourne" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Foley" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Green" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne Beate Sundf&#248;r" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01441647.2025.2474556" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04893704v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel L&#243;pez-Moreno" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi F&#224;bregues" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-85307-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052733v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pitois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Benmarhnia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tegwen Gadais" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pclm.0000611" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844446v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lapointe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Comtois" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Romain" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/28352610.2024.2435666" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05290721v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shadia Mansour-Assi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Lawhun Costello" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wing" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21642850.2025.2554980" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033786v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Nieuwenhuijsen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaue Braga" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Clifton" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Hoadley" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ad42b3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718188v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelton Minor" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Campi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina O&#8217;callaghan-Gordo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smrv.2024.101915" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033721v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Williams" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Casta&#241;o-Vinyals" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael de Cid" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Delgado-Ortiz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjhp.12746" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671242v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Haas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boich&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Latrille" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Brusseau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-67948-0" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033610v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Perski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amber Copeland" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Allen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misha Pavel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rivera" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17437199.2024.2400977" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042030v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Brunet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cailhol" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajsep.2024.05.002" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041940v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Achebak" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Quijal-Zamorano" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lloyd" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2024.109006" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863279v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Andrieu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Koch" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathryn Tonne" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44333-024-00017-1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034874v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Vazquez Guillamet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Valencia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ryan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Cuevas-Tasc&#243;n" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Del-Olmo-Morales" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10508-024-02834-4" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047251v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Stas" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raf Aerts" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruffaerts" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Dujardin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/clt2.12242" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035172v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Cobo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102361" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035206v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Fabregues" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Ara&#250;jo-Soares" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/41443" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051219v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Arbillaga-Etxarri" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gimeno-Santos" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Donaire-Gonzalez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20552076231162989" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035066v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Abu-Omar" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonina Tcymbal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gelius" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Messing" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joclim.2023.100262" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044209v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junghwan Park" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meelim Kim" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mistiri" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael Kha" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarasij Banerjee" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/52161" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718195v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hekler" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Edmondson" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/abm/kaac039" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051387v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elie Carsin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Merino" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/abm/kaac054" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523124v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Alexandre" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Molinier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Hayot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Moullec" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-049115" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051311v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Job Godino" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Baker" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongguang Yang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22239189" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718190v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chevance" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kingsbury" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gadais" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dancause" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12662-022-00819-w" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036805v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Golaszewski" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Tipton" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Buman" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/35626" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036914v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Heino" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlijn Olthof" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0251659" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039319v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/tbm/ibaa026" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036827v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sydney Sharp" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/28317" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037056v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Takemoto" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sama Shrestha" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/hea0001044" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718176v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Kingsbury" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baillot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed-J&#233;r&#244;me Romain" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-021-01439-4" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036989v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Atoui" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smrv.2021.101426" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041969v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gervais" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baillot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2020.10.006" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036874v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10865-021-00254-6" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03485469v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Efoui-Hess" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2589-7500(20)30130-8" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039963v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano de Zambotti" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kara Bagot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0237719" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039991v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Allman-Farinelli" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Chen" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Partridge" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Gemming" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/obr.13006" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040021v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Predrag Klasnja" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Lewis" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12916-019-1366-x" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039434v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Roux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Calvat" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Oliver" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alexandre" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019021" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042458v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Eric Chamberland" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Rebar" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17437199.2019.1618726" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297458v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly H&#233;raud" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Varray" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2018.1447137" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042538v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Berry" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Heraud" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12662-018-0559-3" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996747v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Stephan" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/hea0000572" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02325111v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carayol" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/hea0000578" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02325116v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Henry" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gu&#233;rin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boiche" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10865-017-9881-8" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331679v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2016.1159705" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042196v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.175.0607" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063259v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Guerrieri" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2017.04.007" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038574v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Romain" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11839-017-0615-5" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01622336v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/rep0000137" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01577982v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude-Marie Foucaut" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2016.01.004" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02326326v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11690-015-0504-7" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02329226v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Marchant Gonzalez" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2016.08.006" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285834v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Teran Escobar" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17504/protocols.io.ewov11zwpvr2/v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035096v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042150v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306171v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04947984v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bougault" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Deshayes" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099455v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042777v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joren Beukers" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033494v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058149v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042189v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042112v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura K&#246;nig" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033565v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Paquito" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Araujo Soares" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ezzahra Housni" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037002v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Lachance" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04956409v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003318026-47" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073658v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139723v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cabibel" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le Toullec" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/1393003.congress-2017.OA3433" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073659v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075298v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073661v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139738v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.congress-2016.PA2059" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073664v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497277v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073666v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ramdani" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01705334v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017MONT4005" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05479405v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza Vielma" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Ballester" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Basaga&#241;a" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Nomah" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chevance" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pclm.0000795" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05498110v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hognon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Teran-Escobar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paquito Bernard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Caille" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvp.2026.102942" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05092347v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uju&#233; Fres&#225;n" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Boronat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Zazpe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maira Bes-Rastrollo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joren Buekers" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tjnut.2025.05.029" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322598v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Baretta" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Koch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith M. Garcia-Aymerich" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Knapova" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41746-025-01998-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307390v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Binter" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biaf167" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035013v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Marchant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Ladino" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacquemond" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.117843.3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373475v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Caudroit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel St-Amour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josyanne Lapointe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed J&#233;r&#244;me Romain" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Steve Comtois" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32872/cpe.14851" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04999298v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bourne" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Foley" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Green" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne Beate Sundf&#248;r" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01441647.2025.2474556" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04893704v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel L&#243;pez-Moreno" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi F&#224;bregues" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-85307-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052733v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pitois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Benmarhnia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tegwen Gadais" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pclm.0000611" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844446v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lapointe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Comtois" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Romain" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/28352610.2024.2435666" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05290721v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shadia Mansour-Assi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Lawhun Costello" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wing" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21642850.2025.2554980" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033786v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Nieuwenhuijsen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaue Braga" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Clifton" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Hoadley" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ad42b3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718188v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelton Minor" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Campi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina O&#8217;callaghan-Gordo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smrv.2024.101915" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033721v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Williams" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Casta&#241;o-Vinyals" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael de Cid" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Delgado-Ortiz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjhp.12746" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671242v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Haas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boich&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Latrille" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Brusseau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-67948-0" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033610v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Perski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amber Copeland" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Allen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misha Pavel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rivera" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17437199.2024.2400977" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042030v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Brunet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cailhol" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajsep.2024.05.002" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041940v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Achebak" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Quijal-Zamorano" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lloyd" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2024.109006" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863279v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Andrieu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Koch" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathryn Tonne" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44333-024-00017-1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034874v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Vazquez Guillamet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Valencia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ryan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Cuevas-Tasc&#243;n" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Angel Del-Olmo-Morales" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10508-024-02834-4" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047251v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Stas" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raf Aerts" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruffaerts" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Dujardin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/clt2.12242" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035172v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Cobo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102361" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051219v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Arbillaga-Etxarri" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gimeno-Santos" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Donaire-Gonzalez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20552076231162989" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035206v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Fabregues" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Ara&#250;jo-Soares" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/41443" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035066v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Abu-Omar" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonina Tcymbal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gelius" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Messing" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joclim.2023.100262" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044209v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junghwan Park" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meelim Kim" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mistiri" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael Kha" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarasij Banerjee" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/52161" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718195v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hekler" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Edmondson" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/abm/kaac039" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051387v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elie Carsin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Merino" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/abm/kaac054" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523124v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Alexandre" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Molinier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Hayot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Moullec" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-049115" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051311v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Job Godino" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Baker" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongguang Yang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22239189" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718190v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chevance" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kingsbury" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gadais" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dancause" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12662-022-00819-w" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036805v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Golaszewski" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Tipton" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Buman" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/35626" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036914v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Heino" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlijn Olthof" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0251659" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039319v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/tbm/ibaa026" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036827v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sydney Sharp" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/28317" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037056v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Takemoto" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sama Shrestha" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/hea0001044" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718176v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Kingsbury" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baillot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed-J&#233;r&#244;me Romain" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-021-01439-4" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036989v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Atoui" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smrv.2021.101426" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041969v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gervais" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baillot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2020.10.006" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036874v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10865-021-00254-6" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03485469v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Efoui-Hess" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2589-7500(20)30130-8" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039963v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano de Zambotti" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kara Bagot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0237719" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039991v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Allman-Farinelli" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Chen" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Partridge" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Gemming" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/obr.13006" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040021v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Predrag Klasnja" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Lewis" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12916-019-1366-x" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039434v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Roux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Calvat" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Oliver" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alexandre" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019021" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042458v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Eric Chamberland" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Rebar" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17437199.2019.1618726" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297458v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly H&#233;raud" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Varray" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2018.1447137" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042538v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Berry" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Heraud" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12662-018-0559-3" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996747v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Stephan" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/hea0000572" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02325111v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carayol" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/hea0000578" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02325116v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Henry" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gu&#233;rin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boiche" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10865-017-9881-8" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02331679v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2016.1159705" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042196v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.175.0607" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063259v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Guerrieri" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2017.04.007" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038574v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Romain" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11839-017-0615-5" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01622336v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/rep0000137" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02326326v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11690-015-0504-7" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01577982v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude-Marie Foucaut" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2016.01.004" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02329226v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Marchant Gonzalez" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2016.08.006" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285834v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Teran Escobar" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17504/protocols.io.ewov11zwpvr2/v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035096v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042150v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306171v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04947984v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bougault" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Deshayes" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099455v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042777v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joren Beukers" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033494v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042189v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058149v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042112v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura K&#246;nig" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033565v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Paquito" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Araujo Soares" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ezzahra Housni" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037002v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Lachance" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04956409v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003318026-47" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073658v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139723v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cabibel" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le Toullec" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/1393003.congress-2017.OA3433" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073659v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075298v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073661v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139738v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.congress-2016.PA2059" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073664v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497277v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073666v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ramdani" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01705334v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017MONT4005" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>